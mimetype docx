--- v0 (2025-10-13)
+++ v1 (2025-12-15)
@@ -16,70 +16,60 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="3A719EF7" w14:textId="2C6AA842" w:rsidR="0001733F" w:rsidRPr="007D763D" w:rsidRDefault="00D40443" w:rsidP="0001733F">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D763D">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Advanced Data Structures and Algorithm </w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">Analysis </w:t>
+        <w:t xml:space="preserve">Advanced Data Structures and Algorithm Analysis </w:t>
       </w:r>
       <w:r w:rsidR="009929AB">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Lab</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="33EC2B72" w14:textId="77777777" w:rsidR="0001733F" w:rsidRPr="007D763D" w:rsidRDefault="0001733F" w:rsidP="0001733F">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
@@ -269,69 +259,69 @@
             </w:pPr>
             <w:r w:rsidRPr="007D763D">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Semester</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="861" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="578C8FC4" w14:textId="77777777" w:rsidR="0001733F" w:rsidRPr="007D763D" w:rsidRDefault="0001733F" w:rsidP="00D56CAE">
+          <w:p w14:paraId="578C8FC4" w14:textId="3781521B" w:rsidR="0001733F" w:rsidRPr="007D763D" w:rsidRDefault="0001733F" w:rsidP="00D56CAE">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:right="-383"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D763D">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>II</w:t>
+              <w:t>I</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0001733F" w:rsidRPr="007D763D" w14:paraId="7D12788B" w14:textId="77777777" w:rsidTr="007D5A0A">
         <w:trPr>
           <w:trHeight w:val="674"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1045" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="758D6857" w14:textId="77777777" w:rsidR="0001733F" w:rsidRPr="007D763D" w:rsidRDefault="0001733F" w:rsidP="00D56CAE">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:right="-383"/>
@@ -811,62 +801,60 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D763D">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Continuous Internal </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="592A373F" w14:textId="6B607C69" w:rsidR="0001733F" w:rsidRPr="007D763D" w:rsidRDefault="0001733F" w:rsidP="00D56CAE">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:right="-383"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="007D763D">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Evaluation :</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="784" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="439654C9" w14:textId="77777777" w:rsidR="0001733F" w:rsidRPr="007D763D" w:rsidRDefault="0001733F" w:rsidP="00D56CAE">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:right="-383"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
@@ -1663,2781 +1651,2521 @@
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>L4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0046BFD3" w14:textId="77777777" w:rsidR="0001733F" w:rsidRPr="007D763D" w:rsidRDefault="0001733F" w:rsidP="0001733F">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="5232" w:type="pct"/>
+        <w:tblW w:w="4717" w:type="pct"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="688"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="545"/>
+        <w:gridCol w:w="690"/>
+        <w:gridCol w:w="544"/>
+        <w:gridCol w:w="553"/>
         <w:gridCol w:w="543"/>
         <w:gridCol w:w="543"/>
+        <w:gridCol w:w="544"/>
         <w:gridCol w:w="543"/>
-        <w:gridCol w:w="545"/>
+        <w:gridCol w:w="543"/>
+        <w:gridCol w:w="544"/>
+        <w:gridCol w:w="686"/>
+        <w:gridCol w:w="686"/>
         <w:gridCol w:w="687"/>
-        <w:gridCol w:w="687"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="623"/>
+        <w:gridCol w:w="692"/>
+        <w:gridCol w:w="708"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0001733F" w:rsidRPr="007D763D" w14:paraId="01A187C5" w14:textId="77777777" w:rsidTr="00C64EB4">
-[...88 lines deleted...]
-      <w:tr w:rsidR="0001733F" w:rsidRPr="007D763D" w14:paraId="42EA6F8A" w14:textId="77777777" w:rsidTr="00C64EB4">
+      <w:tr w:rsidR="000F314A" w:rsidRPr="007D763D" w14:paraId="42EA6F8A" w14:textId="77777777" w:rsidTr="000F314A">
         <w:trPr>
           <w:trHeight w:val="279"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="364" w:type="pct"/>
-[...19 lines deleted...]
-            <w:tcW w:w="288" w:type="pct"/>
+            <w:tcW w:w="406" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2CE241CC" w14:textId="77777777" w:rsidR="000F314A" w:rsidRPr="007D763D" w:rsidRDefault="000F314A" w:rsidP="00D56CAE">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="320" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7F02EF8C" w14:textId="77777777" w:rsidR="0001733F" w:rsidRPr="007D763D" w:rsidRDefault="0001733F" w:rsidP="00D56CAE">
+          <w:p w14:paraId="7F02EF8C" w14:textId="77777777" w:rsidR="000F314A" w:rsidRPr="007D763D" w:rsidRDefault="000F314A" w:rsidP="00D56CAE">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D763D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>PO1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="291" w:type="pct"/>
+            <w:tcW w:w="325" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2EACBB4B" w14:textId="77777777" w:rsidR="0001733F" w:rsidRPr="007D763D" w:rsidRDefault="0001733F" w:rsidP="00D56CAE">
+          <w:p w14:paraId="2EACBB4B" w14:textId="77777777" w:rsidR="000F314A" w:rsidRPr="007D763D" w:rsidRDefault="000F314A" w:rsidP="00D56CAE">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D763D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>PO2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="287" w:type="pct"/>
+            <w:tcW w:w="319" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3399FDFE" w14:textId="77777777" w:rsidR="0001733F" w:rsidRPr="007D763D" w:rsidRDefault="0001733F" w:rsidP="00D56CAE">
+          <w:p w14:paraId="3399FDFE" w14:textId="77777777" w:rsidR="000F314A" w:rsidRPr="007D763D" w:rsidRDefault="000F314A" w:rsidP="00D56CAE">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D763D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>PO3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="288" w:type="pct"/>
+            <w:tcW w:w="319" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="35B1D9A2" w14:textId="77777777" w:rsidR="0001733F" w:rsidRPr="007D763D" w:rsidRDefault="0001733F" w:rsidP="00D56CAE">
+          <w:p w14:paraId="35B1D9A2" w14:textId="77777777" w:rsidR="000F314A" w:rsidRPr="007D763D" w:rsidRDefault="000F314A" w:rsidP="00D56CAE">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D763D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>PO4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="289" w:type="pct"/>
+            <w:tcW w:w="320" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="02F6E5F6" w14:textId="77777777" w:rsidR="0001733F" w:rsidRPr="007D763D" w:rsidRDefault="0001733F" w:rsidP="00D56CAE">
+          <w:p w14:paraId="02F6E5F6" w14:textId="77777777" w:rsidR="000F314A" w:rsidRPr="007D763D" w:rsidRDefault="000F314A" w:rsidP="00D56CAE">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D763D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>PO5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="288" w:type="pct"/>
+            <w:tcW w:w="319" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="54E0B421" w14:textId="77777777" w:rsidR="0001733F" w:rsidRPr="007D763D" w:rsidRDefault="0001733F" w:rsidP="00D56CAE">
+          <w:p w14:paraId="54E0B421" w14:textId="77777777" w:rsidR="000F314A" w:rsidRPr="007D763D" w:rsidRDefault="000F314A" w:rsidP="00D56CAE">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D763D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>PO6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="288" w:type="pct"/>
+            <w:tcW w:w="319" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4B6B44CF" w14:textId="77777777" w:rsidR="0001733F" w:rsidRPr="007D763D" w:rsidRDefault="0001733F" w:rsidP="00D56CAE">
+          <w:p w14:paraId="6D3B9C7A" w14:textId="77777777" w:rsidR="000F314A" w:rsidRPr="007D763D" w:rsidRDefault="000F314A" w:rsidP="00D56CAE">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D763D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>PO7</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="288" w:type="pct"/>
+              <w:t>PO8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="320" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6D3B9C7A" w14:textId="77777777" w:rsidR="0001733F" w:rsidRPr="007D763D" w:rsidRDefault="0001733F" w:rsidP="00D56CAE">
+          <w:p w14:paraId="22EEE803" w14:textId="77777777" w:rsidR="000F314A" w:rsidRPr="007D763D" w:rsidRDefault="000F314A" w:rsidP="00D56CAE">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D763D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>PO8</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="289" w:type="pct"/>
+              <w:t>PO9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="403" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="22EEE803" w14:textId="77777777" w:rsidR="0001733F" w:rsidRPr="007D763D" w:rsidRDefault="0001733F" w:rsidP="00D56CAE">
+          <w:p w14:paraId="42477FF3" w14:textId="77777777" w:rsidR="000F314A" w:rsidRPr="007D763D" w:rsidRDefault="000F314A" w:rsidP="00D56CAE">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D763D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>PO9</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="364" w:type="pct"/>
+              <w:t>PO10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="403" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="42477FF3" w14:textId="77777777" w:rsidR="0001733F" w:rsidRPr="007D763D" w:rsidRDefault="0001733F" w:rsidP="00D56CAE">
+          <w:p w14:paraId="4C046458" w14:textId="77777777" w:rsidR="000F314A" w:rsidRPr="007D763D" w:rsidRDefault="000F314A" w:rsidP="00D56CAE">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D763D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>PO10</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="364" w:type="pct"/>
+              <w:t>PO11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="404" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4C046458" w14:textId="77777777" w:rsidR="0001733F" w:rsidRPr="007D763D" w:rsidRDefault="0001733F" w:rsidP="00D56CAE">
+          <w:p w14:paraId="5F8A605B" w14:textId="77777777" w:rsidR="000F314A" w:rsidRPr="007D763D" w:rsidRDefault="000F314A" w:rsidP="00D56CAE">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D763D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>PO11</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="365" w:type="pct"/>
+              <w:t>PO12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="407" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5F8A605B" w14:textId="77777777" w:rsidR="0001733F" w:rsidRPr="007D763D" w:rsidRDefault="0001733F" w:rsidP="00D56CAE">
+          <w:p w14:paraId="5A9F5B79" w14:textId="77777777" w:rsidR="000F314A" w:rsidRPr="007D763D" w:rsidRDefault="000F314A" w:rsidP="00D56CAE">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D763D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>PO12</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="617" w:type="pct"/>
+              <w:t>PSO1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5A9F5B79" w14:textId="77777777" w:rsidR="0001733F" w:rsidRPr="007D763D" w:rsidRDefault="0001733F" w:rsidP="00D56CAE">
+          <w:p w14:paraId="2E8517AF" w14:textId="77777777" w:rsidR="000F314A" w:rsidRPr="007D763D" w:rsidRDefault="000F314A" w:rsidP="00D56CAE">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D763D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>PSO1</w:t>
-[...27 lines deleted...]
-              </w:rPr>
               <w:t>PSO2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0062008F" w:rsidRPr="007D763D" w14:paraId="3A23A7B8" w14:textId="77777777" w:rsidTr="00C64EB4">
+      <w:tr w:rsidR="000F314A" w:rsidRPr="007D763D" w14:paraId="3A23A7B8" w14:textId="77777777" w:rsidTr="000F314A">
         <w:trPr>
           <w:trHeight w:val="279"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="364" w:type="pct"/>
+            <w:tcW w:w="406" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="36C5C83E" w14:textId="77777777" w:rsidR="0062008F" w:rsidRPr="007D763D" w:rsidRDefault="0062008F" w:rsidP="0062008F">
+          <w:p w14:paraId="36C5C83E" w14:textId="77777777" w:rsidR="000F314A" w:rsidRPr="007D763D" w:rsidRDefault="000F314A" w:rsidP="000F314A">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D763D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>CO1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="288" w:type="pct"/>
+            <w:tcW w:w="320" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5C9FB475" w14:textId="37F054DE" w:rsidR="0062008F" w:rsidRPr="007D763D" w:rsidRDefault="0062008F" w:rsidP="0062008F">
-[...10 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w14:paraId="5C9FB475" w14:textId="73654923" w:rsidR="000F314A" w:rsidRPr="007D763D" w:rsidRDefault="000F314A" w:rsidP="000F314A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="291" w:type="pct"/>
-[...241 lines deleted...]
-            <w:tcW w:w="617" w:type="pct"/>
+            <w:tcW w:w="325" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="75DAE6B6" w14:textId="77777777" w:rsidR="000F314A" w:rsidRPr="007D763D" w:rsidRDefault="000F314A" w:rsidP="000F314A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="319" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="69D1B7C5" w14:textId="77777777" w:rsidR="000F314A" w:rsidRPr="007D763D" w:rsidRDefault="000F314A" w:rsidP="000F314A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="319" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D83F0E3" w14:textId="77777777" w:rsidR="000F314A" w:rsidRPr="007D763D" w:rsidRDefault="000F314A" w:rsidP="000F314A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="320" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="39BCF2A8" w14:textId="0FB3C14C" w:rsidR="000F314A" w:rsidRPr="007D763D" w:rsidRDefault="000F314A" w:rsidP="000F314A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="319" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="20B5E7BB" w14:textId="77777777" w:rsidR="000F314A" w:rsidRPr="007D763D" w:rsidRDefault="000F314A" w:rsidP="000F314A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="319" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B55D84D" w14:textId="77777777" w:rsidR="000F314A" w:rsidRPr="007D763D" w:rsidRDefault="000F314A" w:rsidP="000F314A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="320" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0757EF4C" w14:textId="77777777" w:rsidR="000F314A" w:rsidRPr="007D763D" w:rsidRDefault="000F314A" w:rsidP="000F314A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="403" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5383EA9C" w14:textId="77777777" w:rsidR="000F314A" w:rsidRPr="007D763D" w:rsidRDefault="000F314A" w:rsidP="000F314A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="403" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="06CC3EC3" w14:textId="77777777" w:rsidR="000F314A" w:rsidRPr="007D763D" w:rsidRDefault="000F314A" w:rsidP="000F314A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="404" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="64907B61" w14:textId="77777777" w:rsidR="000F314A" w:rsidRPr="007D763D" w:rsidRDefault="000F314A" w:rsidP="000F314A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="407" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="15DA2F74" w14:textId="1CB6F1AB" w:rsidR="0062008F" w:rsidRPr="007D763D" w:rsidRDefault="0062008F" w:rsidP="0062008F">
-[...21 lines deleted...]
-          <w:p w14:paraId="6E5B283D" w14:textId="77777777" w:rsidR="0062008F" w:rsidRPr="007D763D" w:rsidRDefault="0062008F" w:rsidP="0062008F">
+          <w:p w14:paraId="15DA2F74" w14:textId="1CB6F1AB" w:rsidR="000F314A" w:rsidRPr="007D763D" w:rsidRDefault="000F314A" w:rsidP="000F314A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E5B283D" w14:textId="77777777" w:rsidR="000F314A" w:rsidRPr="007D763D" w:rsidRDefault="000F314A" w:rsidP="000F314A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009A386F" w:rsidRPr="007D763D" w14:paraId="24880387" w14:textId="77777777" w:rsidTr="00C64EB4">
+      <w:tr w:rsidR="000F314A" w:rsidRPr="007D763D" w14:paraId="24880387" w14:textId="77777777" w:rsidTr="000F314A">
         <w:trPr>
           <w:trHeight w:val="279"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="364" w:type="pct"/>
+            <w:tcW w:w="406" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="04E6058E" w14:textId="77777777" w:rsidR="009A386F" w:rsidRPr="007D763D" w:rsidRDefault="009A386F" w:rsidP="009A386F">
+          <w:p w14:paraId="04E6058E" w14:textId="77777777" w:rsidR="000F314A" w:rsidRPr="007D763D" w:rsidRDefault="000F314A" w:rsidP="000F314A">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D763D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>CO2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="288" w:type="pct"/>
+            <w:tcW w:w="320" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="076FC58C" w14:textId="77DD11BA" w:rsidR="009A386F" w:rsidRPr="007D763D" w:rsidRDefault="009A386F" w:rsidP="009A386F">
-[...21 lines deleted...]
-          <w:p w14:paraId="65FA3EBC" w14:textId="19F5FBEB" w:rsidR="009A386F" w:rsidRPr="007D763D" w:rsidRDefault="00D31B91" w:rsidP="009A386F">
+          <w:p w14:paraId="076FC58C" w14:textId="77DD11BA" w:rsidR="000F314A" w:rsidRPr="007D763D" w:rsidRDefault="000F314A" w:rsidP="000F314A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="325" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="65FA3EBC" w14:textId="11526537" w:rsidR="000F314A" w:rsidRPr="007D763D" w:rsidRDefault="000F314A" w:rsidP="000F314A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:bCs/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="287" w:type="pct"/>
-[...219 lines deleted...]
-            <w:tcW w:w="617" w:type="pct"/>
+            <w:tcW w:w="319" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C4598F3" w14:textId="77777777" w:rsidR="000F314A" w:rsidRPr="007D763D" w:rsidRDefault="000F314A" w:rsidP="000F314A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="319" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="25097646" w14:textId="739986DC" w:rsidR="000F314A" w:rsidRPr="007D763D" w:rsidRDefault="000F314A" w:rsidP="000F314A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="320" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="770B26A8" w14:textId="64001E5B" w:rsidR="000F314A" w:rsidRPr="007D763D" w:rsidRDefault="000F314A" w:rsidP="000F314A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="319" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="01D6E2F6" w14:textId="77777777" w:rsidR="000F314A" w:rsidRPr="007D763D" w:rsidRDefault="000F314A" w:rsidP="000F314A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="319" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BC3F649" w14:textId="57F35A5A" w:rsidR="000F314A" w:rsidRPr="007D763D" w:rsidRDefault="000F314A" w:rsidP="000F314A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="320" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="77CC02F7" w14:textId="4871E934" w:rsidR="000F314A" w:rsidRPr="007D763D" w:rsidRDefault="000F314A" w:rsidP="000F314A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="403" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="689AC3A0" w14:textId="0D0D0B29" w:rsidR="000F314A" w:rsidRPr="007D763D" w:rsidRDefault="000F314A" w:rsidP="000F314A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="403" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="144FC1BF" w14:textId="77777777" w:rsidR="000F314A" w:rsidRPr="007D763D" w:rsidRDefault="000F314A" w:rsidP="000F314A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="404" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="52C87016" w14:textId="52ECF09E" w:rsidR="000F314A" w:rsidRPr="007D763D" w:rsidRDefault="000F314A" w:rsidP="000F314A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="407" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6E80E291" w14:textId="5CCC3948" w:rsidR="009A386F" w:rsidRPr="007D763D" w:rsidRDefault="009D7C46" w:rsidP="009A386F">
+          <w:p w14:paraId="6E80E291" w14:textId="58D31C61" w:rsidR="000F314A" w:rsidRPr="007D763D" w:rsidRDefault="000F314A" w:rsidP="000F314A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:bCs/>
-[...18 lines deleted...]
-          <w:p w14:paraId="6180C810" w14:textId="4795A6B5" w:rsidR="009A386F" w:rsidRPr="007D763D" w:rsidRDefault="009A386F" w:rsidP="009A386F">
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6180C810" w14:textId="4795A6B5" w:rsidR="000F314A" w:rsidRPr="007D763D" w:rsidRDefault="000F314A" w:rsidP="000F314A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0062008F" w:rsidRPr="007D763D" w14:paraId="3F21D3A0" w14:textId="77777777" w:rsidTr="00C64EB4">
+      <w:tr w:rsidR="005273C0" w:rsidRPr="007D763D" w14:paraId="3F21D3A0" w14:textId="77777777" w:rsidTr="000F314A">
         <w:trPr>
           <w:trHeight w:val="279"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="364" w:type="pct"/>
+            <w:tcW w:w="406" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="10FC133C" w14:textId="77777777" w:rsidR="0062008F" w:rsidRPr="007D763D" w:rsidRDefault="0062008F" w:rsidP="0062008F">
+          <w:p w14:paraId="10FC133C" w14:textId="77777777" w:rsidR="005273C0" w:rsidRPr="007D763D" w:rsidRDefault="005273C0" w:rsidP="005273C0">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D763D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>CO3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="288" w:type="pct"/>
-[...184 lines deleted...]
-          <w:p w14:paraId="3C0D097D" w14:textId="50B3E07A" w:rsidR="0062008F" w:rsidRPr="007D763D" w:rsidRDefault="003E3829" w:rsidP="0062008F">
+            <w:tcW w:w="320" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="317A9953" w14:textId="5FC3841C" w:rsidR="005273C0" w:rsidRPr="007D763D" w:rsidRDefault="005273C0" w:rsidP="005273C0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="325" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4758C54A" w14:textId="532958C0" w:rsidR="005273C0" w:rsidRPr="007D763D" w:rsidRDefault="005273C0" w:rsidP="005273C0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="319" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3395944E" w14:textId="77777777" w:rsidR="005273C0" w:rsidRPr="007D763D" w:rsidRDefault="005273C0" w:rsidP="005273C0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="319" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C6747CF" w14:textId="77777777" w:rsidR="005273C0" w:rsidRPr="007D763D" w:rsidRDefault="005273C0" w:rsidP="005273C0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="320" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="713A9102" w14:textId="77777777" w:rsidR="005273C0" w:rsidRPr="007D763D" w:rsidRDefault="005273C0" w:rsidP="005273C0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="319" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6ED9FE7F" w14:textId="77777777" w:rsidR="005273C0" w:rsidRPr="007D763D" w:rsidRDefault="005273C0" w:rsidP="005273C0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="319" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="31D7BA26" w14:textId="77777777" w:rsidR="005273C0" w:rsidRPr="007D763D" w:rsidRDefault="005273C0" w:rsidP="005273C0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="320" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C0D097D" w14:textId="262EFB8D" w:rsidR="005273C0" w:rsidRPr="007D763D" w:rsidRDefault="005273C0" w:rsidP="005273C0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:bCs/>
-[...83 lines deleted...]
-            <w:tcW w:w="617" w:type="pct"/>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="403" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B31D767" w14:textId="47329122" w:rsidR="005273C0" w:rsidRPr="007D763D" w:rsidRDefault="005273C0" w:rsidP="005273C0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="403" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="22215FD7" w14:textId="77777777" w:rsidR="005273C0" w:rsidRPr="007D763D" w:rsidRDefault="005273C0" w:rsidP="005273C0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="404" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="75667147" w14:textId="66D7CB64" w:rsidR="005273C0" w:rsidRPr="007D763D" w:rsidRDefault="005273C0" w:rsidP="005273C0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="407" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="76149724" w14:textId="0DBC5109" w:rsidR="0062008F" w:rsidRPr="007D763D" w:rsidRDefault="0062008F" w:rsidP="0062008F">
-[...21 lines deleted...]
-          <w:p w14:paraId="0EF74514" w14:textId="0C7D8A15" w:rsidR="0062008F" w:rsidRPr="007D763D" w:rsidRDefault="0062008F" w:rsidP="0062008F">
+          <w:p w14:paraId="76149724" w14:textId="0DBC5109" w:rsidR="005273C0" w:rsidRPr="007D763D" w:rsidRDefault="005273C0" w:rsidP="005273C0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EF74514" w14:textId="0C7D8A15" w:rsidR="005273C0" w:rsidRPr="007D763D" w:rsidRDefault="005273C0" w:rsidP="005273C0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0062008F" w:rsidRPr="007D763D" w14:paraId="46DC47C6" w14:textId="77777777" w:rsidTr="00C64EB4">
+      <w:tr w:rsidR="005273C0" w:rsidRPr="007D763D" w14:paraId="46DC47C6" w14:textId="77777777" w:rsidTr="005273C0">
         <w:trPr>
           <w:trHeight w:val="279"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="364" w:type="pct"/>
+            <w:tcW w:w="406" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0FC08648" w14:textId="77777777" w:rsidR="0062008F" w:rsidRPr="007D763D" w:rsidRDefault="0062008F" w:rsidP="0062008F">
+          <w:p w14:paraId="0FC08648" w14:textId="77777777" w:rsidR="005273C0" w:rsidRPr="007D763D" w:rsidRDefault="005273C0" w:rsidP="005273C0">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D763D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>CO4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="288" w:type="pct"/>
-[...21 lines deleted...]
-            <w:tcW w:w="291" w:type="pct"/>
+            <w:tcW w:w="320" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="67EC33DF" w14:textId="77777777" w:rsidR="005273C0" w:rsidRPr="007D763D" w:rsidRDefault="005273C0" w:rsidP="005273C0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="325" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6B8EE94C" w14:textId="472709DE" w:rsidR="0062008F" w:rsidRPr="007D763D" w:rsidRDefault="0062008F" w:rsidP="0062008F">
-[...144 lines deleted...]
-            <w:tcW w:w="289" w:type="pct"/>
+          <w:p w14:paraId="6B8EE94C" w14:textId="472709DE" w:rsidR="005273C0" w:rsidRPr="007D763D" w:rsidRDefault="005273C0" w:rsidP="005273C0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="319" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6498E90A" w14:textId="3FB25301" w:rsidR="005273C0" w:rsidRPr="007D763D" w:rsidRDefault="005273C0" w:rsidP="005273C0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="319" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="59311C24" w14:textId="77777777" w:rsidR="005273C0" w:rsidRPr="007D763D" w:rsidRDefault="005273C0" w:rsidP="005273C0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="320" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C11866A" w14:textId="77777777" w:rsidR="005273C0" w:rsidRPr="007D763D" w:rsidRDefault="005273C0" w:rsidP="005273C0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="319" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="575E7B94" w14:textId="77777777" w:rsidR="005273C0" w:rsidRPr="007D763D" w:rsidRDefault="005273C0" w:rsidP="005273C0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="319" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C23E49B" w14:textId="77777777" w:rsidR="005273C0" w:rsidRPr="007D763D" w:rsidRDefault="005273C0" w:rsidP="005273C0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="320" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1805E5FA" w14:textId="60259840" w:rsidR="0062008F" w:rsidRPr="007D763D" w:rsidRDefault="003E3829" w:rsidP="0062008F">
+          <w:p w14:paraId="1805E5FA" w14:textId="73752424" w:rsidR="005273C0" w:rsidRPr="007D763D" w:rsidRDefault="005273C0" w:rsidP="005273C0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:bCs/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="364" w:type="pct"/>
-[...105 lines deleted...]
-          <w:p w14:paraId="2D8E4AE7" w14:textId="77777777" w:rsidR="0062008F" w:rsidRPr="007D763D" w:rsidRDefault="0062008F" w:rsidP="0062008F">
+            <w:tcW w:w="403" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="35546F3A" w14:textId="79F6A2EF" w:rsidR="005273C0" w:rsidRPr="007D763D" w:rsidRDefault="005273C0" w:rsidP="005273C0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="403" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="033BE1E2" w14:textId="77777777" w:rsidR="005273C0" w:rsidRPr="007D763D" w:rsidRDefault="005273C0" w:rsidP="005273C0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="404" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B555E77" w14:textId="7FA2AE0A" w:rsidR="005273C0" w:rsidRPr="007D763D" w:rsidRDefault="005273C0" w:rsidP="005273C0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="407" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0515BA07" w14:textId="67E6C658" w:rsidR="005273C0" w:rsidRPr="007D763D" w:rsidRDefault="005273C0" w:rsidP="005273C0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D8E4AE7" w14:textId="77777777" w:rsidR="005273C0" w:rsidRPr="007D763D" w:rsidRDefault="005273C0" w:rsidP="005273C0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0062008F" w:rsidRPr="007D763D" w14:paraId="0ED6C216" w14:textId="77777777" w:rsidTr="009929AB">
+      <w:tr w:rsidR="005273C0" w:rsidRPr="007D763D" w14:paraId="0ED6C216" w14:textId="77777777" w:rsidTr="000F314A">
         <w:trPr>
           <w:trHeight w:val="365"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="364" w:type="pct"/>
-[...7 lines deleted...]
-          <w:p w14:paraId="7331594B" w14:textId="7851DD09" w:rsidR="0062008F" w:rsidRPr="007D763D" w:rsidRDefault="0062008F" w:rsidP="0062008F">
+            <w:tcW w:w="406" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7331594B" w14:textId="7851DD09" w:rsidR="005273C0" w:rsidRPr="007D763D" w:rsidRDefault="005273C0" w:rsidP="005273C0">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D763D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>CO</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="288" w:type="pct"/>
-[...30 lines deleted...]
-          <w:p w14:paraId="518B2D40" w14:textId="2096F1D7" w:rsidR="0062008F" w:rsidRPr="007D763D" w:rsidRDefault="002027FE" w:rsidP="0062008F">
+            <w:tcW w:w="320" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="473B85DC" w14:textId="77777777" w:rsidR="005273C0" w:rsidRPr="007D763D" w:rsidRDefault="005273C0" w:rsidP="005273C0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="325" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="518B2D40" w14:textId="70BAB7C2" w:rsidR="005273C0" w:rsidRPr="007D763D" w:rsidRDefault="005273C0" w:rsidP="005273C0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="319" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6353D267" w14:textId="77777777" w:rsidR="005273C0" w:rsidRPr="007D763D" w:rsidRDefault="005273C0" w:rsidP="005273C0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
-              <w:t>2</w:t>
-[...14 lines deleted...]
-          <w:p w14:paraId="6353D267" w14:textId="77777777" w:rsidR="0062008F" w:rsidRPr="007D763D" w:rsidRDefault="0062008F" w:rsidP="0062008F">
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="319" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="21BBB7AD" w14:textId="77777777" w:rsidR="005273C0" w:rsidRPr="007D763D" w:rsidRDefault="005273C0" w:rsidP="005273C0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="320" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="39821DCC" w14:textId="77777777" w:rsidR="005273C0" w:rsidRPr="007D763D" w:rsidRDefault="005273C0" w:rsidP="005273C0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="319" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FBDEC8E" w14:textId="77777777" w:rsidR="005273C0" w:rsidRPr="007D763D" w:rsidRDefault="005273C0" w:rsidP="005273C0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="319" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="714FF2E9" w14:textId="77777777" w:rsidR="005273C0" w:rsidRPr="007D763D" w:rsidRDefault="005273C0" w:rsidP="005273C0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="320" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2326C5A3" w14:textId="77777777" w:rsidR="005273C0" w:rsidRPr="007D763D" w:rsidRDefault="005273C0" w:rsidP="005273C0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="288" w:type="pct"/>
-[...118 lines deleted...]
-          <w:p w14:paraId="2326C5A3" w14:textId="77777777" w:rsidR="0062008F" w:rsidRPr="007D763D" w:rsidRDefault="0062008F" w:rsidP="0062008F">
+            <w:tcW w:w="403" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2178D4C2" w14:textId="77777777" w:rsidR="005273C0" w:rsidRPr="007D763D" w:rsidRDefault="005273C0" w:rsidP="005273C0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="364" w:type="pct"/>
-[...96 lines deleted...]
-          <w:p w14:paraId="7AA65C62" w14:textId="77777777" w:rsidR="0062008F" w:rsidRDefault="0062008F" w:rsidP="0062008F">
+            <w:tcW w:w="403" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3386E873" w14:textId="77777777" w:rsidR="005273C0" w:rsidRPr="007D763D" w:rsidRDefault="005273C0" w:rsidP="005273C0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="404" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="599052AD" w14:textId="77777777" w:rsidR="005273C0" w:rsidRPr="007D763D" w:rsidRDefault="005273C0" w:rsidP="005273C0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="407" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="10C09AF4" w14:textId="77777777" w:rsidR="005273C0" w:rsidRPr="007D763D" w:rsidRDefault="005273C0" w:rsidP="005273C0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="46288390" w14:textId="77777777" w:rsidR="005273C0" w:rsidRDefault="005273C0" w:rsidP="005273C0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="48054FE4" w14:textId="77777777" w:rsidR="0062008F" w:rsidRPr="007D763D" w:rsidRDefault="0062008F" w:rsidP="0062008F">
+          <w:p w14:paraId="48054FE4" w14:textId="77777777" w:rsidR="005273C0" w:rsidRPr="007D763D" w:rsidRDefault="005273C0" w:rsidP="005273C0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0062008F" w:rsidRPr="007D763D" w14:paraId="4320DDBE" w14:textId="77777777" w:rsidTr="00C64EB4">
+      <w:tr w:rsidR="005273C0" w:rsidRPr="007D763D" w14:paraId="4320DDBE" w14:textId="77777777" w:rsidTr="000F314A">
         <w:trPr>
           <w:trHeight w:val="279"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="364" w:type="pct"/>
+            <w:tcW w:w="406" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0BBA5831" w14:textId="77777777" w:rsidR="0062008F" w:rsidRPr="007D763D" w:rsidRDefault="0062008F" w:rsidP="0062008F">
+          <w:p w14:paraId="0BBA5831" w14:textId="77777777" w:rsidR="005273C0" w:rsidRPr="007D763D" w:rsidRDefault="005273C0" w:rsidP="005273C0">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D763D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Avg.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="288" w:type="pct"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="06D5FA70" w14:textId="00704534" w:rsidR="0062008F" w:rsidRPr="007D763D" w:rsidRDefault="0062008F" w:rsidP="0062008F">
+            <w:tcW w:w="320" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="06D5FA70" w14:textId="4FF56940" w:rsidR="005273C0" w:rsidRPr="007D763D" w:rsidRDefault="005273C0" w:rsidP="005273C0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D763D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="291" w:type="pct"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="59F55BB9" w14:textId="5B439A2C" w:rsidR="0062008F" w:rsidRPr="007D763D" w:rsidRDefault="00D31B91" w:rsidP="0062008F">
+            <w:tcW w:w="325" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="59F55BB9" w14:textId="165F68F1" w:rsidR="005273C0" w:rsidRPr="007D763D" w:rsidRDefault="005273C0" w:rsidP="005273C0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="287" w:type="pct"/>
-[...51 lines deleted...]
-          <w:p w14:paraId="769B471E" w14:textId="36E9B85B" w:rsidR="0062008F" w:rsidRPr="007D763D" w:rsidRDefault="009A386F" w:rsidP="0062008F">
+            <w:tcW w:w="319" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="34CCBB86" w14:textId="76FE007B" w:rsidR="005273C0" w:rsidRPr="007D763D" w:rsidRDefault="005273C0" w:rsidP="005273C0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="319" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D42CC10" w14:textId="3F524C5B" w:rsidR="005273C0" w:rsidRPr="007D763D" w:rsidRDefault="005273C0" w:rsidP="005273C0">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="320" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="769B471E" w14:textId="545AE963" w:rsidR="005273C0" w:rsidRPr="007D763D" w:rsidRDefault="005273C0" w:rsidP="005273C0">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">  </w:t>
-[...80 lines deleted...]
-          <w:p w14:paraId="4F43CFEF" w14:textId="311A31B5" w:rsidR="0062008F" w:rsidRPr="007D763D" w:rsidRDefault="00833BD5" w:rsidP="0062008F">
+              <w:t xml:space="preserve"> 1 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="319" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E044AC7" w14:textId="77777777" w:rsidR="005273C0" w:rsidRPr="007D763D" w:rsidRDefault="005273C0" w:rsidP="005273C0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="319" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DC7A64D" w14:textId="05EC5E89" w:rsidR="005273C0" w:rsidRPr="007D763D" w:rsidRDefault="005273C0" w:rsidP="005273C0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="320" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F43CFEF" w14:textId="6FF863B3" w:rsidR="005273C0" w:rsidRPr="007D763D" w:rsidRDefault="005273C0" w:rsidP="005273C0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:t>1.5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="403" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="778CD63E" w14:textId="05D5A603" w:rsidR="005273C0" w:rsidRPr="007D763D" w:rsidRDefault="005273C0" w:rsidP="005273C0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="403" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7104013B" w14:textId="77777777" w:rsidR="005273C0" w:rsidRPr="007D763D" w:rsidRDefault="005273C0" w:rsidP="005273C0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="404" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="41B02640" w14:textId="5B6AF7F9" w:rsidR="005273C0" w:rsidRPr="007D763D" w:rsidRDefault="005273C0" w:rsidP="005273C0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="407" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DB83BCB" w14:textId="7B24B5AA" w:rsidR="005273C0" w:rsidRPr="007D763D" w:rsidRDefault="005273C0" w:rsidP="005273C0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="364" w:type="pct"/>
-[...112 lines deleted...]
-          <w:p w14:paraId="3FDAACB8" w14:textId="59898089" w:rsidR="0062008F" w:rsidRPr="007D763D" w:rsidRDefault="0062008F" w:rsidP="0062008F">
+            <w:tcW w:w="416" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3FDAACB8" w14:textId="59898089" w:rsidR="005273C0" w:rsidRPr="007D763D" w:rsidRDefault="005273C0" w:rsidP="005273C0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5EE7A620" w14:textId="77777777" w:rsidR="0001733F" w:rsidRPr="007D763D" w:rsidRDefault="0001733F" w:rsidP="0001733F">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="5265" w:type="pct"/>
@@ -4655,51 +4383,50 @@
               <w:pStyle w:val="NormalWeb"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D763D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Problem Analysis</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3F801624" w14:textId="25E4AD43" w:rsidR="00145084" w:rsidRPr="007D763D" w:rsidRDefault="004D7584" w:rsidP="004D7584">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D763D">
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Justification:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="000F42E8" w:rsidRPr="000F42E8">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>In the lab, students gain hands-on experience in identifying, designing, implementing, and analyzing problem-solving techniques, directly supporting the Problem Analysis.</w:t>
             </w:r>
             <w:r w:rsidR="000F42E8">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
@@ -4757,65 +4484,51 @@
             </w:pPr>
             <w:r w:rsidRPr="007D763D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Justification: </w:t>
             </w:r>
             <w:r w:rsidR="007D34C8" w:rsidRPr="007D34C8">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Students a</w:t>
             </w:r>
             <w:r w:rsidR="007D34C8">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>b</w:t>
             </w:r>
             <w:r w:rsidR="007D34C8" w:rsidRPr="007D34C8">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">le to acquire </w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve"> helps build industry-relevant and socially beneficial software, while design techniques provide structured methodologies to solve problems efficiently in the development process.</w:t>
+              <w:t>le to acquire a computing skills helps build industry-relevant and socially beneficial software, while design techniques provide structured methodologies to solve problems efficiently in the development process.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00145084" w:rsidRPr="007D763D" w14:paraId="76653E2E" w14:textId="77777777" w:rsidTr="004D7584">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="446" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="522571FC" w14:textId="77777777" w:rsidR="00145084" w:rsidRPr="007D763D" w:rsidRDefault="00145084" w:rsidP="00145084">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="C00000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D763D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="C00000"/>
               </w:rPr>
               <w:t>CO3</w:t>
@@ -4823,94 +4536,88 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4554" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="0192C391" w14:textId="422DA643" w:rsidR="00145084" w:rsidRPr="007D763D" w:rsidRDefault="00415ECC" w:rsidP="00145084">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="C00000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F40B94">
               <w:t>Develop an effective report based on various programs implemented.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00145084" w:rsidRPr="007D763D" w14:paraId="4576E691" w14:textId="77777777" w:rsidTr="004D7584">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="446" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="7175DF3D" w14:textId="5F03F799" w:rsidR="00145084" w:rsidRPr="007D763D" w:rsidRDefault="00145084" w:rsidP="00145084">
+          <w:p w14:paraId="7175DF3D" w14:textId="718D2F68" w:rsidR="00145084" w:rsidRPr="007D763D" w:rsidRDefault="00145084" w:rsidP="00145084">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D763D">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t>PO9</w:t>
             </w:r>
             <w:r w:rsidR="007D763D">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
-              <w:t xml:space="preserve"> &amp; PO10</w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4554" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="520210E2" w14:textId="4614572D" w:rsidR="00145084" w:rsidRPr="007D763D" w:rsidRDefault="00145084" w:rsidP="00145084">
+          <w:p w14:paraId="520210E2" w14:textId="79F9AB18" w:rsidR="00145084" w:rsidRPr="007D763D" w:rsidRDefault="007D763D" w:rsidP="00145084">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007D763D">
+            <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
-              <w:t>Individual and Team Work</w:t>
-[...5 lines deleted...]
-              <w:t>, Communication Skills</w:t>
+              <w:t>Communication Skills</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7B7E4E7C" w14:textId="7AD81663" w:rsidR="003D1D8F" w:rsidRPr="003D1D8F" w:rsidRDefault="004D7584" w:rsidP="003D1D8F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D763D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Justification:</w:t>
             </w:r>
             <w:r w:rsidR="007D763D" w:rsidRPr="007D763D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
@@ -4979,96 +4686,84 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4554" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="02DCCA22" w14:textId="7C07E99E" w:rsidR="00AE0B35" w:rsidRPr="007D763D" w:rsidRDefault="00433A01" w:rsidP="00AE0B35">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:color w:val="C00000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F40B94">
               <w:t>Apply technical knowledge for a given problem and express with an effective oral communication.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004D7584" w:rsidRPr="007D763D" w14:paraId="524AA38A" w14:textId="77777777" w:rsidTr="004D7584">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="446" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="109AB412" w14:textId="4A0BD1BE" w:rsidR="004D7584" w:rsidRPr="007D763D" w:rsidRDefault="004D7584" w:rsidP="004D7584">
+          <w:p w14:paraId="109AB412" w14:textId="298D45B3" w:rsidR="004D7584" w:rsidRPr="007D763D" w:rsidRDefault="004D7584" w:rsidP="004D7584">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D763D">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>PO9</w:t>
             </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4554" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="685542EB" w14:textId="35916E5A" w:rsidR="004D7584" w:rsidRPr="007D763D" w:rsidRDefault="004D7584" w:rsidP="004D7584">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
+              <w:rPr>
+                <w:rStyle w:val="Strong"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
-              <w:t xml:space="preserve"> &amp; PO10</w:t>
-[...24 lines deleted...]
-              <w:t>, Communication Skills</w:t>
+              <w:t xml:space="preserve"> Communication Skills</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="261D6F7C" w14:textId="6FEB6076" w:rsidR="004D7584" w:rsidRPr="007D763D" w:rsidRDefault="004D7584" w:rsidP="002027FE">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D763D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Justification:</w:t>
             </w:r>
             <w:r w:rsidR="00433A01">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -5103,57 +4798,52 @@
                 <w:rStyle w:val="Strong"/>
                 <w:color w:val="C00000"/>
               </w:rPr>
               <w:t>CO</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:color w:val="C00000"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4554" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="07CF3C59" w14:textId="0B14FC36" w:rsidR="002027FE" w:rsidRPr="007D763D" w:rsidRDefault="002027FE" w:rsidP="004D7584">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F40B94">
-              <w:t>Analyze</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> outputs using given constraints/test cases.</w:t>
+              <w:t>Analyze outputs using given constraints/test cases.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002027FE" w:rsidRPr="007D763D" w14:paraId="4F362A36" w14:textId="77777777" w:rsidTr="004D7584">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="446" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="61C7C325" w14:textId="77777777" w:rsidR="002027FE" w:rsidRDefault="002027FE" w:rsidP="002027FE">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="343EBBA1" w14:textId="4796481E" w:rsidR="002027FE" w:rsidRPr="007D763D" w:rsidRDefault="002027FE" w:rsidP="002027FE">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:color w:val="C00000"/>
               </w:rPr>
             </w:pPr>
@@ -5411,50 +5101,57 @@
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="TimesNewRomanPSMT">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Bookman Old Style">
+    <w:panose1 w:val="02050604050505020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="15441899"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="238E59C0"/>
     <w:lvl w:ilvl="0" w:tplc="40090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -5966,124 +5663,127 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1666668858">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="911044428">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1817406636">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="773205970">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0001733F"/>
     <w:rsid w:val="0001733F"/>
     <w:rsid w:val="000C4635"/>
+    <w:rsid w:val="000F314A"/>
     <w:rsid w:val="000F42E8"/>
     <w:rsid w:val="000F53C1"/>
     <w:rsid w:val="00145084"/>
     <w:rsid w:val="001D6CD1"/>
     <w:rsid w:val="002027FE"/>
     <w:rsid w:val="0026763C"/>
     <w:rsid w:val="002C15C6"/>
     <w:rsid w:val="002D022F"/>
     <w:rsid w:val="00305BAD"/>
     <w:rsid w:val="00320DC9"/>
     <w:rsid w:val="003D1D8F"/>
     <w:rsid w:val="003E3829"/>
     <w:rsid w:val="00415ECC"/>
     <w:rsid w:val="00415F19"/>
     <w:rsid w:val="00433A01"/>
     <w:rsid w:val="004B633D"/>
     <w:rsid w:val="004D7584"/>
     <w:rsid w:val="0052655E"/>
+    <w:rsid w:val="005273C0"/>
     <w:rsid w:val="0057436C"/>
     <w:rsid w:val="005925E0"/>
     <w:rsid w:val="005F213C"/>
-    <w:rsid w:val="005F24A6"/>
     <w:rsid w:val="0062008F"/>
     <w:rsid w:val="0067030E"/>
     <w:rsid w:val="00731940"/>
+    <w:rsid w:val="00783E62"/>
     <w:rsid w:val="007D0E9C"/>
     <w:rsid w:val="007D34C8"/>
     <w:rsid w:val="007D5A0A"/>
     <w:rsid w:val="007D763D"/>
     <w:rsid w:val="00833BD5"/>
     <w:rsid w:val="00834F76"/>
     <w:rsid w:val="00895EB3"/>
     <w:rsid w:val="008C17E8"/>
     <w:rsid w:val="008C4652"/>
     <w:rsid w:val="009929AB"/>
     <w:rsid w:val="009A386F"/>
     <w:rsid w:val="009D7C46"/>
     <w:rsid w:val="00A36FD3"/>
     <w:rsid w:val="00A5774F"/>
     <w:rsid w:val="00AE0B35"/>
     <w:rsid w:val="00B014A4"/>
     <w:rsid w:val="00B472A5"/>
     <w:rsid w:val="00B50BA3"/>
     <w:rsid w:val="00B519D3"/>
     <w:rsid w:val="00B567E7"/>
     <w:rsid w:val="00B86F64"/>
     <w:rsid w:val="00BF7424"/>
     <w:rsid w:val="00C64EB4"/>
     <w:rsid w:val="00CB201D"/>
     <w:rsid w:val="00D31B91"/>
     <w:rsid w:val="00D40443"/>
     <w:rsid w:val="00DA369C"/>
     <w:rsid w:val="00E1460A"/>
     <w:rsid w:val="00E53F4D"/>
     <w:rsid w:val="00E94FAF"/>
+    <w:rsid w:val="00EE1403"/>
     <w:rsid w:val="00F05C4C"/>
     <w:rsid w:val="00F2247F"/>
     <w:rsid w:val="00F233B4"/>
     <w:rsid w:val="00F24009"/>
+    <w:rsid w:val="00F402E5"/>
     <w:rsid w:val="00F869DA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-IN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
@@ -6486,51 +6186,50 @@
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="0001733F"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
     <w:name w:val="Table Paragraph"/>
@@ -7052,75 +6751,75 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>559</Words>
-  <Characters>3190</Characters>
+  <Words>528</Words>
+  <Characters>3011</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>26</Lines>
+  <Lines>25</Lines>
   <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3742</CharactersWithSpaces>
+  <CharactersWithSpaces>3532</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>PSK</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
     <vt:lpwstr>255fd359-2b5b-4992-bb43-a6ee004d275c</vt:lpwstr>
   </property>