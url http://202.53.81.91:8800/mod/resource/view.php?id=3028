--- v1 (2025-12-15)
+++ v2 (2026-03-20)
@@ -1,66 +1,66 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="3A719EF7" w14:textId="2C6AA842" w:rsidR="0001733F" w:rsidRPr="007D763D" w:rsidRDefault="00D40443" w:rsidP="0001733F">
+    <w:p w14:paraId="3A719EF7" w14:textId="749A6516" w:rsidR="0001733F" w:rsidRPr="007D763D" w:rsidRDefault="00D40443" w:rsidP="0001733F">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D763D">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Advanced Data Structures and Algorithm Analysis </w:t>
+        <w:t>Advanced Data Structures and Algorithm Analysis</w:t>
       </w:r>
       <w:r w:rsidR="009929AB">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Lab</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="33EC2B72" w14:textId="77777777" w:rsidR="0001733F" w:rsidRPr="007D763D" w:rsidRDefault="0001733F" w:rsidP="0001733F">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
@@ -1155,66 +1155,80 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E023B7">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>CO1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3580" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="442B7093" w14:textId="482D2264" w:rsidR="0067030E" w:rsidRPr="007D763D" w:rsidRDefault="0067030E" w:rsidP="0067030E">
+          <w:p w14:paraId="442B7093" w14:textId="51A3134A" w:rsidR="0067030E" w:rsidRPr="007D763D" w:rsidRDefault="00C83989" w:rsidP="0067030E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="107"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F40B94">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Implement programs as an individual on different IDEs/ online platforms.</w:t>
+              <w:t xml:space="preserve">Apply different </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">algorithm </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F40B94">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>design techniques for solving problems.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="908" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="518A9E17" w14:textId="6FB4A7DA" w:rsidR="0067030E" w:rsidRPr="007D763D" w:rsidRDefault="0067030E" w:rsidP="0067030E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="112" w:right="104"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
@@ -1256,80 +1270,66 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E023B7">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>CO2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3580" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7A377187" w14:textId="3DE1D131" w:rsidR="0067030E" w:rsidRPr="007D763D" w:rsidRDefault="0067030E" w:rsidP="0067030E">
+          <w:p w14:paraId="7A377187" w14:textId="6385FE57" w:rsidR="0067030E" w:rsidRPr="007D763D" w:rsidRDefault="0078305B" w:rsidP="0067030E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="107"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F40B94">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Apply different </w:t>
-[...13 lines deleted...]
-              <w:t>design techniques for solving problems.</w:t>
+              <w:t>Implement programs as an individual on different IDEs/ online platforms</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="908" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3C0B4433" w14:textId="32C36110" w:rsidR="0067030E" w:rsidRPr="007D763D" w:rsidRDefault="0067030E" w:rsidP="0067030E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="112" w:right="104"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
@@ -1640,3315 +1640,2887 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6AD7B953" w14:textId="2F17EDDB" w:rsidR="0067030E" w:rsidRPr="007D763D" w:rsidRDefault="0067030E" w:rsidP="0067030E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="112" w:right="104"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>L4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0046BFD3" w14:textId="77777777" w:rsidR="0001733F" w:rsidRPr="007D763D" w:rsidRDefault="0001733F" w:rsidP="0001733F">
+    <w:p w14:paraId="0046BFD3" w14:textId="77777777" w:rsidR="0001733F" w:rsidRDefault="0001733F" w:rsidP="0001733F">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="09914478" w14:textId="77777777" w:rsidR="0050567E" w:rsidRDefault="0050567E" w:rsidP="0001733F">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="043A5B24" w14:textId="77777777" w:rsidR="0050567E" w:rsidRPr="007D763D" w:rsidRDefault="0050567E" w:rsidP="0001733F">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="4717" w:type="pct"/>
-        <w:tblInd w:w="-5" w:type="dxa"/>
+        <w:tblW w:w="9634" w:type="dxa"/>
+        <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
-        <w:tblCellMar>
-[...3 lines deleted...]
-        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="690"/>
-[...9 lines deleted...]
-        <w:gridCol w:w="686"/>
         <w:gridCol w:w="687"/>
-        <w:gridCol w:w="692"/>
-        <w:gridCol w:w="708"/>
+        <w:gridCol w:w="639"/>
+        <w:gridCol w:w="639"/>
+        <w:gridCol w:w="639"/>
+        <w:gridCol w:w="639"/>
+        <w:gridCol w:w="639"/>
+        <w:gridCol w:w="639"/>
+        <w:gridCol w:w="639"/>
+        <w:gridCol w:w="639"/>
+        <w:gridCol w:w="759"/>
+        <w:gridCol w:w="759"/>
+        <w:gridCol w:w="759"/>
+        <w:gridCol w:w="772"/>
+        <w:gridCol w:w="786"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000F314A" w:rsidRPr="007D763D" w14:paraId="42EA6F8A" w14:textId="77777777" w:rsidTr="000F314A">
+      <w:tr w:rsidR="00C83989" w14:paraId="53D3103E" w14:textId="77777777" w:rsidTr="0050567E">
         <w:trPr>
-          <w:trHeight w:val="279"/>
+          <w:trHeight w:val="463"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="406" w:type="pct"/>
-[...40 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:tcW w:w="687" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="47345B37" w14:textId="77777777" w:rsidR="00C83989" w:rsidRDefault="00C83989" w:rsidP="00C83989">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="639" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E9C2CAA" w14:textId="532D474F" w:rsidR="00C83989" w:rsidRDefault="00C83989" w:rsidP="00C83989">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>PO1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="325" w:type="pct"/>
-[...20 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:tcW w:w="639" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="086A4DE1" w14:textId="50EC5D6B" w:rsidR="00C83989" w:rsidRDefault="00C83989" w:rsidP="00C83989">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>PO2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="319" w:type="pct"/>
-[...20 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:tcW w:w="639" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="713A553A" w14:textId="2C2B0E62" w:rsidR="00C83989" w:rsidRDefault="00C83989" w:rsidP="00C83989">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>PO3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="319" w:type="pct"/>
-[...20 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:tcW w:w="639" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="65E47D84" w14:textId="73A12355" w:rsidR="00C83989" w:rsidRDefault="00C83989" w:rsidP="00C83989">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>PO4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="320" w:type="pct"/>
-[...20 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:tcW w:w="639" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="09B01D14" w14:textId="20E7916B" w:rsidR="00C83989" w:rsidRDefault="00C83989" w:rsidP="00C83989">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>PO5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="319" w:type="pct"/>
-[...20 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:tcW w:w="639" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="44583FDD" w14:textId="355E5557" w:rsidR="00C83989" w:rsidRDefault="00C83989" w:rsidP="00C83989">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>PO6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="319" w:type="pct"/>
-[...20 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:tcW w:w="639" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0896D296" w14:textId="3E320751" w:rsidR="00C83989" w:rsidRDefault="00C83989" w:rsidP="00C83989">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PO7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="639" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D197B0B" w14:textId="2498FC7C" w:rsidR="00C83989" w:rsidRDefault="00C83989" w:rsidP="00C83989">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>PO8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="320" w:type="pct"/>
-[...20 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:tcW w:w="759" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="75921176" w14:textId="4C80288A" w:rsidR="00C83989" w:rsidRDefault="00C83989" w:rsidP="00C83989">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>PO9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="403" w:type="pct"/>
-[...20 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:tcW w:w="759" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FB4CC1B" w14:textId="795A750E" w:rsidR="00C83989" w:rsidRDefault="00C83989" w:rsidP="00C83989">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>PO10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="403" w:type="pct"/>
-[...20 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:tcW w:w="759" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="56072BE8" w14:textId="04F68592" w:rsidR="00C83989" w:rsidRDefault="00C83989" w:rsidP="00C83989">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>PO11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="404" w:type="pct"/>
-[...49 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:tcW w:w="772" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C2C461C" w14:textId="3873759E" w:rsidR="00C83989" w:rsidRDefault="00C83989" w:rsidP="00C83989">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>PSO1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="416" w:type="pct"/>
-[...20 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:tcW w:w="786" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="798A9069" w14:textId="3F1C4168" w:rsidR="00C83989" w:rsidRDefault="00C83989" w:rsidP="00C83989">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>PSO2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000F314A" w:rsidRPr="007D763D" w14:paraId="3A23A7B8" w14:textId="77777777" w:rsidTr="000F314A">
+      <w:tr w:rsidR="00C83989" w14:paraId="6A970482" w14:textId="77777777" w:rsidTr="0050567E">
         <w:trPr>
-          <w:trHeight w:val="279"/>
+          <w:trHeight w:val="463"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="406" w:type="pct"/>
-[...20 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:tcW w:w="687" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6322FD5A" w14:textId="166C726F" w:rsidR="00C83989" w:rsidRDefault="00C83989" w:rsidP="00C83989">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>CO1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="320" w:type="pct"/>
-[...15 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:tcW w:w="639" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="505E55F0" w14:textId="596ED408" w:rsidR="00C83989" w:rsidRDefault="00C83989" w:rsidP="00C83989">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="639" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E13B5C6" w14:textId="0BC90A3B" w:rsidR="00C83989" w:rsidRDefault="00C83989" w:rsidP="00C83989">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
-                <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="325" w:type="pct"/>
-[...80 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:tcW w:w="639" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="653141BF" w14:textId="77777777" w:rsidR="00C83989" w:rsidRDefault="00C83989" w:rsidP="00C83989">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="639" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DB42DE8" w14:textId="77777777" w:rsidR="00C83989" w:rsidRDefault="00C83989" w:rsidP="00C83989">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="639" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7451D7DF" w14:textId="3A9A2C50" w:rsidR="00C83989" w:rsidRDefault="00C83989" w:rsidP="00C83989">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="639" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="02D387DE" w14:textId="77777777" w:rsidR="00C83989" w:rsidRDefault="00C83989" w:rsidP="00C83989">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="639" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="080FFAE3" w14:textId="77777777" w:rsidR="00C83989" w:rsidRDefault="00C83989" w:rsidP="00C83989">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="639" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="68188286" w14:textId="77777777" w:rsidR="00C83989" w:rsidRDefault="00C83989" w:rsidP="00C83989">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="759" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F543806" w14:textId="77777777" w:rsidR="00C83989" w:rsidRDefault="00C83989" w:rsidP="00C83989">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="759" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CF5F135" w14:textId="77777777" w:rsidR="00C83989" w:rsidRDefault="00C83989" w:rsidP="00C83989">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="759" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="72334C7A" w14:textId="77777777" w:rsidR="00C83989" w:rsidRDefault="00C83989" w:rsidP="00C83989">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="772" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3509D670" w14:textId="47A2B95A" w:rsidR="00C83989" w:rsidRDefault="00C83989" w:rsidP="00C83989">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="319" w:type="pct"/>
-[...170 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:tcW w:w="786" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="557452BD" w14:textId="77777777" w:rsidR="00C83989" w:rsidRDefault="00C83989" w:rsidP="00C83989">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000F314A" w:rsidRPr="007D763D" w14:paraId="24880387" w14:textId="77777777" w:rsidTr="000F314A">
+      <w:tr w:rsidR="00C83989" w14:paraId="4C757557" w14:textId="77777777" w:rsidTr="0050567E">
         <w:trPr>
-          <w:trHeight w:val="279"/>
+          <w:trHeight w:val="463"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="406" w:type="pct"/>
-[...20 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:tcW w:w="687" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E94E5FD" w14:textId="43EEA287" w:rsidR="00C83989" w:rsidRDefault="00C83989" w:rsidP="00C83989">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>CO2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="320" w:type="pct"/>
-[...37 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:tcW w:w="639" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7147F0ED" w14:textId="34DDFCF8" w:rsidR="00C83989" w:rsidRDefault="00C83989" w:rsidP="00C83989">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
-                <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="319" w:type="pct"/>
-[...213 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:tcW w:w="639" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FF2A204" w14:textId="433E8D76" w:rsidR="00C83989" w:rsidRDefault="00C83989" w:rsidP="00C83989">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="639" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A3E5F46" w14:textId="77777777" w:rsidR="00C83989" w:rsidRDefault="00C83989" w:rsidP="00C83989">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="639" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="55D9E8F4" w14:textId="77777777" w:rsidR="00C83989" w:rsidRDefault="00C83989" w:rsidP="00C83989">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="639" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="23CAC164" w14:textId="51C5B9C3" w:rsidR="00C83989" w:rsidRDefault="00C83989" w:rsidP="00C83989">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
-                <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="416" w:type="pct"/>
-[...15 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:tcW w:w="639" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3469F09F" w14:textId="77777777" w:rsidR="00C83989" w:rsidRDefault="00C83989" w:rsidP="00C83989">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="639" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F40CEB0" w14:textId="77777777" w:rsidR="00C83989" w:rsidRDefault="00C83989" w:rsidP="00C83989">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="639" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5446285A" w14:textId="77777777" w:rsidR="00C83989" w:rsidRDefault="00C83989" w:rsidP="00C83989">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="759" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2286EC8C" w14:textId="77777777" w:rsidR="00C83989" w:rsidRDefault="00C83989" w:rsidP="00C83989">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="759" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D2D8742" w14:textId="77777777" w:rsidR="00C83989" w:rsidRDefault="00C83989" w:rsidP="00C83989">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="759" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="46AAC4FF" w14:textId="77777777" w:rsidR="00C83989" w:rsidRDefault="00C83989" w:rsidP="00C83989">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="772" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="20543232" w14:textId="29745C23" w:rsidR="00C83989" w:rsidRDefault="00C83989" w:rsidP="00C83989">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="786" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="59166D8C" w14:textId="77777777" w:rsidR="00C83989" w:rsidRDefault="00C83989" w:rsidP="00C83989">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005273C0" w:rsidRPr="007D763D" w14:paraId="3F21D3A0" w14:textId="77777777" w:rsidTr="000F314A">
+      <w:tr w:rsidR="00C83989" w14:paraId="3376DC0D" w14:textId="77777777" w:rsidTr="0050567E">
         <w:trPr>
-          <w:trHeight w:val="279"/>
+          <w:trHeight w:val="463"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="406" w:type="pct"/>
-[...20 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:tcW w:w="687" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="51237082" w14:textId="34F536A5" w:rsidR="00C83989" w:rsidRDefault="00C83989" w:rsidP="00C83989">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>CO3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="320" w:type="pct"/>
-[...168 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:tcW w:w="639" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="57A00643" w14:textId="77777777" w:rsidR="00C83989" w:rsidRDefault="00C83989" w:rsidP="00C83989">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="639" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="311D2CC8" w14:textId="77777777" w:rsidR="00C83989" w:rsidRDefault="00C83989" w:rsidP="00C83989">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="639" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="474BB279" w14:textId="77777777" w:rsidR="00C83989" w:rsidRDefault="00C83989" w:rsidP="00C83989">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="639" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E0AA02D" w14:textId="77777777" w:rsidR="00C83989" w:rsidRDefault="00C83989" w:rsidP="00C83989">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="639" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="38AFBE7B" w14:textId="77777777" w:rsidR="00C83989" w:rsidRDefault="00C83989" w:rsidP="00C83989">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="639" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="492B503F" w14:textId="77777777" w:rsidR="00C83989" w:rsidRDefault="00C83989" w:rsidP="00C83989">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="639" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DB25961" w14:textId="77777777" w:rsidR="00C83989" w:rsidRDefault="00C83989" w:rsidP="00C83989">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="639" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E1BA592" w14:textId="77777777" w:rsidR="00C83989" w:rsidRDefault="00C83989" w:rsidP="00C83989">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="759" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="65ABA8E1" w14:textId="6F65413A" w:rsidR="00C83989" w:rsidRDefault="00C83989" w:rsidP="00C83989">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="403" w:type="pct"/>
-[...104 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:tcW w:w="759" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="057AAD96" w14:textId="77777777" w:rsidR="00C83989" w:rsidRDefault="00C83989" w:rsidP="00C83989">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="759" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E6211E8" w14:textId="77777777" w:rsidR="00C83989" w:rsidRDefault="00C83989" w:rsidP="00C83989">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="772" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2355D6E3" w14:textId="77777777" w:rsidR="00C83989" w:rsidRDefault="00C83989" w:rsidP="00C83989">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="786" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F2181A1" w14:textId="77777777" w:rsidR="00C83989" w:rsidRDefault="00C83989" w:rsidP="00C83989">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005273C0" w:rsidRPr="007D763D" w14:paraId="46DC47C6" w14:textId="77777777" w:rsidTr="005273C0">
+      <w:tr w:rsidR="00C83989" w14:paraId="0E5B05A3" w14:textId="77777777" w:rsidTr="0050567E">
         <w:trPr>
-          <w:trHeight w:val="279"/>
+          <w:trHeight w:val="463"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="406" w:type="pct"/>
-[...20 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:tcW w:w="687" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="71E49B0A" w14:textId="5F8AF2E2" w:rsidR="00C83989" w:rsidRDefault="00C83989" w:rsidP="00C83989">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>CO4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="320" w:type="pct"/>
-[...170 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:tcW w:w="639" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A1CB0F0" w14:textId="77777777" w:rsidR="00C83989" w:rsidRDefault="00C83989" w:rsidP="00C83989">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="639" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="69BCCD03" w14:textId="77777777" w:rsidR="00C83989" w:rsidRDefault="00C83989" w:rsidP="00C83989">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="639" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B11E687" w14:textId="77777777" w:rsidR="00C83989" w:rsidRDefault="00C83989" w:rsidP="00C83989">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="639" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="48C574E0" w14:textId="77777777" w:rsidR="00C83989" w:rsidRDefault="00C83989" w:rsidP="00C83989">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="639" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A21992E" w14:textId="77777777" w:rsidR="00C83989" w:rsidRDefault="00C83989" w:rsidP="00C83989">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="639" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="55FE5173" w14:textId="77777777" w:rsidR="00C83989" w:rsidRDefault="00C83989" w:rsidP="00C83989">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="639" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="18879D85" w14:textId="77777777" w:rsidR="00C83989" w:rsidRDefault="00C83989" w:rsidP="00C83989">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="639" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="25B2AAA5" w14:textId="77777777" w:rsidR="00C83989" w:rsidRDefault="00C83989" w:rsidP="00C83989">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="759" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="52493FAD" w14:textId="1448A75E" w:rsidR="00C83989" w:rsidRDefault="00C83989" w:rsidP="00C83989">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="759" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F1CB17A" w14:textId="77777777" w:rsidR="00C83989" w:rsidRDefault="00C83989" w:rsidP="00C83989">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="759" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AD18928" w14:textId="77777777" w:rsidR="00C83989" w:rsidRDefault="00C83989" w:rsidP="00C83989">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="772" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0387BCB2" w14:textId="77777777" w:rsidR="00C83989" w:rsidRDefault="00C83989" w:rsidP="00C83989">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="786" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="095EA134" w14:textId="77777777" w:rsidR="00C83989" w:rsidRDefault="00C83989" w:rsidP="00C83989">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C83989" w14:paraId="4BC90760" w14:textId="77777777" w:rsidTr="0050567E">
+        <w:trPr>
+          <w:trHeight w:val="463"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="687" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="54F3E51A" w14:textId="1933D6F8" w:rsidR="00C83989" w:rsidRDefault="00C83989" w:rsidP="00C83989">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CO5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="639" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BA8FAB3" w14:textId="77777777" w:rsidR="00C83989" w:rsidRDefault="00C83989" w:rsidP="00C83989">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="639" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CA68038" w14:textId="1DD5A9A9" w:rsidR="00C83989" w:rsidRDefault="00C83989" w:rsidP="00C83989">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="403" w:type="pct"/>
-[...103 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:tcW w:w="639" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A9199FD" w14:textId="77777777" w:rsidR="00C83989" w:rsidRDefault="00C83989" w:rsidP="00C83989">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="639" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6ECD8135" w14:textId="77777777" w:rsidR="00C83989" w:rsidRDefault="00C83989" w:rsidP="00C83989">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="639" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CE2C996" w14:textId="77777777" w:rsidR="00C83989" w:rsidRDefault="00C83989" w:rsidP="00C83989">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="639" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="035C58BC" w14:textId="77777777" w:rsidR="00C83989" w:rsidRDefault="00C83989" w:rsidP="00C83989">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="639" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="08C4E497" w14:textId="77777777" w:rsidR="00C83989" w:rsidRDefault="00C83989" w:rsidP="00C83989">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="639" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0482227E" w14:textId="77777777" w:rsidR="00C83989" w:rsidRDefault="00C83989" w:rsidP="00C83989">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="759" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F71E0A4" w14:textId="77777777" w:rsidR="00C83989" w:rsidRDefault="00C83989" w:rsidP="00C83989">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="759" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EC3B525" w14:textId="77777777" w:rsidR="00C83989" w:rsidRDefault="00C83989" w:rsidP="00C83989">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="759" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5508FD72" w14:textId="77777777" w:rsidR="00C83989" w:rsidRDefault="00C83989" w:rsidP="00C83989">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="772" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="54EFD04F" w14:textId="77777777" w:rsidR="00C83989" w:rsidRDefault="00C83989" w:rsidP="00C83989">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="786" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="28DA6C2C" w14:textId="77777777" w:rsidR="00C83989" w:rsidRDefault="00C83989" w:rsidP="00C83989">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0D247C81" w14:textId="77777777" w:rsidR="00C83989" w:rsidRDefault="00C83989" w:rsidP="00C83989">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005273C0" w:rsidRPr="007D763D" w14:paraId="0ED6C216" w14:textId="77777777" w:rsidTr="000F314A">
+      <w:tr w:rsidR="00C83989" w14:paraId="610C0DD7" w14:textId="77777777" w:rsidTr="0050567E">
         <w:trPr>
-          <w:trHeight w:val="365"/>
+          <w:trHeight w:val="463"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="406" w:type="pct"/>
-[...22 lines deleted...]
-            </w:r>
+            <w:tcW w:w="687" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A2CD5A6" w14:textId="3A718987" w:rsidR="00C83989" w:rsidRDefault="00C83989" w:rsidP="00C83989">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
-                <w:b/>
-[...43 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Average</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="639" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="250D311A" w14:textId="49F0763B" w:rsidR="00C83989" w:rsidRDefault="00C83989" w:rsidP="00C83989">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="639" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0621663A" w14:textId="4BFAC1A4" w:rsidR="00C83989" w:rsidRDefault="00C83989" w:rsidP="00C83989">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
-[...2 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2.5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="639" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A5B5FE3" w14:textId="77777777" w:rsidR="00C83989" w:rsidRDefault="00C83989" w:rsidP="00C83989">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="639" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E7A76BC" w14:textId="77777777" w:rsidR="00C83989" w:rsidRDefault="00C83989" w:rsidP="00C83989">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="639" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B29DA06" w14:textId="4D675ADC" w:rsidR="00C83989" w:rsidRDefault="00C83989" w:rsidP="00C83989">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="639" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F9DD5D8" w14:textId="77777777" w:rsidR="00C83989" w:rsidRDefault="00C83989" w:rsidP="00C83989">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="639" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6521AC1D" w14:textId="77777777" w:rsidR="00C83989" w:rsidRDefault="00C83989" w:rsidP="00C83989">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="639" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="57D4BD0F" w14:textId="77777777" w:rsidR="00C83989" w:rsidRDefault="00C83989" w:rsidP="00C83989">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="759" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1765D134" w14:textId="04D67A33" w:rsidR="00C83989" w:rsidRDefault="00C83989" w:rsidP="00C83989">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="319" w:type="pct"/>
-[...231 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="759" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="381768D2" w14:textId="77777777" w:rsidR="00C83989" w:rsidRDefault="00C83989" w:rsidP="00C83989">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:b/>
                 <w:color w:val="000000"/>
-              </w:rPr>
-[...96 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="759" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="751D0B37" w14:textId="77777777" w:rsidR="00C83989" w:rsidRDefault="00C83989" w:rsidP="00C83989">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="772" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="76442F65" w14:textId="22E1640D" w:rsidR="00C83989" w:rsidRDefault="00C83989" w:rsidP="00C83989">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>2</w:t>
-[...262 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="786" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="30DB1D9E" w14:textId="77777777" w:rsidR="00C83989" w:rsidRDefault="00C83989" w:rsidP="00C83989">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5EE7A620" w14:textId="77777777" w:rsidR="0001733F" w:rsidRPr="007D763D" w:rsidRDefault="0001733F" w:rsidP="0001733F">
+    <w:p w14:paraId="5EE7A620" w14:textId="77777777" w:rsidR="0001733F" w:rsidRDefault="0001733F" w:rsidP="0001733F">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2829C79E" w14:textId="77777777" w:rsidR="0050567E" w:rsidRDefault="0050567E" w:rsidP="0001733F">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="403DBDDD" w14:textId="77777777" w:rsidR="0050567E" w:rsidRPr="007D763D" w:rsidRDefault="0050567E" w:rsidP="0001733F">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="5265" w:type="pct"/>
+        <w:tblW w:w="5346" w:type="pct"/>
+        <w:tblInd w:w="-289" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="847"/>
-        <w:gridCol w:w="8647"/>
+        <w:gridCol w:w="803"/>
+        <w:gridCol w:w="8837"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005F213C" w:rsidRPr="007D763D" w14:paraId="3975DAD9" w14:textId="77777777" w:rsidTr="004D7584">
-[...4 lines deleted...]
-          <w:p w14:paraId="77DD0D3C" w14:textId="77777777" w:rsidR="005F213C" w:rsidRPr="007D763D" w:rsidRDefault="005F213C" w:rsidP="005F213C">
+      <w:tr w:rsidR="0083275B" w:rsidRPr="007D763D" w14:paraId="2E577DE0" w14:textId="77777777" w:rsidTr="00F75CD2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="38567437" w14:textId="34FB740C" w:rsidR="0083275B" w:rsidRPr="007D763D" w:rsidRDefault="0083275B" w:rsidP="0083275B">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="C00000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D763D">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="C00000"/>
               </w:rPr>
-              <w:t>CO 1</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="7651C169" w14:textId="11D72B32" w:rsidR="005F213C" w:rsidRPr="007D763D" w:rsidRDefault="005F213C" w:rsidP="0001733F">
+              <w:t xml:space="preserve">CO </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="C00000"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4584" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="67B538F8" w14:textId="2D9FB67E" w:rsidR="0083275B" w:rsidRPr="007D763D" w:rsidRDefault="0083275B" w:rsidP="0083275B">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="007D763D">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:color w:val="C00000"/>
               </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:t>“</w:t>
             </w:r>
-            <w:r w:rsidR="009A386F" w:rsidRPr="00F40B94">
-[...1 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00F40B94">
+              <w:t xml:space="preserve">Apply different </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">algorithm </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F40B94">
+              <w:t>design techniques for solving problems</w:t>
+            </w:r>
+            <w:r>
+              <w:t>”</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0083275B" w:rsidRPr="007D763D" w14:paraId="796AEC82" w14:textId="77777777" w:rsidTr="0050567E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="33E79F4E" w14:textId="6328DA36" w:rsidR="0083275B" w:rsidRPr="007D763D" w:rsidRDefault="0083275B" w:rsidP="0083275B">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="C00000"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="007D763D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>PO2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4584" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="31482CAC" w14:textId="77777777" w:rsidR="0083275B" w:rsidRPr="007D763D" w:rsidRDefault="0083275B" w:rsidP="0083275B">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D763D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Problem Analysis</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="57D74B27" w14:textId="38E6A145" w:rsidR="0083275B" w:rsidRPr="007D763D" w:rsidRDefault="0083275B" w:rsidP="0083275B">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:color w:val="C00000"/>
               </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D763D">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Justification:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F42E8">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>In the lab, students gain hands-on experience in identifying, designing, implementing, and analyzing problem-solving techniques, directly supporting the Problem Analysis.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0083275B" w:rsidRPr="007D763D" w14:paraId="5DAAC810" w14:textId="77777777" w:rsidTr="0050567E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="74B1BE81" w14:textId="02C5A54B" w:rsidR="0083275B" w:rsidRPr="007D763D" w:rsidRDefault="0083275B" w:rsidP="0083275B">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="C00000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D763D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>PSO1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4584" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="7362DDD3" w14:textId="77777777" w:rsidR="0083275B" w:rsidRPr="007D763D" w:rsidRDefault="0083275B" w:rsidP="0083275B">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D763D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Apply the Knowledge of Computing Skills in building the Software Systems that meet the requirements of Industry and Society.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="61E65DD6" w14:textId="32E4CE9B" w:rsidR="0083275B" w:rsidRPr="007D763D" w:rsidRDefault="0083275B" w:rsidP="0083275B">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
+              <w:rPr>
+                <w:rStyle w:val="Strong"/>
+                <w:color w:val="C00000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D763D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Justification: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D34C8">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Students a</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>b</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D34C8">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>le to acquire a computing skills helps build industry-relevant and socially beneficial software, while design techniques provide structured methodologies to solve problems efficiently in the development process.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0083275B" w:rsidRPr="007D763D" w14:paraId="3975DAD9" w14:textId="77777777" w:rsidTr="0050567E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="77DD0D3C" w14:textId="095C758F" w:rsidR="0083275B" w:rsidRPr="007D763D" w:rsidRDefault="0083275B" w:rsidP="0083275B">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="C00000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D763D">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="C00000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CO </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="C00000"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4584" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="7651C169" w14:textId="11D72B32" w:rsidR="0083275B" w:rsidRPr="007D763D" w:rsidRDefault="0083275B" w:rsidP="0083275B">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
+              <w:rPr>
+                <w:color w:val="C00000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D763D">
+              <w:rPr>
+                <w:rStyle w:val="Strong"/>
+                <w:color w:val="C00000"/>
+              </w:rPr>
+              <w:t>“</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F40B94">
+              <w:t>Implement programs as an individual on different IDEs/ online platforms</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D763D">
+              <w:rPr>
+                <w:rStyle w:val="Strong"/>
+                <w:color w:val="C00000"/>
+              </w:rPr>
               <w:t>”</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005F213C" w:rsidRPr="007D763D" w14:paraId="2B8072C2" w14:textId="77777777" w:rsidTr="004D7584">
-[...4 lines deleted...]
-          <w:p w14:paraId="79597A7D" w14:textId="77777777" w:rsidR="005F213C" w:rsidRPr="007D763D" w:rsidRDefault="005F213C" w:rsidP="0001733F">
+      <w:tr w:rsidR="0083275B" w:rsidRPr="007D763D" w14:paraId="2B8072C2" w14:textId="77777777" w:rsidTr="0050567E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="79597A7D" w14:textId="77777777" w:rsidR="0083275B" w:rsidRPr="007D763D" w:rsidRDefault="0083275B" w:rsidP="0083275B">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D763D">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t>PO1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4554" w:type="pct"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="78BD0E6F" w14:textId="77777777" w:rsidR="005F213C" w:rsidRPr="007D763D" w:rsidRDefault="005F213C" w:rsidP="005F213C">
+            <w:tcW w:w="4584" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="78BD0E6F" w14:textId="77777777" w:rsidR="0083275B" w:rsidRPr="007D763D" w:rsidRDefault="0083275B" w:rsidP="0083275B">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="007D763D">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t>Engineering Knowledge</w:t>
             </w:r>
             <w:r w:rsidRPr="007D763D">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="07DFB070" w14:textId="235BA3D9" w:rsidR="007D763D" w:rsidRPr="004D7584" w:rsidRDefault="007D763D" w:rsidP="007D763D">
+          <w:p w14:paraId="07DFB070" w14:textId="48E70186" w:rsidR="0083275B" w:rsidRPr="004D7584" w:rsidRDefault="0083275B" w:rsidP="0083275B">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D7584">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Justification:</w:t>
             </w:r>
-            <w:r w:rsidR="000C4635">
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> S</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">tudents applying Algorithm design techniques and advanced data structures by solving different applications individually on different online platforms </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0083275B" w:rsidRPr="007D763D" w14:paraId="2BF341DA" w14:textId="77777777" w:rsidTr="0050567E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="3ABE022A" w14:textId="1D3150EE" w:rsidR="0083275B" w:rsidRPr="007D763D" w:rsidRDefault="0083275B" w:rsidP="0083275B">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
+              <w:rPr>
+                <w:rStyle w:val="Strong"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D763D">
+              <w:rPr>
+                <w:rStyle w:val="Strong"/>
+              </w:rPr>
+              <w:t>PO</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Strong"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4584" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B6A04D8" w14:textId="77777777" w:rsidR="0083275B" w:rsidRDefault="0083275B" w:rsidP="0083275B">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00643FB6">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Engineering Tool Usage </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2665D6EE" w14:textId="346F3F2B" w:rsidR="0083275B" w:rsidRPr="007D763D" w:rsidRDefault="0083275B" w:rsidP="0083275B">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="Strong"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D7584">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Justification:</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="000C4635" w:rsidRPr="000C4635">
+            <w:r w:rsidRPr="000C4635">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>By implementing programs on various IDEs and online platforms, students apply fundamental engineering principles, computational thinking, and modern software tools to develop solutions, aligning with the Engineering Knowledge program outcome</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00145084" w:rsidRPr="007D763D" w14:paraId="4509BA57" w14:textId="77777777" w:rsidTr="004D7584">
-[...4 lines deleted...]
-          <w:p w14:paraId="79BF4D8C" w14:textId="77777777" w:rsidR="00145084" w:rsidRPr="007D763D" w:rsidRDefault="00145084" w:rsidP="00145084">
+      <w:tr w:rsidR="0083275B" w:rsidRPr="007D763D" w14:paraId="76653E2E" w14:textId="77777777" w:rsidTr="0050567E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="522571FC" w14:textId="77777777" w:rsidR="0083275B" w:rsidRPr="007D763D" w:rsidRDefault="0083275B" w:rsidP="0083275B">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:rPr>
                 <w:b/>
+                <w:bCs/>
                 <w:color w:val="C00000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D763D">
               <w:rPr>
                 <w:b/>
+                <w:bCs/>
                 <w:color w:val="C00000"/>
               </w:rPr>
-              <w:t>CO 2</w:t>
-[...211 lines deleted...]
-              </w:rPr>
               <w:t>CO3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4554" w:type="pct"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="0192C391" w14:textId="422DA643" w:rsidR="00145084" w:rsidRPr="007D763D" w:rsidRDefault="00415ECC" w:rsidP="00145084">
+            <w:tcW w:w="4584" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="0192C391" w14:textId="422DA643" w:rsidR="0083275B" w:rsidRPr="007D763D" w:rsidRDefault="0083275B" w:rsidP="0083275B">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="C00000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F40B94">
               <w:t>Develop an effective report based on various programs implemented.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00145084" w:rsidRPr="007D763D" w14:paraId="4576E691" w14:textId="77777777" w:rsidTr="004D7584">
-[...4 lines deleted...]
-          <w:p w14:paraId="7175DF3D" w14:textId="718D2F68" w:rsidR="00145084" w:rsidRPr="007D763D" w:rsidRDefault="00145084" w:rsidP="00145084">
+      <w:tr w:rsidR="0083275B" w:rsidRPr="007D763D" w14:paraId="4576E691" w14:textId="77777777" w:rsidTr="0050567E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="7175DF3D" w14:textId="718D2F68" w:rsidR="0083275B" w:rsidRPr="007D763D" w:rsidRDefault="0083275B" w:rsidP="0083275B">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D763D">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t>PO9</w:t>
             </w:r>
-            <w:r w:rsidR="007D763D">
+            <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4554" w:type="pct"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="520210E2" w14:textId="79F9AB18" w:rsidR="00145084" w:rsidRPr="007D763D" w:rsidRDefault="007D763D" w:rsidP="00145084">
+            <w:tcW w:w="4584" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="520210E2" w14:textId="79F9AB18" w:rsidR="0083275B" w:rsidRPr="007D763D" w:rsidRDefault="0083275B" w:rsidP="0083275B">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t>Communication Skills</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7B7E4E7C" w14:textId="7AD81663" w:rsidR="003D1D8F" w:rsidRPr="003D1D8F" w:rsidRDefault="004D7584" w:rsidP="003D1D8F">
+          <w:p w14:paraId="7B7E4E7C" w14:textId="7AD81663" w:rsidR="0083275B" w:rsidRPr="003D1D8F" w:rsidRDefault="0083275B" w:rsidP="0083275B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D763D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Justification:</w:t>
-[...10 lines deleted...]
-            <w:r w:rsidR="003D1D8F" w:rsidRPr="003D1D8F">
+              <w:t xml:space="preserve">Justification: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D1D8F">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>The students keep a day-to-day evaluation observation book and a lab record for each experiment they execute in the lab. The faculty may evaluate these documents, which are used to help students improve their written communication skills</w:t>
             </w:r>
-            <w:r w:rsidR="003D1D8F">
+            <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t xml:space="preserve"> and teamwork</w:t>
             </w:r>
-            <w:r w:rsidR="003D1D8F" w:rsidRPr="003D1D8F">
+            <w:r w:rsidRPr="003D1D8F">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="344E9355" w14:textId="3795D8E5" w:rsidR="007D763D" w:rsidRPr="007D763D" w:rsidRDefault="007D763D" w:rsidP="00145084">
+          <w:p w14:paraId="344E9355" w14:textId="3795D8E5" w:rsidR="0083275B" w:rsidRPr="007D763D" w:rsidRDefault="0083275B" w:rsidP="0083275B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE0B35" w:rsidRPr="007D763D" w14:paraId="6B432189" w14:textId="77777777" w:rsidTr="004D7584">
-[...4 lines deleted...]
-          <w:p w14:paraId="7D781579" w14:textId="77777777" w:rsidR="00AE0B35" w:rsidRPr="007D763D" w:rsidRDefault="00AE0B35" w:rsidP="00AE0B35">
+      <w:tr w:rsidR="0083275B" w:rsidRPr="007D763D" w14:paraId="6B432189" w14:textId="77777777" w:rsidTr="0050567E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D781579" w14:textId="77777777" w:rsidR="0083275B" w:rsidRPr="007D763D" w:rsidRDefault="0083275B" w:rsidP="0083275B">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:color w:val="C00000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D763D">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:color w:val="C00000"/>
               </w:rPr>
               <w:t>CO4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4554" w:type="pct"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="02DCCA22" w14:textId="7C07E99E" w:rsidR="00AE0B35" w:rsidRPr="007D763D" w:rsidRDefault="00433A01" w:rsidP="00AE0B35">
+            <w:tcW w:w="4584" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="02DCCA22" w14:textId="7C07E99E" w:rsidR="0083275B" w:rsidRPr="007D763D" w:rsidRDefault="0083275B" w:rsidP="0083275B">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:color w:val="C00000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F40B94">
               <w:t>Apply technical knowledge for a given problem and express with an effective oral communication.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004D7584" w:rsidRPr="007D763D" w14:paraId="524AA38A" w14:textId="77777777" w:rsidTr="004D7584">
-[...4 lines deleted...]
-          <w:p w14:paraId="109AB412" w14:textId="298D45B3" w:rsidR="004D7584" w:rsidRPr="007D763D" w:rsidRDefault="004D7584" w:rsidP="004D7584">
+      <w:tr w:rsidR="0083275B" w:rsidRPr="007D763D" w14:paraId="524AA38A" w14:textId="77777777" w:rsidTr="0050567E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="109AB412" w14:textId="298D45B3" w:rsidR="0083275B" w:rsidRPr="007D763D" w:rsidRDefault="0083275B" w:rsidP="0083275B">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D763D">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>PO9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4554" w:type="pct"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="685542EB" w14:textId="35916E5A" w:rsidR="004D7584" w:rsidRPr="007D763D" w:rsidRDefault="004D7584" w:rsidP="004D7584">
+            <w:tcW w:w="4584" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="685542EB" w14:textId="35916E5A" w:rsidR="0083275B" w:rsidRPr="007D763D" w:rsidRDefault="0083275B" w:rsidP="0083275B">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t xml:space="preserve"> Communication Skills</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="261D6F7C" w14:textId="6FEB6076" w:rsidR="004D7584" w:rsidRPr="007D763D" w:rsidRDefault="004D7584" w:rsidP="002027FE">
+          <w:p w14:paraId="261D6F7C" w14:textId="6FEB6076" w:rsidR="0083275B" w:rsidRPr="007D763D" w:rsidRDefault="0083275B" w:rsidP="0083275B">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D763D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Justification:</w:t>
             </w:r>
-            <w:r w:rsidR="00433A01">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="002027FE" w:rsidRPr="002027FE">
+            <w:r w:rsidRPr="002027FE">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>The faculty conducts a daily assessment of each student over lab experiments by asking relevant questions. This evaluation process assesses students' conceptual understanding, ability to apply theoretical knowledge in practical scenarios, and problem-solving skills. By asking targeted questions, the faculty encourages active participation, reinforces learning, and provides immediate feedback to improve students' understanding of the subject.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002027FE" w:rsidRPr="007D763D" w14:paraId="344ADAAE" w14:textId="77777777" w:rsidTr="004D7584">
-[...4 lines deleted...]
-          <w:p w14:paraId="31F464E4" w14:textId="25A9D4AE" w:rsidR="002027FE" w:rsidRPr="007D763D" w:rsidRDefault="002027FE" w:rsidP="004D7584">
+      <w:tr w:rsidR="0083275B" w:rsidRPr="007D763D" w14:paraId="344ADAAE" w14:textId="77777777" w:rsidTr="0050567E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="31F464E4" w14:textId="25A9D4AE" w:rsidR="0083275B" w:rsidRPr="007D763D" w:rsidRDefault="0083275B" w:rsidP="0083275B">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D763D">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:color w:val="C00000"/>
               </w:rPr>
               <w:t>CO</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:color w:val="C00000"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4554" w:type="pct"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="07CF3C59" w14:textId="0B14FC36" w:rsidR="002027FE" w:rsidRPr="007D763D" w:rsidRDefault="002027FE" w:rsidP="004D7584">
+            <w:tcW w:w="4584" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="07CF3C59" w14:textId="0B14FC36" w:rsidR="0083275B" w:rsidRPr="007D763D" w:rsidRDefault="0083275B" w:rsidP="0083275B">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F40B94">
-              <w:t>Analyze outputs using given constraints/test cases.</w:t>
+              <w:t>Analyze</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F40B94">
+              <w:t xml:space="preserve"> outputs using given constraints/test cases.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002027FE" w:rsidRPr="007D763D" w14:paraId="4F362A36" w14:textId="77777777" w:rsidTr="004D7584">
-[...4 lines deleted...]
-          <w:p w14:paraId="61C7C325" w14:textId="77777777" w:rsidR="002027FE" w:rsidRDefault="002027FE" w:rsidP="002027FE">
+      <w:tr w:rsidR="0083275B" w:rsidRPr="007D763D" w14:paraId="4F362A36" w14:textId="77777777" w:rsidTr="0050567E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="61C7C325" w14:textId="77777777" w:rsidR="0083275B" w:rsidRDefault="0083275B" w:rsidP="0083275B">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="343EBBA1" w14:textId="4796481E" w:rsidR="002027FE" w:rsidRPr="007D763D" w:rsidRDefault="002027FE" w:rsidP="002027FE">
+          <w:p w14:paraId="343EBBA1" w14:textId="4796481E" w:rsidR="0083275B" w:rsidRPr="007D763D" w:rsidRDefault="0083275B" w:rsidP="0083275B">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:color w:val="C00000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D763D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>PO2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4554" w:type="pct"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="6B599364" w14:textId="77777777" w:rsidR="002027FE" w:rsidRPr="007D763D" w:rsidRDefault="002027FE" w:rsidP="002027FE">
+            <w:tcW w:w="4584" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B599364" w14:textId="77777777" w:rsidR="0083275B" w:rsidRPr="007D763D" w:rsidRDefault="0083275B" w:rsidP="0083275B">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D763D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Problem Analysis</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="65B0EB0C" w14:textId="031EA309" w:rsidR="002027FE" w:rsidRPr="00F40B94" w:rsidRDefault="002027FE" w:rsidP="0057436C">
+          <w:p w14:paraId="65B0EB0C" w14:textId="031EA309" w:rsidR="0083275B" w:rsidRPr="00F40B94" w:rsidRDefault="0083275B" w:rsidP="0083275B">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
             </w:pPr>
             <w:r w:rsidRPr="007D763D">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Justification:</w:t>
             </w:r>
-            <w:r w:rsidR="0057436C">
+            <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="0057436C" w:rsidRPr="0057436C">
+            <w:r w:rsidRPr="0057436C">
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Comparing actual outputs with expected results to verify correctness. Utilizing debugging techniques to identify logical or implementation errors. Assessing software performance under various conditions, including boundary values and extreme cases. Ensuring adherence to performance constraints like time complexity and memory limits. Optimizing code for efficient handling of edge cases</w:t>
             </w:r>
-            <w:r w:rsidR="0057436C">
+            <w:r>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1470C784" w14:textId="77777777" w:rsidR="001D6CD1" w:rsidRPr="007D763D" w:rsidRDefault="001D6CD1" w:rsidP="008C4652">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="45A2D963" w14:textId="77777777" w:rsidR="001D6CD1" w:rsidRPr="007D763D" w:rsidRDefault="001D6CD1" w:rsidP="001D6CD1">
-      <w:pPr>
-[...7 lines deleted...]
-    <w:p w14:paraId="137A7AEB" w14:textId="77777777" w:rsidR="0026763C" w:rsidRPr="007D763D" w:rsidRDefault="0026763C" w:rsidP="0026763C">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3701EB23" w14:textId="77777777" w:rsidR="00B014A4" w:rsidRPr="007D763D" w:rsidRDefault="00B014A4" w:rsidP="0026763C">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0E42CB69" w14:textId="6BC0C764" w:rsidR="00B014A4" w:rsidRPr="007D763D" w:rsidRDefault="00B014A4" w:rsidP="0026763C">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -4965,178 +4537,103 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="29F59DB1" w14:textId="77777777" w:rsidR="00B014A4" w:rsidRPr="007D763D" w:rsidRDefault="00B014A4" w:rsidP="0026763C">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="38B50F05" w14:textId="77777777" w:rsidR="00B014A4" w:rsidRPr="007D763D" w:rsidRDefault="00B014A4" w:rsidP="0026763C">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="56FFBB17" w14:textId="77777777" w:rsidR="00B014A4" w:rsidRPr="007D763D" w:rsidRDefault="00B014A4" w:rsidP="0026763C">
-[...80 lines deleted...]
-    </w:p>
     <w:sectPr w:rsidR="00B014A4" w:rsidRPr="007D763D">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Mangal">
+    <w:panose1 w:val="00000400000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00008003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="TimesNewRomanPSMT">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Bookman Old Style">
     <w:panose1 w:val="02050604050505020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
@@ -5663,143 +5160,156 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1666668858">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="911044428">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1817406636">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="773205970">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0001733F"/>
     <w:rsid w:val="0001733F"/>
     <w:rsid w:val="000C4635"/>
+    <w:rsid w:val="000F1A49"/>
     <w:rsid w:val="000F314A"/>
     <w:rsid w:val="000F42E8"/>
     <w:rsid w:val="000F53C1"/>
     <w:rsid w:val="00145084"/>
     <w:rsid w:val="001D6CD1"/>
+    <w:rsid w:val="001E5FB8"/>
     <w:rsid w:val="002027FE"/>
     <w:rsid w:val="0026763C"/>
     <w:rsid w:val="002C15C6"/>
     <w:rsid w:val="002D022F"/>
     <w:rsid w:val="00305BAD"/>
     <w:rsid w:val="00320DC9"/>
     <w:rsid w:val="003D1D8F"/>
     <w:rsid w:val="003E3829"/>
+    <w:rsid w:val="003F6B2D"/>
     <w:rsid w:val="00415ECC"/>
     <w:rsid w:val="00415F19"/>
     <w:rsid w:val="00433A01"/>
     <w:rsid w:val="004B633D"/>
     <w:rsid w:val="004D7584"/>
+    <w:rsid w:val="0050567E"/>
     <w:rsid w:val="0052655E"/>
     <w:rsid w:val="005273C0"/>
     <w:rsid w:val="0057436C"/>
     <w:rsid w:val="005925E0"/>
     <w:rsid w:val="005F213C"/>
     <w:rsid w:val="0062008F"/>
     <w:rsid w:val="0067030E"/>
+    <w:rsid w:val="006D1CED"/>
     <w:rsid w:val="00731940"/>
+    <w:rsid w:val="0078305B"/>
     <w:rsid w:val="00783E62"/>
     <w:rsid w:val="007D0E9C"/>
     <w:rsid w:val="007D34C8"/>
     <w:rsid w:val="007D5A0A"/>
     <w:rsid w:val="007D763D"/>
+    <w:rsid w:val="008011E5"/>
+    <w:rsid w:val="0083275B"/>
     <w:rsid w:val="00833BD5"/>
     <w:rsid w:val="00834F76"/>
     <w:rsid w:val="00895EB3"/>
+    <w:rsid w:val="008A54A3"/>
     <w:rsid w:val="008C17E8"/>
     <w:rsid w:val="008C4652"/>
     <w:rsid w:val="009929AB"/>
     <w:rsid w:val="009A386F"/>
     <w:rsid w:val="009D7C46"/>
     <w:rsid w:val="00A36FD3"/>
     <w:rsid w:val="00A5774F"/>
     <w:rsid w:val="00AE0B35"/>
     <w:rsid w:val="00B014A4"/>
     <w:rsid w:val="00B472A5"/>
     <w:rsid w:val="00B50BA3"/>
     <w:rsid w:val="00B519D3"/>
     <w:rsid w:val="00B567E7"/>
     <w:rsid w:val="00B86F64"/>
+    <w:rsid w:val="00BC29A0"/>
     <w:rsid w:val="00BF7424"/>
     <w:rsid w:val="00C64EB4"/>
+    <w:rsid w:val="00C83989"/>
     <w:rsid w:val="00CB201D"/>
+    <w:rsid w:val="00D14E8A"/>
     <w:rsid w:val="00D31B91"/>
     <w:rsid w:val="00D40443"/>
     <w:rsid w:val="00DA369C"/>
     <w:rsid w:val="00E1460A"/>
     <w:rsid w:val="00E53F4D"/>
     <w:rsid w:val="00E94FAF"/>
     <w:rsid w:val="00EE1403"/>
     <w:rsid w:val="00F05C4C"/>
     <w:rsid w:val="00F2247F"/>
     <w:rsid w:val="00F233B4"/>
     <w:rsid w:val="00F24009"/>
     <w:rsid w:val="00F402E5"/>
     <w:rsid w:val="00F869DA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-IN"/>
+  <w:themeFontLang w:val="en-IN" w:bidi="hi-IN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="1C99B011"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{EE717A89-E982-431E-A1E2-D0870E9968DF}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-IN" w:eastAsia="en-US" w:bidi="ar-SA"/>
@@ -6186,50 +5696,51 @@
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="0001733F"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
     <w:name w:val="Table Paragraph"/>
@@ -6751,75 +6262,75 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>528</Words>
-  <Characters>3011</Characters>
+  <Words>551</Words>
+  <Characters>3142</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>25</Lines>
+  <Lines>26</Lines>
   <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3532</CharactersWithSpaces>
+  <CharactersWithSpaces>3686</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>PSK</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
     <vt:lpwstr>255fd359-2b5b-4992-bb43-a6ee004d275c</vt:lpwstr>
   </property>