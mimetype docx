--- v0 (2025-12-15)
+++ v1 (2026-03-20)
@@ -57,175 +57,164 @@
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="8" w:after="0"/>
         <w:ind w:left="667" w:right="27"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Department of Computer Science and Engineering</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A509AF5" w14:textId="77777777" w:rsidR="00B351F1" w:rsidRDefault="006C6332" w:rsidP="00B351F1">
+    <w:p w14:paraId="7A509AF5" w14:textId="12779742" w:rsidR="00B351F1" w:rsidRDefault="00C0706F" w:rsidP="00B351F1">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="8" w:after="0"/>
         <w:ind w:left="667" w:right="27"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_heading=h.gjdgxs" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidR="006C6332">
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidR="00E17A01">
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> B.Tech</w:t>
       </w:r>
       <w:r w:rsidR="00B351F1">
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00E17A01">
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
       <w:r w:rsidR="006D6625">
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidR="00E17A01">
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>I Semester</w:t>
+        <w:t xml:space="preserve"> Semester</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01559940" w14:textId="77777777" w:rsidR="00B351F1" w:rsidRDefault="00B351F1" w:rsidP="00B351F1">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="8" w:after="0"/>
         <w:ind w:left="667" w:right="27"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="59C815B1" w14:textId="41A9589A" w:rsidR="00AF5663" w:rsidRDefault="00954501" w:rsidP="00954501">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D763D">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Advanced Data Structures and Algorithm </w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">Analysis </w:t>
+        <w:t xml:space="preserve">Advanced Data Structures and Algorithm Analysis </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Lab</w:t>
-[...8 lines deleted...]
-        <w:t>(</w:t>
+        <w:t xml:space="preserve"> Lab(</w:t>
       </w:r>
       <w:r w:rsidRPr="00F24009">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>23CS33</w:t>
       </w:r>
       <w:r w:rsidR="00C71A0F">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="00F24009">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
@@ -343,600 +332,619 @@
           <w:tcPr>
             <w:tcW w:w="1228" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="0070C0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="74EDC0E5" w14:textId="77777777" w:rsidR="00AF5663" w:rsidRDefault="00E17A01">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
               </w:rPr>
               <w:t>Blooms</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00954501" w14:paraId="07E281D3" w14:textId="77777777" w:rsidTr="008A46F5">
+      <w:tr w:rsidR="00DE18BF" w14:paraId="07E281D3" w14:textId="77777777" w:rsidTr="008A46F5">
         <w:trPr>
           <w:trHeight w:val="515"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="813" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="15AFED99" w14:textId="77777777" w:rsidR="00954501" w:rsidRDefault="00954501" w:rsidP="00954501">
+          <w:p w14:paraId="15AFED99" w14:textId="77777777" w:rsidR="00DE18BF" w:rsidRDefault="00DE18BF" w:rsidP="00DE18BF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>CO1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5616" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="193AC453" w14:textId="2CA65B37" w:rsidR="00954501" w:rsidRPr="00A07EAC" w:rsidRDefault="00954501" w:rsidP="00954501">
+          <w:p w14:paraId="193AC453" w14:textId="22BC5017" w:rsidR="00DE18BF" w:rsidRPr="00A07EAC" w:rsidRDefault="00987B66" w:rsidP="00DE18BF">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="120" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="108"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F40B94">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Implement programs as an individual on different IDEs/ online platforms.</w:t>
+              <w:t xml:space="preserve">Apply different </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">algorithm </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F40B94">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>design techniques for solving problems</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F40B94">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7E8A7166" w14:textId="77777777" w:rsidR="00954501" w:rsidRPr="00A07EAC" w:rsidRDefault="00954501" w:rsidP="00954501">
+          <w:p w14:paraId="7E8A7166" w14:textId="4D740BB6" w:rsidR="00DE18BF" w:rsidRPr="00A07EAC" w:rsidRDefault="00987B66" w:rsidP="00DE18BF">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A07EAC">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Apply</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1228" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="202D60AD" w14:textId="77777777" w:rsidR="00954501" w:rsidRDefault="00954501" w:rsidP="00954501">
+          <w:p w14:paraId="202D60AD" w14:textId="77777777" w:rsidR="00DE18BF" w:rsidRDefault="00DE18BF" w:rsidP="00DE18BF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>L3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00954501" w14:paraId="73B0EFF8" w14:textId="77777777" w:rsidTr="008A46F5">
+      <w:tr w:rsidR="00DE18BF" w14:paraId="73B0EFF8" w14:textId="77777777" w:rsidTr="008A46F5">
         <w:trPr>
           <w:trHeight w:val="578"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="813" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="179B3F3E" w14:textId="77777777" w:rsidR="00954501" w:rsidRDefault="00954501" w:rsidP="00954501">
+          <w:p w14:paraId="179B3F3E" w14:textId="77777777" w:rsidR="00DE18BF" w:rsidRDefault="00DE18BF" w:rsidP="00DE18BF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>CO2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5616" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="39D5DADB" w14:textId="582316ED" w:rsidR="00954501" w:rsidRPr="00A07EAC" w:rsidRDefault="00954501" w:rsidP="00954501">
+          <w:p w14:paraId="39D5DADB" w14:textId="2EE77E96" w:rsidR="00DE18BF" w:rsidRPr="00A07EAC" w:rsidRDefault="00987B66" w:rsidP="00DE18BF">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="110"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F40B94">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Apply different </w:t>
-[...13 lines deleted...]
-              <w:t>design techniques for solving problems.</w:t>
+              <w:t>Implement programs as an individual on different IDEs/ online platforms.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5C39D946" w14:textId="77777777" w:rsidR="00954501" w:rsidRPr="00A07EAC" w:rsidRDefault="00954501" w:rsidP="00954501">
+          <w:p w14:paraId="5C39D946" w14:textId="4D555CBA" w:rsidR="00DE18BF" w:rsidRPr="00A07EAC" w:rsidRDefault="00987B66" w:rsidP="00DE18BF">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A07EAC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Individual Performance, Modern Tools</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1228" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="32514AD7" w14:textId="77777777" w:rsidR="00954501" w:rsidRDefault="00954501" w:rsidP="00954501">
+          <w:p w14:paraId="32514AD7" w14:textId="77777777" w:rsidR="00DE18BF" w:rsidRDefault="00DE18BF" w:rsidP="00DE18BF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>L3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00954501" w14:paraId="31EFFA35" w14:textId="77777777" w:rsidTr="008A46F5">
+      <w:tr w:rsidR="00DE18BF" w14:paraId="31EFFA35" w14:textId="77777777" w:rsidTr="008A46F5">
         <w:trPr>
           <w:trHeight w:val="531"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="813" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="65F30370" w14:textId="77777777" w:rsidR="00954501" w:rsidRDefault="00954501" w:rsidP="00954501">
+          <w:p w14:paraId="65F30370" w14:textId="77777777" w:rsidR="00DE18BF" w:rsidRDefault="00DE18BF" w:rsidP="00DE18BF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>CO3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5616" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="36D7D3C1" w14:textId="2F188F53" w:rsidR="00954501" w:rsidRPr="00A07EAC" w:rsidRDefault="00954501" w:rsidP="00954501">
+          <w:p w14:paraId="36D7D3C1" w14:textId="2F188F53" w:rsidR="00DE18BF" w:rsidRPr="00A07EAC" w:rsidRDefault="00DE18BF" w:rsidP="00DE18BF">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="110"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F40B94">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Develop an effective report based on various programs implemented.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="10E35474" w14:textId="77777777" w:rsidR="00954501" w:rsidRPr="00A07EAC" w:rsidRDefault="00954501" w:rsidP="00954501">
+          <w:p w14:paraId="10E35474" w14:textId="77777777" w:rsidR="00DE18BF" w:rsidRPr="00A07EAC" w:rsidRDefault="00DE18BF" w:rsidP="00DE18BF">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Written </w:t>
             </w:r>
             <w:r w:rsidRPr="00A07EAC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Communication</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1228" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7C2BA899" w14:textId="77777777" w:rsidR="00954501" w:rsidRDefault="00954501" w:rsidP="00954501">
+          <w:p w14:paraId="7C2BA899" w14:textId="77777777" w:rsidR="00DE18BF" w:rsidRDefault="00DE18BF" w:rsidP="00DE18BF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>L3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00954501" w14:paraId="2576162D" w14:textId="77777777" w:rsidTr="008A46F5">
+      <w:tr w:rsidR="00DE18BF" w14:paraId="2576162D" w14:textId="77777777" w:rsidTr="008A46F5">
         <w:trPr>
           <w:trHeight w:val="773"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="813" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E5E8A36" w14:textId="77777777" w:rsidR="00954501" w:rsidRDefault="00954501" w:rsidP="00954501">
+          <w:p w14:paraId="5E5E8A36" w14:textId="77777777" w:rsidR="00DE18BF" w:rsidRDefault="00DE18BF" w:rsidP="00DE18BF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>CO4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5616" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6BE913FA" w14:textId="007E34AD" w:rsidR="00954501" w:rsidRPr="00A07EAC" w:rsidRDefault="00954501" w:rsidP="00954501">
+          <w:p w14:paraId="6BE913FA" w14:textId="007E34AD" w:rsidR="00DE18BF" w:rsidRPr="00A07EAC" w:rsidRDefault="00DE18BF" w:rsidP="00DE18BF">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="110"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F40B94">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Apply technical knowledge for a given problem and express with an effective oral communication.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="67B06045" w14:textId="47B2ADCD" w:rsidR="00954501" w:rsidRPr="00A07EAC" w:rsidRDefault="00954501" w:rsidP="00954501">
+          <w:p w14:paraId="5DFA1535" w14:textId="77777777" w:rsidR="00DE18BF" w:rsidRDefault="00DE18BF" w:rsidP="00DE18BF">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Apply, </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00A07EAC">
+              <w:t xml:space="preserve">Oral </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="67B06045" w14:textId="187F129F" w:rsidR="00DE18BF" w:rsidRPr="00A07EAC" w:rsidRDefault="00DE18BF" w:rsidP="00DE18BF">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Communication</w:t>
-[...89 lines deleted...]
-              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00A07EAC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-            </w:pPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00A07EAC">
+              <w:t>Communication</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1228" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="746A1A0B" w14:textId="77777777" w:rsidR="00DE18BF" w:rsidRDefault="00DE18BF" w:rsidP="00DE18BF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>L3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DE18BF" w14:paraId="0856C1C0" w14:textId="77777777" w:rsidTr="008A46F5">
+        <w:trPr>
+          <w:trHeight w:val="531"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="813" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E3D91B1" w14:textId="77777777" w:rsidR="00DE18BF" w:rsidRDefault="00DE18BF" w:rsidP="00DE18BF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>CO5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5616" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B0B08DE" w14:textId="0CE99206" w:rsidR="00DE18BF" w:rsidRPr="00A07EAC" w:rsidRDefault="00DE18BF" w:rsidP="00DE18BF">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="110"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F40B94">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Analyze outputs using given constraints/test cases.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2250" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5160171F" w14:textId="77777777" w:rsidR="00DE18BF" w:rsidRPr="00A07EAC" w:rsidRDefault="00DE18BF" w:rsidP="00DE18BF">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A07EAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>Analyse</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1228" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6E63DE5F" w14:textId="77777777" w:rsidR="00954501" w:rsidRDefault="00954501" w:rsidP="00954501">
+          <w:p w14:paraId="6E63DE5F" w14:textId="77777777" w:rsidR="00DE18BF" w:rsidRDefault="00DE18BF" w:rsidP="00DE18BF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>L4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="03539122" w14:textId="77777777" w:rsidR="00AF5663" w:rsidRDefault="00AF5663">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -2415,150 +2423,141 @@
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>CO1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="661" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5B3C2800" w14:textId="2D3EAF75" w:rsidR="00F815E0" w:rsidRDefault="00F815E0" w:rsidP="00F815E0">
-[...17 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="5B3C2800" w14:textId="7B4EDBF7" w:rsidR="00F815E0" w:rsidRDefault="00F815E0" w:rsidP="00F815E0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="661" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2DD763F0" w14:textId="77777777" w:rsidR="00F815E0" w:rsidRDefault="00F815E0" w:rsidP="00F815E0">
-[...8 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="2DD763F0" w14:textId="1C055E4B" w:rsidR="00F815E0" w:rsidRDefault="00E14F69" w:rsidP="00F815E0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>√</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="661" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3B21C328" w14:textId="77777777" w:rsidR="00F815E0" w:rsidRDefault="00F815E0" w:rsidP="00F815E0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="661" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1948AEA0" w14:textId="77777777" w:rsidR="00F815E0" w:rsidRDefault="00F815E0" w:rsidP="00F815E0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="661" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="145FE27B" w14:textId="58DDE71B" w:rsidR="00F815E0" w:rsidRDefault="00F815E0" w:rsidP="00F815E0">
-[...17 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="145FE27B" w14:textId="29AFE639" w:rsidR="00F815E0" w:rsidRDefault="00F815E0" w:rsidP="00F815E0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="661" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3D803E8F" w14:textId="77777777" w:rsidR="00F815E0" w:rsidRDefault="00F815E0" w:rsidP="00F815E0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="661" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
@@ -2631,60 +2630,69 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="797" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="316B8D65" w14:textId="77777777" w:rsidR="00F815E0" w:rsidRDefault="00F815E0" w:rsidP="00F815E0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="797" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="061C38AE" w14:textId="5212E5A3" w:rsidR="00F815E0" w:rsidRDefault="00F815E0" w:rsidP="00F815E0">
-[...8 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="061C38AE" w14:textId="35F9BB6F" w:rsidR="00F815E0" w:rsidRDefault="00E14F69" w:rsidP="00F815E0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>√</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="797" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="03B72EA7" w14:textId="77777777" w:rsidR="00F815E0" w:rsidRDefault="00F815E0" w:rsidP="00F815E0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F815E0" w14:paraId="35D44EE4" w14:textId="77777777" w:rsidTr="00F815E0">
         <w:trPr>
           <w:trHeight w:val="422"/>
           <w:jc w:val="center"/>
         </w:trPr>
@@ -2699,141 +2707,150 @@
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>CO2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="661" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4249103A" w14:textId="77777777" w:rsidR="00F815E0" w:rsidRDefault="00F815E0" w:rsidP="00F815E0">
-[...8 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="4249103A" w14:textId="1B597F01" w:rsidR="00F815E0" w:rsidRDefault="00E14F69" w:rsidP="00F815E0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>√</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="661" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="08005DFC" w14:textId="66A18FBD" w:rsidR="00F815E0" w:rsidRDefault="00F815E0" w:rsidP="00F815E0">
-[...17 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="08005DFC" w14:textId="48CDD8DC" w:rsidR="00F815E0" w:rsidRDefault="00F815E0" w:rsidP="00F815E0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="661" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="11224904" w14:textId="77777777" w:rsidR="00F815E0" w:rsidRDefault="00F815E0" w:rsidP="00F815E0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="661" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6B57E855" w14:textId="77777777" w:rsidR="00F815E0" w:rsidRDefault="00F815E0" w:rsidP="00F815E0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="661" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2678E277" w14:textId="41F5E122" w:rsidR="00F815E0" w:rsidRDefault="00F815E0" w:rsidP="00F815E0">
-[...8 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="2678E277" w14:textId="5C1FF4DE" w:rsidR="00F815E0" w:rsidRDefault="00E14F69" w:rsidP="00F815E0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>√</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="661" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0694C421" w14:textId="77777777" w:rsidR="00F815E0" w:rsidRDefault="00F815E0" w:rsidP="00F815E0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="661" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
@@ -2904,68 +2921,59 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="797" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="46BCA0AF" w14:textId="77777777" w:rsidR="00F815E0" w:rsidRDefault="00F815E0" w:rsidP="00F815E0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="797" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4D6D25DA" w14:textId="26E02B6F" w:rsidR="00F815E0" w:rsidRDefault="00F815E0" w:rsidP="00F815E0">
-[...16 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="4D6D25DA" w14:textId="77EC0E9E" w:rsidR="00F815E0" w:rsidRDefault="00F815E0" w:rsidP="00F815E0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="797" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6F51F296" w14:textId="77777777" w:rsidR="00F815E0" w:rsidRDefault="00F815E0" w:rsidP="00F815E0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F815E0" w14:paraId="75DE7BA9" w14:textId="77777777" w:rsidTr="00F815E0">
         <w:trPr>
           <w:trHeight w:val="422"/>
           <w:jc w:val="center"/>
         </w:trPr>
@@ -4294,64 +4302,85 @@
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="07C2B837" w14:textId="77777777" w:rsidR="008A2503" w:rsidRDefault="008A2503">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2CA53CEC" w14:textId="77777777" w:rsidR="008A2503" w:rsidRDefault="008A2503">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5F10B64C" w14:textId="5421B839" w:rsidR="00AF5663" w:rsidRDefault="00E17A01">
+    <w:p w14:paraId="3EE09008" w14:textId="77777777" w:rsidR="00DE18BF" w:rsidRDefault="00DE18BF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1B9BF4DB" w14:textId="77777777" w:rsidR="00DE18BF" w:rsidRDefault="00DE18BF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5F10B64C" w14:textId="48024EF5" w:rsidR="00AF5663" w:rsidRDefault="00E17A01">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
           <w:b/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Strength of Correlation</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F2E7932" w14:textId="77777777" w:rsidR="00AF5663" w:rsidRDefault="00AF5663">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="54EC491B" w14:textId="77777777" w:rsidR="00AF5663" w:rsidRDefault="00AF5663">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
@@ -5235,1022 +5264,1010 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1095" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1DC91982" w14:textId="77777777" w:rsidR="00AF5663" w:rsidRDefault="00AF5663">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F4647F" w14:paraId="7695EBF9" w14:textId="77777777">
+      <w:tr w:rsidR="00F33BBA" w14:paraId="7695EBF9" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="508"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3F31149D" w14:textId="77777777" w:rsidR="00F4647F" w:rsidRDefault="00F4647F">
+          <w:p w14:paraId="3F31149D" w14:textId="77777777" w:rsidR="00F33BBA" w:rsidRDefault="00F33BBA" w:rsidP="00F33BBA">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>CO1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1215" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="58F09DD4" w14:textId="77777777" w:rsidR="00F4647F" w:rsidRPr="00A07EAC" w:rsidRDefault="00F4647F" w:rsidP="00904794">
+          <w:p w14:paraId="58F09DD4" w14:textId="10823D17" w:rsidR="00F33BBA" w:rsidRPr="00A07EAC" w:rsidRDefault="00F33BBA" w:rsidP="00F33BBA">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Apply</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="735" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="21E3C335" w14:textId="77777777" w:rsidR="00F4647F" w:rsidRDefault="00F4647F">
+          <w:p w14:paraId="21E3C335" w14:textId="77B8DD31" w:rsidR="00F33BBA" w:rsidRDefault="00F33BBA" w:rsidP="00F33BBA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>L3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1E1E5CE2" w14:textId="03A77416" w:rsidR="00F4647F" w:rsidRDefault="00F4647F" w:rsidP="00CD11CB">
-[...9 lines deleted...]
-          <w:p w14:paraId="43E0EEA7" w14:textId="77777777" w:rsidR="00DA4003" w:rsidRDefault="00DA4003" w:rsidP="00CD11CB">
+          <w:p w14:paraId="53DDFFF9" w14:textId="0308DA74" w:rsidR="00F33BBA" w:rsidRDefault="00F33BBA" w:rsidP="00F33BBA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="39C47F07" w14:textId="27305130" w:rsidR="00DA4003" w:rsidRPr="009508A0" w:rsidRDefault="00DA4003" w:rsidP="00CD11CB">
+          <w:p w14:paraId="39C47F07" w14:textId="7A8027D0" w:rsidR="00F33BBA" w:rsidRPr="009508A0" w:rsidRDefault="00F33BBA" w:rsidP="00F33BBA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="735" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="424A00EA" w14:textId="78DA5E79" w:rsidR="00F4647F" w:rsidRPr="009508A0" w:rsidRDefault="00F4647F" w:rsidP="00CD11CB">
+          <w:p w14:paraId="424A00EA" w14:textId="78DA5E79" w:rsidR="00F33BBA" w:rsidRPr="009508A0" w:rsidRDefault="00F33BBA" w:rsidP="00F33BBA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="780" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="47D3DBA8" w14:textId="77777777" w:rsidR="00F4647F" w:rsidRDefault="00746CFA" w:rsidP="00CD11CB">
+          <w:p w14:paraId="28EECCB9" w14:textId="6EB31F7B" w:rsidR="00F33BBA" w:rsidRDefault="00F33BBA" w:rsidP="00F33BBA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2C11F4E4" w14:textId="259EA7A1" w:rsidR="00746CFA" w:rsidRPr="009508A0" w:rsidRDefault="00746CFA" w:rsidP="00CD11CB">
+          <w:p w14:paraId="2C11F4E4" w14:textId="69E43E3E" w:rsidR="00F33BBA" w:rsidRPr="009508A0" w:rsidRDefault="00F33BBA" w:rsidP="00F33BBA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="870" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="47EC872D" w14:textId="1FF411E1" w:rsidR="00F4647F" w:rsidRPr="009508A0" w:rsidRDefault="00714915" w:rsidP="00CD11CB">
+          <w:p w14:paraId="77EEB440" w14:textId="246718BA" w:rsidR="00F33BBA" w:rsidRDefault="00F33BBA" w:rsidP="00F33BBA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="47EC872D" w14:textId="18B5181F" w:rsidR="00F33BBA" w:rsidRPr="009508A0" w:rsidRDefault="00F33BBA" w:rsidP="00F33BBA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F0C3F5B" w14:textId="77777777" w:rsidR="00F33BBA" w:rsidRDefault="00F33BBA" w:rsidP="00F33BBA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="580A939A" w14:textId="03E74886" w:rsidR="00F33BBA" w:rsidRDefault="00F33BBA" w:rsidP="00F33BBA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1185" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D149892" w14:textId="3C3EF97D" w:rsidR="00F33BBA" w:rsidRDefault="00F33BBA" w:rsidP="00F33BBA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="28CD5503" w14:textId="76C5C712" w:rsidR="00F33BBA" w:rsidRDefault="00F33BBA" w:rsidP="00F33BBA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1350" w:type="dxa"/>
-[...25 lines deleted...]
-              <w:t>0</w:t>
+            <w:tcW w:w="990" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CAF1A33" w14:textId="6AB54B34" w:rsidR="00F33BBA" w:rsidRDefault="00F33BBA" w:rsidP="00F33BBA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+              <w:t>20%</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6843144D" w14:textId="092E1CCF" w:rsidR="00F33BBA" w:rsidRDefault="00F33BBA" w:rsidP="00F33BBA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+              <w:t>9%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1185" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="28CD5503" w14:textId="600959D3" w:rsidR="00F4647F" w:rsidRDefault="00BF0095" w:rsidP="00CD11CB">
-[...48 lines deleted...]
-            <w:r w:rsidR="006D2249">
+          <w:p w14:paraId="1E82635B" w14:textId="77777777" w:rsidR="00F33BBA" w:rsidRDefault="00F33BBA" w:rsidP="00F33BBA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0B2A5B06" w14:textId="77777777" w:rsidR="00F33BBA" w:rsidRDefault="00F33BBA" w:rsidP="00F33BBA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="72F2BB29" w14:textId="1D3B1B5F" w:rsidR="00F33BBA" w:rsidRDefault="00F33BBA" w:rsidP="00F33BBA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="650306C2" w14:textId="332AEF46" w:rsidR="00F33BBA" w:rsidRDefault="00F33BBA" w:rsidP="00F33BBA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="00F4647F">
-[...66 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p w14:paraId="40272BD9" w14:textId="77777777" w:rsidR="00F33BBA" w:rsidRDefault="00F33BBA" w:rsidP="00F33BBA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="706EC15C" w14:textId="4EAEAF28" w:rsidR="00F33BBA" w:rsidRDefault="00F33BBA" w:rsidP="00F33BBA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1095" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7EFDBA25" w14:textId="77777777" w:rsidR="00F4647F" w:rsidRDefault="00F4647F" w:rsidP="00CD11CB">
-[...49 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="16C1CDE4" w14:textId="77777777" w:rsidR="00F33BBA" w:rsidRDefault="00F33BBA" w:rsidP="00F33BBA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+              <w:t>PO2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="240456A2" w14:textId="77777777" w:rsidR="00F33BBA" w:rsidRDefault="00F33BBA" w:rsidP="00F33BBA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+              <w:t>PSO1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="63FCDC22" w14:textId="39CA08D6" w:rsidR="00F33BBA" w:rsidRDefault="00F33BBA" w:rsidP="00F33BBA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F4647F" w14:paraId="697B28D4" w14:textId="77777777">
+      <w:tr w:rsidR="00F33BBA" w14:paraId="697B28D4" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="711"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="708AB7AD" w14:textId="77777777" w:rsidR="00F4647F" w:rsidRDefault="00F4647F">
+          <w:p w14:paraId="708AB7AD" w14:textId="77777777" w:rsidR="00F33BBA" w:rsidRDefault="00F33BBA" w:rsidP="00F33BBA">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:b/>
               </w:rPr>
               <w:t>CO2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1215" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4169B588" w14:textId="77777777" w:rsidR="00CD6493" w:rsidRDefault="00F4647F" w:rsidP="00CD11CB">
+          <w:p w14:paraId="64CDA2DF" w14:textId="556FB51D" w:rsidR="00F33BBA" w:rsidRDefault="00F33BBA" w:rsidP="00F33BBA">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A07EAC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Indi</w:t>
             </w:r>
-            <w:r w:rsidR="00843A1F">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>vidual Performance</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00BF0095">
+              <w:t>vidual Performance,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="14B54A62" w14:textId="3FEE3448" w:rsidR="00F33BBA" w:rsidRPr="00A07EAC" w:rsidRDefault="00F33BBA" w:rsidP="00F33BBA">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>/</w:t>
-[...6 lines deleted...]
-              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-            </w:pPr>
-[...3 lines deleted...]
-                <w:bCs/>
+              <w:t xml:space="preserve">Modern Tools </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="735" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="09F33FB0" w14:textId="30587DE2" w:rsidR="00F33BBA" w:rsidRDefault="00F33BBA" w:rsidP="00F33BBA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="24"/>
-[...2 lines deleted...]
-              <w:t>Modern Tools</w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>L3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DE204C4" w14:textId="77777777" w:rsidR="00F33BBA" w:rsidRDefault="00F33BBA" w:rsidP="00F33BBA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="72DDBFD9" w14:textId="77777777" w:rsidR="00F33BBA" w:rsidRDefault="00F33BBA" w:rsidP="00F33BBA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="53DEEB3F" w14:textId="4015D035" w:rsidR="00F33BBA" w:rsidRPr="009508A0" w:rsidRDefault="00F33BBA" w:rsidP="00F33BBA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="735" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="09F33FB0" w14:textId="77777777" w:rsidR="00F4647F" w:rsidRDefault="00F4647F">
-[...21 lines deleted...]
-          <w:p w14:paraId="26A82AF5" w14:textId="77777777" w:rsidR="00F4647F" w:rsidRDefault="00BF0095" w:rsidP="00CD11CB">
+          <w:p w14:paraId="29F3C573" w14:textId="55B75F81" w:rsidR="00F33BBA" w:rsidRPr="009508A0" w:rsidRDefault="00F33BBA" w:rsidP="00F33BBA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="780" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FE15C25" w14:textId="77777777" w:rsidR="00F33BBA" w:rsidRDefault="00F33BBA" w:rsidP="00F33BBA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="53DEEB3F" w14:textId="1C84C9EE" w:rsidR="00BF0095" w:rsidRPr="009508A0" w:rsidRDefault="00BF0095" w:rsidP="00CD11CB">
+          <w:p w14:paraId="07EAA665" w14:textId="2398B795" w:rsidR="00F33BBA" w:rsidRPr="009508A0" w:rsidRDefault="00F33BBA" w:rsidP="00F33BBA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="735" w:type="dxa"/>
-[...18 lines deleted...]
-          <w:p w14:paraId="2B41A559" w14:textId="71337DD5" w:rsidR="00F4647F" w:rsidRDefault="00714915" w:rsidP="00CD11CB">
+            <w:tcW w:w="870" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="03553137" w14:textId="77777777" w:rsidR="00F33BBA" w:rsidRDefault="00F33BBA" w:rsidP="00F33BBA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4FFE2D75" w14:textId="764DB457" w:rsidR="00F33BBA" w:rsidRPr="009508A0" w:rsidRDefault="00F33BBA" w:rsidP="00F33BBA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="61E0F127" w14:textId="77777777" w:rsidR="00F33BBA" w:rsidRDefault="00F33BBA" w:rsidP="00F33BBA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6522C741" w14:textId="734F3011" w:rsidR="00F33BBA" w:rsidRDefault="00F33BBA" w:rsidP="00F33BBA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1185" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DE3A31B" w14:textId="77777777" w:rsidR="00F33BBA" w:rsidRDefault="00F33BBA" w:rsidP="00F33BBA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0242FC15" w14:textId="103484B9" w:rsidR="00F33BBA" w:rsidRDefault="00F33BBA" w:rsidP="00F33BBA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="990" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="57CA92EA" w14:textId="6DA46CDC" w:rsidR="00F33BBA" w:rsidRDefault="00F33BBA" w:rsidP="00F33BBA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+              <w:t>14%</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5ECD6195" w14:textId="199A9528" w:rsidR="00F33BBA" w:rsidRDefault="00F33BBA" w:rsidP="00F33BBA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+              <w:t>14%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1185" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0164834D" w14:textId="1BCF0EF9" w:rsidR="00F33BBA" w:rsidRDefault="00F33BBA" w:rsidP="00F33BBA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="07EAA665" w14:textId="4DD02115" w:rsidR="00BF0095" w:rsidRPr="009508A0" w:rsidRDefault="00714915" w:rsidP="00CD11CB">
+          <w:p w14:paraId="08257491" w14:textId="3C5F2E85" w:rsidR="00F33BBA" w:rsidRDefault="00F33BBA" w:rsidP="00F33BBA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="870" w:type="dxa"/>
-[...255 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="1095" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7584F26D" w14:textId="03C0B68B" w:rsidR="00714915" w:rsidRDefault="00CB0C21" w:rsidP="00CD11CB">
-[...43 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="174B3E0E" w14:textId="77777777" w:rsidR="00F33BBA" w:rsidRDefault="00F33BBA" w:rsidP="00F33BBA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+              <w:t>PO1,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="28DE0BE5" w14:textId="3C985945" w:rsidR="00F33BBA" w:rsidRDefault="00F33BBA" w:rsidP="00F33BBA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+              <w:t>PO5</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F4647F" w14:paraId="3D4AB1E8" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="711"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="34DA48A6" w14:textId="77777777" w:rsidR="00F4647F" w:rsidRDefault="00F4647F">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
@@ -6401,107 +6418,107 @@
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="423CE6E5" w14:textId="7DF28FD2" w:rsidR="00F4647F" w:rsidRDefault="00F4647F" w:rsidP="00CD11CB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1185" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3572AA58" w14:textId="18DE7E90" w:rsidR="00F4647F" w:rsidRDefault="00714915" w:rsidP="00CD11CB">
+          <w:p w14:paraId="3572AA58" w14:textId="31FDE1C3" w:rsidR="00F4647F" w:rsidRDefault="00DE18BF" w:rsidP="00CD11CB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0AFDD2EE" w14:textId="77777777" w:rsidR="00F4647F" w:rsidRDefault="00843A1F" w:rsidP="00CD11CB">
+          <w:p w14:paraId="0AFDD2EE" w14:textId="664E0012" w:rsidR="00F4647F" w:rsidRDefault="00DE18BF" w:rsidP="00CD11CB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidR="00F4647F">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1185" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4691A996" w14:textId="2F9B013D" w:rsidR="00CB0C21" w:rsidRDefault="00F815E0" w:rsidP="00CD11CB">
+          <w:p w14:paraId="4691A996" w14:textId="138F2FF3" w:rsidR="00CB0C21" w:rsidRDefault="00DE18BF" w:rsidP="00CD11CB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1095" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="287D7E84" w14:textId="77777777" w:rsidR="00F4647F" w:rsidRDefault="00F4647F" w:rsidP="00CD11CB">
             <w:pPr>
@@ -6551,72 +6568,72 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7597E7BF" w14:textId="77777777" w:rsidR="00F4647F" w:rsidRDefault="00F4647F">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:b/>
               </w:rPr>
               <w:t>CO4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1215" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2C5747D1" w14:textId="77777777" w:rsidR="00BF0095" w:rsidRDefault="00BF0095" w:rsidP="00CD11CB">
+          <w:p w14:paraId="2C5747D1" w14:textId="071EFDDB" w:rsidR="00BF0095" w:rsidRDefault="00DE18BF" w:rsidP="00CD11CB">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Apply/</w:t>
+              <w:t xml:space="preserve">Oral </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5FA27BC0" w14:textId="02A26DB4" w:rsidR="00F4647F" w:rsidRPr="00A07EAC" w:rsidRDefault="00F4647F" w:rsidP="00CD11CB">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A07EAC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Communication</w:t>
             </w:r>
@@ -6786,142 +6803,150 @@
             <w:r w:rsidR="00BF0095">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6C604F34" w14:textId="4EFDF341" w:rsidR="00BF0095" w:rsidRDefault="00BF0095" w:rsidP="00CD11CB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1185" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0FBCE339" w14:textId="404E080F" w:rsidR="00F4647F" w:rsidRDefault="000626E1" w:rsidP="00CD11CB">
-[...14 lines deleted...]
-              <w:t>1</w:t>
+          <w:p w14:paraId="0FBCE339" w14:textId="289ECD36" w:rsidR="00F4647F" w:rsidRDefault="00DE18BF" w:rsidP="00CD11CB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="00714915">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="45CB7660" w14:textId="6AF9A7D5" w:rsidR="00714915" w:rsidRDefault="00714915" w:rsidP="00CD11CB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="769E012D" w14:textId="244B1BC8" w:rsidR="00F4647F" w:rsidRDefault="00714915" w:rsidP="00CD11CB">
-[...14 lines deleted...]
-              <w:t>15%</w:t>
+          <w:p w14:paraId="769E012D" w14:textId="222340B4" w:rsidR="00F4647F" w:rsidRDefault="00DE18BF" w:rsidP="00CD11CB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00714915">
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+              <w:t>5%</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="29891DB6" w14:textId="0BBB4B3D" w:rsidR="00714915" w:rsidRDefault="00714915" w:rsidP="00CD11CB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1185" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0A02FBAF" w14:textId="77777777" w:rsidR="00F4647F" w:rsidRDefault="00714915" w:rsidP="00CD11CB">
-[...14 lines deleted...]
-              <w:t>2</w:t>
+          <w:p w14:paraId="0A02FBAF" w14:textId="745CA0A8" w:rsidR="00F4647F" w:rsidRDefault="00DE18BF" w:rsidP="00CD11CB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0C45AAFC" w14:textId="70758DDD" w:rsidR="00714915" w:rsidRDefault="00714915" w:rsidP="00CD11CB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1095" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="040B3C53" w14:textId="4A4D1002" w:rsidR="00714915" w:rsidRDefault="00714915" w:rsidP="00CD11CB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-IN"/>
@@ -6979,62 +7004,60 @@
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:b/>
               </w:rPr>
               <w:t>CO5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1215" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="704488AD" w14:textId="77777777" w:rsidR="00F4647F" w:rsidRPr="00A07EAC" w:rsidRDefault="00F4647F" w:rsidP="00CD11CB">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00A07EAC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Analyse</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="735" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="103C5A4C" w14:textId="77777777" w:rsidR="00F4647F" w:rsidRDefault="00F4647F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>L4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -7233,58 +7256,94 @@
           <w:tcPr>
             <w:tcW w:w="1095" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="733FA614" w14:textId="77777777" w:rsidR="00F4647F" w:rsidRDefault="00F4647F" w:rsidP="00CD11CB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>PO2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="235B7169" w14:textId="77777777" w:rsidR="00AF5663" w:rsidRDefault="00AF5663">
+    <w:p w14:paraId="121DEA89" w14:textId="77777777" w:rsidR="00AF5663" w:rsidRDefault="00AF5663">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
           <w:b/>
         </w:rPr>
-        <w:sectPr w:rsidR="00AF5663">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4DC4220B" w14:textId="77777777" w:rsidR="00F33BBA" w:rsidRDefault="00F33BBA">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="534C36EB" w14:textId="77777777" w:rsidR="00F33BBA" w:rsidRDefault="00F33BBA">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="13BCB12C" w14:textId="77777777" w:rsidR="00F33BBA" w:rsidRDefault="00F33BBA">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="235B7169" w14:textId="77777777" w:rsidR="00F33BBA" w:rsidRDefault="00F33BBA">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+          <w:b/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00F33BBA">
           <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="061A8F35" w14:textId="77777777" w:rsidR="00AF5663" w:rsidRDefault="00E17A01">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
           <w:b/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Course Articulation Matrix:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43F4915C" w14:textId="77777777" w:rsidR="00AF5663" w:rsidRDefault="00AF5663">
       <w:pPr>
         <w:jc w:val="center"/>
@@ -7676,252 +7735,251 @@
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>CO1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="78F75297" w14:textId="1B1DA0A8" w:rsidR="008728CE" w:rsidRDefault="008728CE" w:rsidP="00EE00E7">
-[...11 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="78F75297" w14:textId="3FA00F80" w:rsidR="008728CE" w:rsidRDefault="008728CE" w:rsidP="00EE00E7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="639" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="43285BD9" w14:textId="53996AB9" w:rsidR="008728CE" w:rsidRDefault="001962F6" w:rsidP="00EE00E7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="43285BD9" w14:textId="77777777" w:rsidR="008728CE" w:rsidRDefault="008728CE" w:rsidP="00EE00E7">
+          <w:p w14:paraId="7E586A5F" w14:textId="77777777" w:rsidR="008728CE" w:rsidRDefault="008728CE" w:rsidP="00EE00E7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7E586A5F" w14:textId="77777777" w:rsidR="008728CE" w:rsidRDefault="008728CE" w:rsidP="00EE00E7">
+          <w:p w14:paraId="20F5B6D9" w14:textId="77777777" w:rsidR="008728CE" w:rsidRDefault="008728CE" w:rsidP="00EE00E7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="20F5B6D9" w14:textId="77777777" w:rsidR="008728CE" w:rsidRDefault="008728CE" w:rsidP="00EE00E7">
+          <w:p w14:paraId="0D7471E3" w14:textId="1993D5E8" w:rsidR="008728CE" w:rsidRDefault="008728CE" w:rsidP="00EE00E7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0D7471E3" w14:textId="37897541" w:rsidR="008728CE" w:rsidRDefault="008728CE" w:rsidP="00EE00E7">
+          <w:p w14:paraId="4741B6C7" w14:textId="77777777" w:rsidR="008728CE" w:rsidRDefault="008728CE" w:rsidP="00EE00E7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="639" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="11B0EDC4" w14:textId="77777777" w:rsidR="008728CE" w:rsidRDefault="008728CE" w:rsidP="00EE00E7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="639" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B9E25FC" w14:textId="77777777" w:rsidR="008728CE" w:rsidRDefault="008728CE" w:rsidP="00EE00E7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="759" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D240DB7" w14:textId="77777777" w:rsidR="008728CE" w:rsidRDefault="008728CE" w:rsidP="00EE00E7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="759" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B2EDECD" w14:textId="77777777" w:rsidR="008728CE" w:rsidRDefault="008728CE" w:rsidP="00EE00E7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="759" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="10263697" w14:textId="77777777" w:rsidR="008728CE" w:rsidRDefault="008728CE" w:rsidP="00EE00E7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="772" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="250909B6" w14:textId="7A7F8899" w:rsidR="008728CE" w:rsidRDefault="001962F6" w:rsidP="00EE00E7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-          </w:p>
-[...110 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="774" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="66C65033" w14:textId="4F986A7C" w:rsidR="008728CE" w:rsidRDefault="008728CE" w:rsidP="00EE00E7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008728CE" w14:paraId="4595EF1D" w14:textId="77777777" w:rsidTr="008728CE">
         <w:trPr>
           <w:trHeight w:val="463"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
@@ -7933,171 +7991,178 @@
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>CO2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7748D437" w14:textId="77777777" w:rsidR="008728CE" w:rsidRDefault="008728CE" w:rsidP="00EE00E7">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="7748D437" w14:textId="5781F00F" w:rsidR="008728CE" w:rsidRDefault="001962F6" w:rsidP="00EE00E7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="40024482" w14:textId="228AB59F" w:rsidR="008728CE" w:rsidRDefault="008728CE" w:rsidP="00EE00E7">
-[...11 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="40024482" w14:textId="2EE353EE" w:rsidR="008728CE" w:rsidRDefault="008728CE" w:rsidP="00EE00E7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="639" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="320AF2E3" w14:textId="77777777" w:rsidR="008728CE" w:rsidRDefault="008728CE" w:rsidP="00EE00E7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="639" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6914C920" w14:textId="77777777" w:rsidR="008728CE" w:rsidRDefault="008728CE" w:rsidP="00EE00E7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="639" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D74C895" w14:textId="62179B30" w:rsidR="008728CE" w:rsidRDefault="001962F6" w:rsidP="00EE00E7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="320AF2E3" w14:textId="77777777" w:rsidR="008728CE" w:rsidRDefault="008728CE" w:rsidP="00EE00E7">
+          <w:p w14:paraId="643FF4E9" w14:textId="77777777" w:rsidR="008728CE" w:rsidRDefault="008728CE" w:rsidP="00EE00E7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6914C920" w14:textId="77777777" w:rsidR="008728CE" w:rsidRDefault="008728CE" w:rsidP="00EE00E7">
+          <w:p w14:paraId="108C7971" w14:textId="77777777" w:rsidR="008728CE" w:rsidRDefault="008728CE" w:rsidP="00EE00E7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5D74C895" w14:textId="05590D77" w:rsidR="008728CE" w:rsidRDefault="008728CE" w:rsidP="00EE00E7">
-[...46 lines deleted...]
-          </w:tcPr>
           <w:p w14:paraId="781B8D2F" w14:textId="7419F3AC" w:rsidR="008728CE" w:rsidRDefault="008728CE" w:rsidP="00EE00E7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="759" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="54043990" w14:textId="22A60D8A" w:rsidR="008728CE" w:rsidRDefault="008728CE" w:rsidP="00EE00E7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
@@ -8118,68 +8183,59 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="759" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2E3A6D42" w14:textId="77777777" w:rsidR="008728CE" w:rsidRDefault="008728CE" w:rsidP="00EE00E7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="772" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="127E3BFF" w14:textId="00F678F0" w:rsidR="008728CE" w:rsidRDefault="008728CE" w:rsidP="00EE00E7">
-[...16 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="127E3BFF" w14:textId="09A85364" w:rsidR="008728CE" w:rsidRDefault="008728CE" w:rsidP="00EE00E7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="774" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0FD04FE6" w14:textId="77777777" w:rsidR="008728CE" w:rsidRDefault="008728CE" w:rsidP="00EE00E7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008728CE" w14:paraId="2F4BE29C" w14:textId="77777777" w:rsidTr="008728CE">
         <w:trPr>
           <w:trHeight w:val="463"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
@@ -8568,67 +8624,67 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3870360D" w14:textId="06B3A6E9" w:rsidR="008728CE" w:rsidRDefault="008728CE" w:rsidP="008728CE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="759" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="43D66577" w14:textId="7486B06F" w:rsidR="008728CE" w:rsidRDefault="008728CE" w:rsidP="008728CE">
-[...15 lines deleted...]
-              <w:t>2</w:t>
+          <w:p w14:paraId="43D66577" w14:textId="6CC3132D" w:rsidR="008728CE" w:rsidRDefault="005E1708" w:rsidP="008728CE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="759" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="12FF70C8" w14:textId="77777777" w:rsidR="008728CE" w:rsidRDefault="008728CE" w:rsidP="008728CE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="759" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6C96675E" w14:textId="77777777" w:rsidR="008728CE" w:rsidRDefault="008728CE" w:rsidP="008728CE">
@@ -8946,299 +9002,315 @@
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Average</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="08738A4B" w14:textId="34F95D8E" w:rsidR="008728CE" w:rsidRDefault="008728CE" w:rsidP="008728CE">
+          <w:p w14:paraId="08738A4B" w14:textId="5FFECB64" w:rsidR="008728CE" w:rsidRDefault="00A93F62" w:rsidP="008728CE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007D763D">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="538D0E9A" w14:textId="19B4421A" w:rsidR="008728CE" w:rsidRDefault="008728CE" w:rsidP="008728CE">
+          <w:p w14:paraId="538D0E9A" w14:textId="0A35F260" w:rsidR="008728CE" w:rsidRDefault="008728CE" w:rsidP="008728CE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-          </w:p>
-[...53 lines deleted...]
-            <w:r>
+            <w:r w:rsidR="00A93F62">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> 1 </w:t>
+              <w:t>.5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="381AC184" w14:textId="77777777" w:rsidR="008728CE" w:rsidRDefault="008728CE" w:rsidP="008728CE">
+          <w:p w14:paraId="6575FBFD" w14:textId="77777777" w:rsidR="008728CE" w:rsidRDefault="008728CE" w:rsidP="008728CE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="16BE4DB6" w14:textId="77777777" w:rsidR="008728CE" w:rsidRDefault="008728CE" w:rsidP="008728CE">
+          <w:p w14:paraId="7A511523" w14:textId="77777777" w:rsidR="008728CE" w:rsidRDefault="008728CE" w:rsidP="008728CE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1DB7F717" w14:textId="3516F50A" w:rsidR="008728CE" w:rsidRDefault="008728CE" w:rsidP="008728CE">
-[...17 lines deleted...]
-          <w:p w14:paraId="358EFB22" w14:textId="6E2B8A82" w:rsidR="008728CE" w:rsidRDefault="008728CE" w:rsidP="008728CE">
+          <w:p w14:paraId="13A4E610" w14:textId="40BB91CB" w:rsidR="008728CE" w:rsidRDefault="008728CE" w:rsidP="008728CE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>1.5</w:t>
-[...55 lines deleted...]
-            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00A93F62">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="639" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="381AC184" w14:textId="77777777" w:rsidR="008728CE" w:rsidRDefault="008728CE" w:rsidP="008728CE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="639" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="16BE4DB6" w14:textId="77777777" w:rsidR="008728CE" w:rsidRDefault="008728CE" w:rsidP="008728CE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="639" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DB7F717" w14:textId="3516F50A" w:rsidR="008728CE" w:rsidRDefault="008728CE" w:rsidP="008728CE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="759" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="358EFB22" w14:textId="3DF86B40" w:rsidR="008728CE" w:rsidRDefault="00A93F62" w:rsidP="008728CE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="759" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="49450FA8" w14:textId="77777777" w:rsidR="008728CE" w:rsidRDefault="008728CE" w:rsidP="008728CE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="759" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="797684BB" w14:textId="77777777" w:rsidR="008728CE" w:rsidRDefault="008728CE" w:rsidP="008728CE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="772" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="52CEFEEE" w14:textId="2C95022F" w:rsidR="008728CE" w:rsidRDefault="00A93F62" w:rsidP="008728CE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="774" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6A16DA2F" w14:textId="2539F6E2" w:rsidR="008728CE" w:rsidRDefault="008728CE" w:rsidP="008728CE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="37D6ED27" w14:textId="77777777" w:rsidR="00AF5663" w:rsidRDefault="00AF5663">
       <w:pPr>
@@ -9261,72 +9333,61 @@
     <w:p w14:paraId="0DA6CCCB" w14:textId="77777777" w:rsidR="00296D0B" w:rsidRDefault="00E17A01">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00296D0B">
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Course Coordinator</w:t>
       </w:r>
       <w:r w:rsidR="00296D0B">
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>(s</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">) </w:t>
+        <w:t xml:space="preserve">(s) </w:t>
       </w:r>
       <w:r w:rsidRPr="00296D0B">
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00296D0B">
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00296D0B">
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">     </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C772084" w14:textId="300000C9" w:rsidR="008B19A5" w:rsidRPr="008D6647" w:rsidRDefault="000E2E6C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
           <w:bCs/>
@@ -9394,71 +9455,51 @@
     <w:p w14:paraId="6F9B7A82" w14:textId="4DF5A3DC" w:rsidR="00296D0B" w:rsidRDefault="008B19A5">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D6647">
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>3.</w:t>
       </w:r>
       <w:r w:rsidR="000E2E6C" w:rsidRPr="008D6647">
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> Mr </w:t>
       </w:r>
       <w:r w:rsidR="008D6647" w:rsidRPr="008D6647">
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>E Bala Bhasker Rao</w:t>
       </w:r>
       <w:r w:rsidR="00296D0B" w:rsidRPr="008D6647">
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00296D0B">
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -9715,50 +9756,57 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000687" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Bookman Old Style">
     <w:panose1 w:val="02050604050505020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Mangal">
+    <w:panose1 w:val="00000400000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00008003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="24296F7B"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="065A17D4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
         <w:color w:val="C00000"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
@@ -10025,160 +10073,174 @@
     <w:lvl w:ilvl="8" w:tplc="4009001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="661277971">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="132910357">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="419718185">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00AF5663"/>
     <w:rsid w:val="00003492"/>
     <w:rsid w:val="000137C9"/>
     <w:rsid w:val="00055A04"/>
     <w:rsid w:val="000626E1"/>
     <w:rsid w:val="000D74AD"/>
     <w:rsid w:val="000E15B6"/>
     <w:rsid w:val="000E2E6C"/>
     <w:rsid w:val="000F4963"/>
     <w:rsid w:val="000F53C1"/>
     <w:rsid w:val="00157A65"/>
     <w:rsid w:val="00172C12"/>
+    <w:rsid w:val="001962F6"/>
     <w:rsid w:val="001D22A5"/>
+    <w:rsid w:val="001E5FB8"/>
     <w:rsid w:val="0027337C"/>
     <w:rsid w:val="0028077E"/>
     <w:rsid w:val="00296D0B"/>
     <w:rsid w:val="002A77F0"/>
     <w:rsid w:val="002C15C6"/>
     <w:rsid w:val="002D08E7"/>
     <w:rsid w:val="002E0F60"/>
     <w:rsid w:val="0034026D"/>
+    <w:rsid w:val="003447DE"/>
     <w:rsid w:val="003F37EE"/>
     <w:rsid w:val="0043799C"/>
     <w:rsid w:val="00466E39"/>
     <w:rsid w:val="00471A69"/>
     <w:rsid w:val="004875EA"/>
     <w:rsid w:val="0058658D"/>
+    <w:rsid w:val="005E1708"/>
     <w:rsid w:val="005F7333"/>
     <w:rsid w:val="006262B5"/>
     <w:rsid w:val="006430FC"/>
     <w:rsid w:val="006C6332"/>
     <w:rsid w:val="006D2249"/>
     <w:rsid w:val="006D6625"/>
     <w:rsid w:val="0070112B"/>
     <w:rsid w:val="00714915"/>
     <w:rsid w:val="00746CFA"/>
     <w:rsid w:val="00757239"/>
     <w:rsid w:val="00783E62"/>
     <w:rsid w:val="007E0593"/>
     <w:rsid w:val="00805246"/>
+    <w:rsid w:val="008403F0"/>
     <w:rsid w:val="00843A1F"/>
+    <w:rsid w:val="0087001F"/>
     <w:rsid w:val="008728CE"/>
     <w:rsid w:val="008A2503"/>
     <w:rsid w:val="008B19A5"/>
     <w:rsid w:val="008D6647"/>
     <w:rsid w:val="00904794"/>
     <w:rsid w:val="00911339"/>
     <w:rsid w:val="00916AEC"/>
     <w:rsid w:val="00917E70"/>
     <w:rsid w:val="00954501"/>
     <w:rsid w:val="00967097"/>
+    <w:rsid w:val="00987B66"/>
     <w:rsid w:val="00A21A19"/>
     <w:rsid w:val="00A450C5"/>
+    <w:rsid w:val="00A83169"/>
+    <w:rsid w:val="00A93F62"/>
     <w:rsid w:val="00AF5663"/>
     <w:rsid w:val="00B130EA"/>
     <w:rsid w:val="00B16D5B"/>
     <w:rsid w:val="00B351F1"/>
     <w:rsid w:val="00B46BA8"/>
     <w:rsid w:val="00B634BF"/>
     <w:rsid w:val="00BA3084"/>
+    <w:rsid w:val="00BC29A0"/>
     <w:rsid w:val="00BF0095"/>
     <w:rsid w:val="00BF5711"/>
     <w:rsid w:val="00C047A8"/>
+    <w:rsid w:val="00C0706F"/>
     <w:rsid w:val="00C55F46"/>
     <w:rsid w:val="00C570D2"/>
     <w:rsid w:val="00C71A0F"/>
     <w:rsid w:val="00C77CEF"/>
     <w:rsid w:val="00C83158"/>
     <w:rsid w:val="00C90BC9"/>
     <w:rsid w:val="00CB0C21"/>
     <w:rsid w:val="00CD6493"/>
     <w:rsid w:val="00D04012"/>
+    <w:rsid w:val="00D869BD"/>
     <w:rsid w:val="00DA4003"/>
+    <w:rsid w:val="00DE18BF"/>
+    <w:rsid w:val="00E14F69"/>
     <w:rsid w:val="00E17A01"/>
     <w:rsid w:val="00E403A3"/>
     <w:rsid w:val="00EB5BD4"/>
     <w:rsid w:val="00ED270B"/>
     <w:rsid w:val="00EE00E7"/>
     <w:rsid w:val="00EE08DC"/>
     <w:rsid w:val="00F1727C"/>
+    <w:rsid w:val="00F33BBA"/>
     <w:rsid w:val="00F4647F"/>
     <w:rsid w:val="00F815E0"/>
     <w:rsid w:val="00F96BCE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-US"/>
+  <w:themeFontLang w:val="en-US" w:bidi="hi-IN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="31147474"/>
   <w15:docId w15:val="{3224BDB1-F46A-479C-B7B7-8AC157E3BFD3}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
@@ -11360,67 +11422,67 @@
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <go:gDocsCustomXmlDataStorage xmlns:go="http://customooxmlschemas.google.com/" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" uri="GoogleDocsCustomDataVersion1">
   <go:docsCustomData xmlns:go="http://customooxmlschemas.google.com/" roundtripDataSignature="AMtx7mgVUb8RcgfnCTwn/JdKI4Jb8nb6Aw==">AMUW2mU7EIkh1qhdM2qFLToWCeypmX7WYJIxso0e7OvAaUnWC2dA/mNS9K/pijJ7W9vyovZcf6PpJqv2lvwMpHoZ7nO+ZkFW19atLTlPtN3M9AmHxoyWwVnJRjTBrBeh/D3Sp7ERFQt1</go:docsCustomData>
 </go:gDocsCustomXmlDataStorage>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11111111-1234-1234-1234-123412341234}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>5</Pages>
-[...1 lines deleted...]
-  <Characters>3105</Characters>
+  <Pages>6</Pages>
+  <Words>546</Words>
+  <Characters>3114</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>25</Lines>
   <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3642</CharactersWithSpaces>
+  <CharactersWithSpaces>3653</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>BRL</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>