--- v0 (2025-12-15)
+++ v1 (2026-03-20)
@@ -879,2085 +879,2124 @@
             <w:tcW w:w="10373" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6318AB4F" w14:textId="77777777" w:rsidR="00D9086A" w:rsidRPr="00E023B7" w:rsidRDefault="00D9086A" w:rsidP="00505090">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E023B7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Upon successful completion of the course, Student will be able to</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D9086A" w:rsidRPr="00E023B7" w14:paraId="793D590B" w14:textId="77777777" w:rsidTr="00505090">
+      <w:tr w:rsidR="00782789" w:rsidRPr="00E023B7" w14:paraId="793D590B" w14:textId="77777777" w:rsidTr="00505090">
         <w:trPr>
           <w:trHeight w:val="591"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="37E4E6A6" w14:textId="77777777" w:rsidR="00D9086A" w:rsidRPr="00E023B7" w:rsidRDefault="00D9086A" w:rsidP="00505090">
+          <w:p w14:paraId="37E4E6A6" w14:textId="77777777" w:rsidR="00782789" w:rsidRPr="00E023B7" w:rsidRDefault="00782789" w:rsidP="00782789">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E023B7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>CO1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8532" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="637143F2" w14:textId="0400AC30" w:rsidR="00D9086A" w:rsidRPr="00F40B94" w:rsidRDefault="00D9086A" w:rsidP="00505090">
+          <w:p w14:paraId="637143F2" w14:textId="38828172" w:rsidR="00782789" w:rsidRPr="00F40B94" w:rsidRDefault="00782789" w:rsidP="00782789">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F40B94">
-[...5 lines deleted...]
-              <w:t>Implement programs as an individual on different IDEs/ online platforms.</w:t>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Apply different algorithm design techniques for solving problems </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0B488C5C" w14:textId="47F700FA" w:rsidR="00D9086A" w:rsidRPr="00D9086A" w:rsidRDefault="00D9086A" w:rsidP="00505090">
+          <w:p w14:paraId="0B488C5C" w14:textId="47F700FA" w:rsidR="00782789" w:rsidRPr="00D9086A" w:rsidRDefault="00782789" w:rsidP="00782789">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D9086A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>L3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D9086A" w:rsidRPr="00E023B7" w14:paraId="77301B5B" w14:textId="77777777" w:rsidTr="00505090">
+      <w:tr w:rsidR="00782789" w:rsidRPr="00E023B7" w14:paraId="77301B5B" w14:textId="77777777" w:rsidTr="00505090">
         <w:trPr>
           <w:trHeight w:val="720"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="418E00F8" w14:textId="77777777" w:rsidR="00D9086A" w:rsidRPr="00E023B7" w:rsidRDefault="00D9086A" w:rsidP="00505090">
+          <w:p w14:paraId="418E00F8" w14:textId="77777777" w:rsidR="00782789" w:rsidRPr="00E023B7" w:rsidRDefault="00782789" w:rsidP="00782789">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E023B7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>CO2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8532" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7FC7FB3D" w14:textId="5B4673E1" w:rsidR="00D9086A" w:rsidRPr="00F40B94" w:rsidRDefault="00D9086A" w:rsidP="00505090">
+          <w:p w14:paraId="7FC7FB3D" w14:textId="5E835B81" w:rsidR="00782789" w:rsidRPr="00F40B94" w:rsidRDefault="00782789" w:rsidP="00782789">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F40B94">
-[...5 lines deleted...]
-              <w:t>Apply different design techniques for solving problems.</w:t>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Implement programs as an individual on different IDEs/ online platforms.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="35FE4880" w14:textId="77777777" w:rsidR="00D9086A" w:rsidRPr="00E023B7" w:rsidRDefault="00D9086A" w:rsidP="00505090">
+          <w:p w14:paraId="35FE4880" w14:textId="77777777" w:rsidR="00782789" w:rsidRPr="00E023B7" w:rsidRDefault="00782789" w:rsidP="00782789">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E023B7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>L3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D9086A" w:rsidRPr="00E023B7" w14:paraId="4D200B30" w14:textId="77777777" w:rsidTr="00505090">
+      <w:tr w:rsidR="00782789" w:rsidRPr="00E023B7" w14:paraId="4D200B30" w14:textId="77777777" w:rsidTr="005F64C8">
+        <w:trPr>
+          <w:trHeight w:val="550"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="990" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B966F7E" w14:textId="77777777" w:rsidR="00782789" w:rsidRPr="00E023B7" w:rsidRDefault="00782789" w:rsidP="00782789">
+            <w:pPr>
+              <w:pStyle w:val="Normal1"/>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E023B7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>CO3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8532" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="253FEAF3" w14:textId="5611509C" w:rsidR="00782789" w:rsidRPr="00F40B94" w:rsidRDefault="00782789" w:rsidP="00782789">
+            <w:pPr>
+              <w:pStyle w:val="Normal1"/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Develop an effective report based on various programs implemented.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="20252C45" w14:textId="77777777" w:rsidR="00782789" w:rsidRPr="00E023B7" w:rsidRDefault="00782789" w:rsidP="00782789">
+            <w:pPr>
+              <w:pStyle w:val="Normal1"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E023B7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>L3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00782789" w:rsidRPr="00E023B7" w14:paraId="33EFBC0F" w14:textId="77777777" w:rsidTr="00505090">
         <w:trPr>
           <w:trHeight w:val="720"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0B966F7E" w14:textId="77777777" w:rsidR="00D9086A" w:rsidRPr="00E023B7" w:rsidRDefault="00D9086A" w:rsidP="00505090">
+          <w:p w14:paraId="615A0C26" w14:textId="77777777" w:rsidR="00782789" w:rsidRPr="00E023B7" w:rsidRDefault="00782789" w:rsidP="00782789">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E023B7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>CO3</w:t>
+              <w:t>CO4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8532" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="253FEAF3" w14:textId="1CAA3B94" w:rsidR="00D9086A" w:rsidRPr="00F40B94" w:rsidRDefault="00D9086A" w:rsidP="00505090">
+          <w:p w14:paraId="5690F43B" w14:textId="64B28812" w:rsidR="00782789" w:rsidRPr="00F40B94" w:rsidRDefault="00782789" w:rsidP="00782789">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F40B94">
-[...5 lines deleted...]
-              <w:t>Develop an effective report based on various programs implemented.</w:t>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Apply technical knowledge for a given problem and express with an effective oral communication.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="20252C45" w14:textId="77777777" w:rsidR="00D9086A" w:rsidRPr="00E023B7" w:rsidRDefault="00D9086A" w:rsidP="00505090">
+          <w:p w14:paraId="11F660E4" w14:textId="24422982" w:rsidR="00782789" w:rsidRPr="00E023B7" w:rsidRDefault="00782789" w:rsidP="00782789">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E023B7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>L3</w:t>
+              <w:t>L</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D9086A" w:rsidRPr="00E023B7" w14:paraId="33EFBC0F" w14:textId="77777777" w:rsidTr="00505090">
+      <w:tr w:rsidR="00782789" w:rsidRPr="00E023B7" w14:paraId="792FEAEA" w14:textId="77777777" w:rsidTr="005F64C8">
         <w:trPr>
-          <w:trHeight w:val="720"/>
+          <w:trHeight w:val="488"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="615A0C26" w14:textId="77777777" w:rsidR="00D9086A" w:rsidRPr="00E023B7" w:rsidRDefault="00D9086A" w:rsidP="00505090">
+          <w:p w14:paraId="4DB5FE22" w14:textId="4B587500" w:rsidR="00782789" w:rsidRPr="00E023B7" w:rsidRDefault="00782789" w:rsidP="00782789">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E023B7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>CO4</w:t>
+              <w:t>CO</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8532" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5690F43B" w14:textId="402991E8" w:rsidR="00D9086A" w:rsidRPr="00F40B94" w:rsidRDefault="00D9086A" w:rsidP="00505090">
+          <w:p w14:paraId="59E346E0" w14:textId="154BFCD8" w:rsidR="00782789" w:rsidRPr="00F40B94" w:rsidRDefault="00782789" w:rsidP="00782789">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Apply technical knowledge for a given problem and express with an effective oral communication.</w:t>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Analyze outputs using given constraints/test cases.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="11F660E4" w14:textId="24422982" w:rsidR="00D9086A" w:rsidRPr="00E023B7" w:rsidRDefault="00D9086A" w:rsidP="00505090">
-[...103 lines deleted...]
-          <w:p w14:paraId="7F22E81F" w14:textId="559B9F68" w:rsidR="00D9086A" w:rsidRPr="00E023B7" w:rsidRDefault="00D9086A" w:rsidP="00505090">
+          <w:p w14:paraId="7F22E81F" w14:textId="559B9F68" w:rsidR="00782789" w:rsidRPr="00E023B7" w:rsidRDefault="00782789" w:rsidP="00782789">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>L4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="45E17D0A" w14:textId="77777777" w:rsidR="00D9086A" w:rsidRPr="00060C3D" w:rsidRDefault="00D9086A" w:rsidP="00D9086A">
+    <w:p w14:paraId="45E17D0A" w14:textId="77777777" w:rsidR="00D9086A" w:rsidRDefault="00D9086A" w:rsidP="00D9086A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="709" w:hanging="436"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="591D3C57" w14:textId="77777777" w:rsidR="005F64C8" w:rsidRPr="00060C3D" w:rsidRDefault="005F64C8" w:rsidP="00D9086A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="709" w:hanging="436"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10094" w:type="dxa"/>
+        <w:tblW w:w="10378" w:type="dxa"/>
         <w:tblInd w:w="-318" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="701"/>
-[...11 lines deleted...]
-        <w:gridCol w:w="281"/>
+        <w:gridCol w:w="670"/>
+        <w:gridCol w:w="194"/>
+        <w:gridCol w:w="639"/>
+        <w:gridCol w:w="639"/>
+        <w:gridCol w:w="639"/>
+        <w:gridCol w:w="639"/>
+        <w:gridCol w:w="639"/>
+        <w:gridCol w:w="639"/>
+        <w:gridCol w:w="705"/>
+        <w:gridCol w:w="690"/>
+        <w:gridCol w:w="799"/>
+        <w:gridCol w:w="287"/>
+        <w:gridCol w:w="537"/>
         <w:gridCol w:w="742"/>
         <w:gridCol w:w="754"/>
-        <w:gridCol w:w="920"/>
+        <w:gridCol w:w="1166"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D9086A" w:rsidRPr="00932C13" w14:paraId="2D189406" w14:textId="77777777" w:rsidTr="00300F7B">
+      <w:tr w:rsidR="00D9086A" w:rsidRPr="00932C13" w14:paraId="2D189406" w14:textId="77777777" w:rsidTr="005F64C8">
         <w:trPr>
           <w:trHeight w:val="600"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10094" w:type="dxa"/>
+            <w:tcW w:w="10378" w:type="dxa"/>
             <w:gridSpan w:val="16"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7686D14E" w14:textId="6A6022E2" w:rsidR="00D9086A" w:rsidRPr="0060433E" w:rsidRDefault="0060433E" w:rsidP="00505090">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0060433E">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>Contribution of Course Outcomes towards achievement of Program Outcomes &amp; Strength of correlations (3:Substantial, 2: Moderate, 1:Slight)</w:t>
+              <w:t>Contribution of Course Outcomes towards achievement of Program Outcomes &amp; Strength of correlations (</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0060433E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>3:Substantial</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0060433E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">, 2: Moderate, </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0060433E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>1:Slight</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0060433E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00300F7B" w:rsidRPr="00932C13" w14:paraId="3FBED5FB" w14:textId="77777777" w:rsidTr="00300F7B">
+      <w:tr w:rsidR="00300F7B" w:rsidRPr="00932C13" w14:paraId="3FBED5FB" w14:textId="77777777" w:rsidTr="005F64C8">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="701" w:type="dxa"/>
+            <w:tcW w:w="864" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="22F3793B" w14:textId="77777777" w:rsidR="00300F7B" w:rsidRPr="00932C13" w:rsidRDefault="00300F7B" w:rsidP="00505090">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00932C13">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>CO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="641" w:type="dxa"/>
+            <w:tcW w:w="639" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="717E981C" w14:textId="77777777" w:rsidR="00300F7B" w:rsidRPr="00932C13" w:rsidRDefault="00300F7B" w:rsidP="00505090">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00932C13">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>PO1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="639" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="209E558C" w14:textId="77777777" w:rsidR="00300F7B" w:rsidRPr="00932C13" w:rsidRDefault="00300F7B" w:rsidP="00505090">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00932C13">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>PO2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="639" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="75449A92" w14:textId="77777777" w:rsidR="00300F7B" w:rsidRPr="00932C13" w:rsidRDefault="00300F7B" w:rsidP="00505090">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00932C13">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>PO3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="639" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="63EAD483" w14:textId="77777777" w:rsidR="00300F7B" w:rsidRPr="00932C13" w:rsidRDefault="00300F7B" w:rsidP="00505090">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00932C13">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>PO4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="639" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="42E7A0FF" w14:textId="77777777" w:rsidR="00300F7B" w:rsidRPr="00932C13" w:rsidRDefault="00300F7B" w:rsidP="00505090">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00932C13">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>PO5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="639" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4B1836B2" w14:textId="77777777" w:rsidR="00300F7B" w:rsidRPr="00932C13" w:rsidRDefault="00300F7B" w:rsidP="00505090">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00932C13">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>PO6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="42574823" w14:textId="77777777" w:rsidR="00300F7B" w:rsidRPr="00932C13" w:rsidRDefault="00300F7B" w:rsidP="00505090">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00932C13">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>PO7</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="75770396" w14:textId="7A830665" w:rsidR="00300F7B" w:rsidRPr="00932C13" w:rsidRDefault="00300F7B" w:rsidP="00505090">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="71D17ECF" w14:textId="1CA84F89" w:rsidR="00300F7B" w:rsidRPr="00932C13" w:rsidRDefault="00300F7B" w:rsidP="00505090">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00932C13">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>PO</w:t>
+            </w:r>
+            <w:r w:rsidR="00174798">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="799" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0CFACC01" w14:textId="4E4DB0D7" w:rsidR="00300F7B" w:rsidRPr="00932C13" w:rsidRDefault="00300F7B" w:rsidP="00505090">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00932C13">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>PO</w:t>
+            </w:r>
+            <w:r w:rsidR="00174798">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="824" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="717E981C" w14:textId="77777777" w:rsidR="00300F7B" w:rsidRPr="00932C13" w:rsidRDefault="00300F7B" w:rsidP="00505090">
+          <w:p w14:paraId="0C70FF22" w14:textId="51085275" w:rsidR="00300F7B" w:rsidRPr="00932C13" w:rsidRDefault="00300F7B" w:rsidP="00505090">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00932C13">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>PO1</w:t>
             </w:r>
-          </w:p>
-[...3 lines deleted...]
-            <w:tcW w:w="641" w:type="dxa"/>
+            <w:r w:rsidR="00174798">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="742" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="209E558C" w14:textId="77777777" w:rsidR="00300F7B" w:rsidRPr="00932C13" w:rsidRDefault="00300F7B" w:rsidP="00505090">
+          <w:p w14:paraId="65F87ABD" w14:textId="6912A587" w:rsidR="00300F7B" w:rsidRPr="00932C13" w:rsidRDefault="00300F7B" w:rsidP="00505090">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00932C13">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t>PO2</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="641" w:type="dxa"/>
+              <w:t>PO1</w:t>
+            </w:r>
+            <w:r w:rsidR="00174798">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="75449A92" w14:textId="77777777" w:rsidR="00300F7B" w:rsidRPr="00932C13" w:rsidRDefault="00300F7B" w:rsidP="00505090">
+          <w:p w14:paraId="08899821" w14:textId="77777777" w:rsidR="00300F7B" w:rsidRPr="00932C13" w:rsidRDefault="00300F7B" w:rsidP="00505090">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00932C13">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t>PO3</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="641" w:type="dxa"/>
+              <w:t>PSO1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1166" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="63EAD483" w14:textId="77777777" w:rsidR="00300F7B" w:rsidRPr="00932C13" w:rsidRDefault="00300F7B" w:rsidP="00505090">
+          <w:p w14:paraId="219DD9F2" w14:textId="77777777" w:rsidR="00300F7B" w:rsidRPr="00932C13" w:rsidRDefault="00300F7B" w:rsidP="00505090">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00932C13">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t>PO4</w:t>
-[...353 lines deleted...]
-              </w:rPr>
               <w:t>PSO2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00300F7B" w:rsidRPr="00932C13" w14:paraId="06E83DD2" w14:textId="77777777" w:rsidTr="00300F7B">
+      <w:tr w:rsidR="00300F7B" w:rsidRPr="00932C13" w14:paraId="06E83DD2" w14:textId="77777777" w:rsidTr="005F64C8">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="701" w:type="dxa"/>
+            <w:tcW w:w="864" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1723D973" w14:textId="77777777" w:rsidR="00300F7B" w:rsidRPr="00932C13" w:rsidRDefault="00300F7B" w:rsidP="00300F7B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00932C13">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>CO1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="641" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="639" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5559CD65" w14:textId="0CFD2FA9" w:rsidR="00300F7B" w:rsidRPr="00932C13" w:rsidRDefault="00300F7B" w:rsidP="00300F7B">
+          <w:p w14:paraId="5559CD65" w14:textId="5274ECCA" w:rsidR="00300F7B" w:rsidRPr="00932C13" w:rsidRDefault="00300F7B" w:rsidP="00300F7B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="639" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="71297381" w14:textId="5EF863F4" w:rsidR="00300F7B" w:rsidRPr="00932C13" w:rsidRDefault="001D0E21" w:rsidP="00300F7B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>√</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="641" w:type="dxa"/>
+            <w:tcW w:w="639" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="71297381" w14:textId="77777777" w:rsidR="00300F7B" w:rsidRPr="00932C13" w:rsidRDefault="00300F7B" w:rsidP="00300F7B">
-[...12 lines deleted...]
-            <w:tcW w:w="641" w:type="dxa"/>
+          <w:p w14:paraId="5E411792" w14:textId="77777777" w:rsidR="00300F7B" w:rsidRPr="00932C13" w:rsidRDefault="00300F7B" w:rsidP="00300F7B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="639" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5E411792" w14:textId="77777777" w:rsidR="00300F7B" w:rsidRPr="00932C13" w:rsidRDefault="00300F7B" w:rsidP="00300F7B">
-[...12 lines deleted...]
-            <w:tcW w:w="641" w:type="dxa"/>
+          <w:p w14:paraId="023211B0" w14:textId="77777777" w:rsidR="00300F7B" w:rsidRPr="00932C13" w:rsidRDefault="00300F7B" w:rsidP="00300F7B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="639" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="023211B0" w14:textId="77777777" w:rsidR="00300F7B" w:rsidRPr="00932C13" w:rsidRDefault="00300F7B" w:rsidP="00300F7B">
-[...12 lines deleted...]
-            <w:tcW w:w="641" w:type="dxa"/>
+          <w:p w14:paraId="55DD31A7" w14:textId="25E118B1" w:rsidR="00300F7B" w:rsidRPr="00932C13" w:rsidRDefault="00300F7B" w:rsidP="00300F7B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="639" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="55DD31A7" w14:textId="681A14C6" w:rsidR="00300F7B" w:rsidRPr="00932C13" w:rsidRDefault="00300F7B" w:rsidP="00300F7B">
+          <w:p w14:paraId="21C6ADA9" w14:textId="77777777" w:rsidR="00300F7B" w:rsidRPr="00932C13" w:rsidRDefault="00300F7B" w:rsidP="00300F7B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="66E90E05" w14:textId="77777777" w:rsidR="00300F7B" w:rsidRPr="00932C13" w:rsidRDefault="00300F7B" w:rsidP="00300F7B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="15CBCBFB" w14:textId="77777777" w:rsidR="00300F7B" w:rsidRPr="00932C13" w:rsidRDefault="00300F7B" w:rsidP="00300F7B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="799" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="465D20D1" w14:textId="77777777" w:rsidR="00300F7B" w:rsidRPr="00932C13" w:rsidRDefault="00300F7B" w:rsidP="00300F7B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="824" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7DC0DA73" w14:textId="77777777" w:rsidR="00300F7B" w:rsidRPr="00932C13" w:rsidRDefault="00300F7B" w:rsidP="00300F7B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="742" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6A895686" w14:textId="77777777" w:rsidR="00300F7B" w:rsidRPr="00932C13" w:rsidRDefault="00300F7B" w:rsidP="00300F7B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="31C9507C" w14:textId="12C32E56" w:rsidR="00300F7B" w:rsidRPr="00932C13" w:rsidRDefault="001D0E21" w:rsidP="00300F7B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>√</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="641" w:type="dxa"/>
+            <w:tcW w:w="1166" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="21C6ADA9" w14:textId="77777777" w:rsidR="00300F7B" w:rsidRPr="00932C13" w:rsidRDefault="00300F7B" w:rsidP="00300F7B">
-[...160 lines deleted...]
-          </w:tcPr>
           <w:p w14:paraId="13217DEA" w14:textId="77777777" w:rsidR="00300F7B" w:rsidRPr="00932C13" w:rsidRDefault="00300F7B" w:rsidP="00300F7B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00300F7B" w:rsidRPr="00932C13" w14:paraId="0DF12C5C" w14:textId="77777777" w:rsidTr="00300F7B">
+      <w:tr w:rsidR="00300F7B" w:rsidRPr="00932C13" w14:paraId="0DF12C5C" w14:textId="77777777" w:rsidTr="005F64C8">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="701" w:type="dxa"/>
+            <w:tcW w:w="864" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="16986387" w14:textId="77777777" w:rsidR="00300F7B" w:rsidRPr="00932C13" w:rsidRDefault="00300F7B" w:rsidP="00300F7B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00932C13">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>CO2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="641" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="639" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6F2EFB65" w14:textId="58D79186" w:rsidR="00300F7B" w:rsidRPr="00932C13" w:rsidRDefault="00300F7B" w:rsidP="00300F7B">
-[...22 lines deleted...]
-          <w:p w14:paraId="786F4B39" w14:textId="35195F66" w:rsidR="00300F7B" w:rsidRPr="00932C13" w:rsidRDefault="00300F7B" w:rsidP="00300F7B">
+          <w:p w14:paraId="6F2EFB65" w14:textId="6AACE004" w:rsidR="00300F7B" w:rsidRPr="00932C13" w:rsidRDefault="001D0E21" w:rsidP="00300F7B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>√</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="641" w:type="dxa"/>
+            <w:tcW w:w="639" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
+          <w:p w14:paraId="786F4B39" w14:textId="091753D9" w:rsidR="00300F7B" w:rsidRPr="00932C13" w:rsidRDefault="00300F7B" w:rsidP="00300F7B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="639" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
           <w:p w14:paraId="60A5BB85" w14:textId="77777777" w:rsidR="00300F7B" w:rsidRPr="00932C13" w:rsidRDefault="00300F7B" w:rsidP="00300F7B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="641" w:type="dxa"/>
+            <w:tcW w:w="639" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5117DA39" w14:textId="77777777" w:rsidR="00300F7B" w:rsidRPr="00932C13" w:rsidRDefault="00300F7B" w:rsidP="00300F7B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="641" w:type="dxa"/>
+            <w:tcW w:w="639" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1B1B8EAE" w14:textId="61FC7A9B" w:rsidR="00300F7B" w:rsidRPr="00932C13" w:rsidRDefault="00300F7B" w:rsidP="00300F7B">
-[...156 lines deleted...]
-          <w:p w14:paraId="0DFC51B4" w14:textId="6EB2F1AA" w:rsidR="00300F7B" w:rsidRPr="00932C13" w:rsidRDefault="00300F7B" w:rsidP="00300F7B">
+          <w:p w14:paraId="1B1B8EAE" w14:textId="477D0ED9" w:rsidR="00300F7B" w:rsidRPr="00932C13" w:rsidRDefault="001D0E21" w:rsidP="00300F7B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>√</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="920" w:type="dxa"/>
+            <w:tcW w:w="639" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0B3D781D" w14:textId="77777777" w:rsidR="00300F7B" w:rsidRPr="00932C13" w:rsidRDefault="00300F7B" w:rsidP="00300F7B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="366BA70C" w14:textId="77777777" w:rsidR="00300F7B" w:rsidRPr="00932C13" w:rsidRDefault="00300F7B" w:rsidP="00300F7B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="690" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AF43540" w14:textId="51E18348" w:rsidR="00300F7B" w:rsidRPr="00932C13" w:rsidRDefault="00300F7B" w:rsidP="00300F7B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="799" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="65ABB370" w14:textId="02BAC343" w:rsidR="00300F7B" w:rsidRPr="00932C13" w:rsidRDefault="00300F7B" w:rsidP="00300F7B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="824" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="070FABB4" w14:textId="77777777" w:rsidR="00300F7B" w:rsidRPr="00932C13" w:rsidRDefault="00300F7B" w:rsidP="00300F7B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="742" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F3ACDF6" w14:textId="2B24B914" w:rsidR="00300F7B" w:rsidRPr="00932C13" w:rsidRDefault="00300F7B" w:rsidP="00300F7B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DFC51B4" w14:textId="732FFB28" w:rsidR="00300F7B" w:rsidRPr="00932C13" w:rsidRDefault="00300F7B" w:rsidP="00300F7B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1166" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="23D71945" w14:textId="2F5F42F8" w:rsidR="00300F7B" w:rsidRPr="00932C13" w:rsidRDefault="00300F7B" w:rsidP="00300F7B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00300F7B" w:rsidRPr="00932C13" w14:paraId="410D0E36" w14:textId="77777777" w:rsidTr="00300F7B">
+      <w:tr w:rsidR="00300F7B" w:rsidRPr="00932C13" w14:paraId="410D0E36" w14:textId="77777777" w:rsidTr="005F64C8">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="701" w:type="dxa"/>
+            <w:tcW w:w="864" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="783F730D" w14:textId="77777777" w:rsidR="00300F7B" w:rsidRPr="00932C13" w:rsidRDefault="00300F7B" w:rsidP="00300F7B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00932C13">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>CO3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="641" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="639" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="352DAB51" w14:textId="60F6B07F" w:rsidR="00300F7B" w:rsidRPr="00932C13" w:rsidRDefault="00300F7B" w:rsidP="00300F7B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="641" w:type="dxa"/>
+            <w:tcW w:w="639" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="341203FD" w14:textId="77777777" w:rsidR="00300F7B" w:rsidRPr="00932C13" w:rsidRDefault="00300F7B" w:rsidP="00300F7B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="641" w:type="dxa"/>
+            <w:tcW w:w="639" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="322FD847" w14:textId="77777777" w:rsidR="00300F7B" w:rsidRPr="00932C13" w:rsidRDefault="00300F7B" w:rsidP="00300F7B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="641" w:type="dxa"/>
+            <w:tcW w:w="639" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7088EDB0" w14:textId="77777777" w:rsidR="00300F7B" w:rsidRPr="00932C13" w:rsidRDefault="00300F7B" w:rsidP="00300F7B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="641" w:type="dxa"/>
+            <w:tcW w:w="639" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5013673B" w14:textId="77777777" w:rsidR="00300F7B" w:rsidRPr="00932C13" w:rsidRDefault="00300F7B" w:rsidP="00300F7B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="641" w:type="dxa"/>
+            <w:tcW w:w="639" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="136C2AA9" w14:textId="77777777" w:rsidR="00300F7B" w:rsidRPr="00932C13" w:rsidRDefault="00300F7B" w:rsidP="00300F7B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="727" w:type="dxa"/>
+            <w:tcW w:w="705" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="119FD8D8" w14:textId="77777777" w:rsidR="00300F7B" w:rsidRPr="00932C13" w:rsidRDefault="00300F7B" w:rsidP="00300F7B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="707" w:type="dxa"/>
+            <w:tcW w:w="690" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3C4E9FE6" w14:textId="61EDE6D0" w:rsidR="00300F7B" w:rsidRPr="00932C13" w:rsidRDefault="00300F7B" w:rsidP="00300F7B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="849" w:type="dxa"/>
+            <w:tcW w:w="799" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2F5914B2" w14:textId="286BEEAC" w:rsidR="00300F7B" w:rsidRPr="00932C13" w:rsidRDefault="00300F7B" w:rsidP="00300F7B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>√</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="848" w:type="dxa"/>
+            <w:tcW w:w="824" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="077BB7DA" w14:textId="77777777" w:rsidR="00300F7B" w:rsidRPr="00932C13" w:rsidRDefault="00300F7B" w:rsidP="00300F7B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="742" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
@@ -2980,330 +3019,330 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="754" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7349CA62" w14:textId="42476E4B" w:rsidR="00300F7B" w:rsidRPr="00932C13" w:rsidRDefault="00300F7B" w:rsidP="00300F7B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="920" w:type="dxa"/>
+            <w:tcW w:w="1166" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="70E5F5A1" w14:textId="3314DBF7" w:rsidR="00300F7B" w:rsidRPr="00932C13" w:rsidRDefault="00300F7B" w:rsidP="00300F7B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00300F7B" w:rsidRPr="00932C13" w14:paraId="4201DEAF" w14:textId="77777777" w:rsidTr="00300F7B">
+      <w:tr w:rsidR="00300F7B" w:rsidRPr="00932C13" w14:paraId="4201DEAF" w14:textId="77777777" w:rsidTr="005F64C8">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="701" w:type="dxa"/>
+            <w:tcW w:w="864" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2CE6F6AC" w14:textId="77777777" w:rsidR="00300F7B" w:rsidRPr="00932C13" w:rsidRDefault="00300F7B" w:rsidP="00300F7B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00932C13">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>CO4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="641" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="639" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="33920225" w14:textId="77777777" w:rsidR="00300F7B" w:rsidRPr="00932C13" w:rsidRDefault="00300F7B" w:rsidP="00300F7B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="641" w:type="dxa"/>
+            <w:tcW w:w="639" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0369213C" w14:textId="4B1CAFFA" w:rsidR="00300F7B" w:rsidRPr="00932C13" w:rsidRDefault="00300F7B" w:rsidP="00300F7B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="641" w:type="dxa"/>
+            <w:tcW w:w="639" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="732C9B76" w14:textId="77777777" w:rsidR="00300F7B" w:rsidRPr="00932C13" w:rsidRDefault="00300F7B" w:rsidP="00300F7B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="641" w:type="dxa"/>
+            <w:tcW w:w="639" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="11550591" w14:textId="77777777" w:rsidR="00300F7B" w:rsidRPr="00932C13" w:rsidRDefault="00300F7B" w:rsidP="00300F7B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="641" w:type="dxa"/>
+            <w:tcW w:w="639" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="05C33D5B" w14:textId="77777777" w:rsidR="00300F7B" w:rsidRPr="00932C13" w:rsidRDefault="00300F7B" w:rsidP="00300F7B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="641" w:type="dxa"/>
+            <w:tcW w:w="639" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2E158FF2" w14:textId="77777777" w:rsidR="00300F7B" w:rsidRPr="00932C13" w:rsidRDefault="00300F7B" w:rsidP="00300F7B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="727" w:type="dxa"/>
+            <w:tcW w:w="705" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0E516A80" w14:textId="77777777" w:rsidR="00300F7B" w:rsidRPr="00932C13" w:rsidRDefault="00300F7B" w:rsidP="00300F7B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="707" w:type="dxa"/>
+            <w:tcW w:w="690" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="646F5DAE" w14:textId="4FAFFB59" w:rsidR="00300F7B" w:rsidRPr="00932C13" w:rsidRDefault="00300F7B" w:rsidP="00300F7B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="849" w:type="dxa"/>
+            <w:tcW w:w="799" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1F69CA5C" w14:textId="1B797268" w:rsidR="00300F7B" w:rsidRPr="00932C13" w:rsidRDefault="00300F7B" w:rsidP="00300F7B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>√</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="848" w:type="dxa"/>
+            <w:tcW w:w="824" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3884DF59" w14:textId="77777777" w:rsidR="00300F7B" w:rsidRPr="00932C13" w:rsidRDefault="00300F7B" w:rsidP="00300F7B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="742" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -3326,334 +3365,334 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="754" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2FF7D8CE" w14:textId="77777777" w:rsidR="00300F7B" w:rsidRPr="00932C13" w:rsidRDefault="00300F7B" w:rsidP="00300F7B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="920" w:type="dxa"/>
+            <w:tcW w:w="1166" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5245274F" w14:textId="1D060962" w:rsidR="00300F7B" w:rsidRPr="00932C13" w:rsidRDefault="00300F7B" w:rsidP="00300F7B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00300F7B" w:rsidRPr="00932C13" w14:paraId="2CDC1C72" w14:textId="77777777" w:rsidTr="00300F7B">
+      <w:tr w:rsidR="00300F7B" w:rsidRPr="00932C13" w14:paraId="2CDC1C72" w14:textId="77777777" w:rsidTr="005F64C8">
         <w:trPr>
           <w:trHeight w:val="60"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="701" w:type="dxa"/>
+            <w:tcW w:w="864" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="23473305" w14:textId="7925E180" w:rsidR="00300F7B" w:rsidRPr="00932C13" w:rsidRDefault="00300F7B" w:rsidP="00300F7B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00932C13">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>CO</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="641" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="639" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7D7D1291" w14:textId="77777777" w:rsidR="00300F7B" w:rsidRPr="00932C13" w:rsidRDefault="00300F7B" w:rsidP="00300F7B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="641" w:type="dxa"/>
+            <w:tcW w:w="639" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="423E3704" w14:textId="71C3109E" w:rsidR="00300F7B" w:rsidRPr="00932C13" w:rsidRDefault="00300F7B" w:rsidP="00300F7B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>√</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="641" w:type="dxa"/>
+            <w:tcW w:w="639" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="67D1757C" w14:textId="77777777" w:rsidR="00300F7B" w:rsidRPr="00932C13" w:rsidRDefault="00300F7B" w:rsidP="00300F7B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="641" w:type="dxa"/>
+            <w:tcW w:w="639" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6994F880" w14:textId="77777777" w:rsidR="00300F7B" w:rsidRPr="00932C13" w:rsidRDefault="00300F7B" w:rsidP="00300F7B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="641" w:type="dxa"/>
+            <w:tcW w:w="639" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="130E3A44" w14:textId="77777777" w:rsidR="00300F7B" w:rsidRPr="00932C13" w:rsidRDefault="00300F7B" w:rsidP="00300F7B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="641" w:type="dxa"/>
+            <w:tcW w:w="639" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="23DE0E88" w14:textId="77777777" w:rsidR="00300F7B" w:rsidRPr="00932C13" w:rsidRDefault="00300F7B" w:rsidP="00300F7B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="727" w:type="dxa"/>
+            <w:tcW w:w="705" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6F913B74" w14:textId="77777777" w:rsidR="00300F7B" w:rsidRPr="00932C13" w:rsidRDefault="00300F7B" w:rsidP="00300F7B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="707" w:type="dxa"/>
+            <w:tcW w:w="690" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="31A2CC66" w14:textId="77777777" w:rsidR="00300F7B" w:rsidRPr="00932C13" w:rsidRDefault="00300F7B" w:rsidP="00300F7B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="849" w:type="dxa"/>
+            <w:tcW w:w="799" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4D883740" w14:textId="77777777" w:rsidR="00300F7B" w:rsidRPr="00932C13" w:rsidRDefault="00300F7B" w:rsidP="00300F7B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="848" w:type="dxa"/>
+            <w:tcW w:w="824" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7DBC760D" w14:textId="77777777" w:rsidR="00300F7B" w:rsidRPr="00932C13" w:rsidRDefault="00300F7B" w:rsidP="00300F7B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="742" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -3676,343 +3715,340 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="754" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0D506978" w14:textId="77777777" w:rsidR="00300F7B" w:rsidRPr="00932C13" w:rsidRDefault="00300F7B" w:rsidP="00300F7B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="920" w:type="dxa"/>
+            <w:tcW w:w="1166" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="79D2A62B" w14:textId="77777777" w:rsidR="00300F7B" w:rsidRDefault="00300F7B" w:rsidP="00300F7B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="60EADAE3" w14:textId="77777777" w:rsidR="00300F7B" w:rsidRPr="00932C13" w:rsidRDefault="00300F7B" w:rsidP="00300F7B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00675AAF" w:rsidRPr="00E023B7" w14:paraId="587B1F35" w14:textId="77777777" w:rsidTr="00300F7B">
+      <w:tr w:rsidR="00675AAF" w:rsidRPr="00E023B7" w14:paraId="587B1F35" w14:textId="77777777" w:rsidTr="005F64C8">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           </w:tblBorders>
           <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="57"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="877" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="670" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="08FD7DD1" w14:textId="77777777" w:rsidR="00675AAF" w:rsidRPr="00E023B7" w:rsidRDefault="00675AAF" w:rsidP="00675AAF">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E023B7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Unit No.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6520" w:type="dxa"/>
-            <w:gridSpan w:val="10"/>
+            <w:tcW w:w="6509" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7FD065DB" w14:textId="77777777" w:rsidR="00675AAF" w:rsidRPr="00E023B7" w:rsidRDefault="00675AAF" w:rsidP="00675AAF">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E023B7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>SYLLABUS CONTENTS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2697" w:type="dxa"/>
+            <w:tcW w:w="3199" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="78E085D4" w14:textId="77777777" w:rsidR="00675AAF" w:rsidRPr="00E023B7" w:rsidRDefault="00675AAF" w:rsidP="00675AAF">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E023B7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Mapped CO</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00675AAF" w:rsidRPr="00E023B7" w14:paraId="771E0927" w14:textId="77777777" w:rsidTr="00300F7B">
+      <w:tr w:rsidR="00675AAF" w:rsidRPr="00E023B7" w14:paraId="771E0927" w14:textId="77777777" w:rsidTr="005F64C8">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           </w:tblBorders>
           <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="645"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="877" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="670" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="06692493" w14:textId="0397A7BE" w:rsidR="00675AAF" w:rsidRPr="00E023B7" w:rsidRDefault="00675AAF" w:rsidP="00675AAF">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6520" w:type="dxa"/>
-            <w:gridSpan w:val="10"/>
+            <w:tcW w:w="6509" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
           </w:tcPr>
           <w:p w14:paraId="78998383" w14:textId="77777777" w:rsidR="00675AAF" w:rsidRPr="00E20749" w:rsidRDefault="00675AAF" w:rsidP="00675AAF">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:leftChars="64" w:left="142" w:hanging="1"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E20749">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">a) Implement AVL Trees and its operations. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="24733EE7" w14:textId="28A26215" w:rsidR="00675AAF" w:rsidRPr="00E20749" w:rsidRDefault="00675AAF" w:rsidP="00675AAF">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:leftChars="64" w:left="142" w:hanging="1"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E20749">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>b) Develop a solution to the given problem using AVL Trees.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2697" w:type="dxa"/>
+            <w:tcW w:w="3199" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7440DAFD" w14:textId="32AD4EA7" w:rsidR="00675AAF" w:rsidRPr="009557C9" w:rsidRDefault="00675AAF" w:rsidP="00675AAF">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009557C9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>CO1, CO2, CO3, CO4, CO5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00675AAF" w:rsidRPr="00E023B7" w14:paraId="6F97CD2E" w14:textId="77777777" w:rsidTr="00300F7B">
+      <w:tr w:rsidR="00675AAF" w:rsidRPr="00E023B7" w14:paraId="6F97CD2E" w14:textId="77777777" w:rsidTr="005F64C8">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           </w:tblBorders>
           <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="554"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="877" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="670" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="56521713" w14:textId="62950195" w:rsidR="00675AAF" w:rsidRPr="00E023B7" w:rsidRDefault="00675AAF" w:rsidP="00675AAF">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6520" w:type="dxa"/>
-            <w:gridSpan w:val="10"/>
+            <w:tcW w:w="6509" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="716046AC" w14:textId="77777777" w:rsidR="00675AAF" w:rsidRDefault="00675AAF" w:rsidP="00675AAF">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E20749">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Implement B- Trees and its operations. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2F431F51" w14:textId="59CCFFC8" w:rsidR="00675AAF" w:rsidRPr="00E20749" w:rsidRDefault="00675AAF" w:rsidP="00675AAF">
             <w:pPr>
@@ -4023,1040 +4059,1019 @@
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E20749">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Develop a solution to the given problem using B- Trees</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2697" w:type="dxa"/>
+            <w:tcW w:w="3199" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3D152777" w14:textId="4A64B6D4" w:rsidR="00675AAF" w:rsidRPr="009557C9" w:rsidRDefault="00675AAF" w:rsidP="00675AAF">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009557C9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>CO1, CO2, CO3, CO4, CO5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00675AAF" w:rsidRPr="00E023B7" w14:paraId="5D35BC2A" w14:textId="77777777" w:rsidTr="00300F7B">
+      <w:tr w:rsidR="00675AAF" w:rsidRPr="00E023B7" w14:paraId="5D35BC2A" w14:textId="77777777" w:rsidTr="005F64C8">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           </w:tblBorders>
           <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="647"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="877" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="670" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2DA74C75" w14:textId="3B0CC5FC" w:rsidR="00675AAF" w:rsidRPr="00E023B7" w:rsidRDefault="00675AAF" w:rsidP="00675AAF">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6520" w:type="dxa"/>
-            <w:gridSpan w:val="10"/>
+            <w:tcW w:w="6509" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
           </w:tcPr>
           <w:p w14:paraId="582A88EC" w14:textId="77777777" w:rsidR="00675AAF" w:rsidRPr="00E20749" w:rsidRDefault="00675AAF" w:rsidP="00675AAF">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:leftChars="64" w:left="142" w:hanging="1"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E20749">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>a) Implement Binary Heap and its operations.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="04186AD2" w14:textId="3BE79607" w:rsidR="00675AAF" w:rsidRPr="00E20749" w:rsidRDefault="00675AAF" w:rsidP="00675AAF">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:leftChars="64" w:left="142" w:hanging="1"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E20749">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>b) Develop a solution to the given problem using Binary Heaps.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2697" w:type="dxa"/>
+            <w:tcW w:w="3199" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="37C6B5B5" w14:textId="5DCA7B43" w:rsidR="00675AAF" w:rsidRPr="009557C9" w:rsidRDefault="00675AAF" w:rsidP="00675AAF">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009557C9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>CO1, CO2, CO3, CO4, CO5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00675AAF" w:rsidRPr="00E023B7" w14:paraId="0C388EA2" w14:textId="77777777" w:rsidTr="00300F7B">
+      <w:tr w:rsidR="00675AAF" w:rsidRPr="00E023B7" w14:paraId="0C388EA2" w14:textId="77777777" w:rsidTr="005F64C8">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           </w:tblBorders>
           <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="877" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="670" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7180882C" w14:textId="10615A41" w:rsidR="00675AAF" w:rsidRPr="00E023B7" w:rsidRDefault="00675AAF" w:rsidP="00675AAF">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6520" w:type="dxa"/>
-            <w:gridSpan w:val="10"/>
+            <w:tcW w:w="6509" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="62A40A71" w14:textId="44F1BE57" w:rsidR="00675AAF" w:rsidRPr="00E20749" w:rsidRDefault="00675AAF" w:rsidP="00675AAF">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:leftChars="64" w:left="142" w:hanging="1"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E20749">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>a) Implement Graph and its operations.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="528B34FA" w14:textId="20EF0FE8" w:rsidR="00675AAF" w:rsidRPr="00E20749" w:rsidRDefault="00675AAF" w:rsidP="00675AAF">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:leftChars="64" w:left="142" w:hanging="1"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E20749">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>b) Develop a solution to the given problem using Graphs.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2697" w:type="dxa"/>
+            <w:tcW w:w="3199" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="55648469" w14:textId="54190688" w:rsidR="00675AAF" w:rsidRPr="009557C9" w:rsidRDefault="00675AAF" w:rsidP="00675AAF">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009557C9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>CO1, CO2, CO3, CO4, CO5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00675AAF" w:rsidRPr="00E023B7" w14:paraId="1FB41BA3" w14:textId="77777777" w:rsidTr="00300F7B">
+      <w:tr w:rsidR="00675AAF" w:rsidRPr="00E023B7" w14:paraId="1FB41BA3" w14:textId="77777777" w:rsidTr="005F64C8">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           </w:tblBorders>
           <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="458"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="877" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="670" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="70C49233" w14:textId="6A15C9D5" w:rsidR="00675AAF" w:rsidRPr="00E023B7" w:rsidRDefault="00675AAF" w:rsidP="00675AAF">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6520" w:type="dxa"/>
-            <w:gridSpan w:val="10"/>
+            <w:tcW w:w="6509" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5278622E" w14:textId="7E381054" w:rsidR="00675AAF" w:rsidRPr="00E20749" w:rsidRDefault="00675AAF" w:rsidP="00675AAF">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:leftChars="64" w:left="142" w:hanging="1"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E20749">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Develop and implement an algorithm using Divide and Conquer strategy for a given set of problems.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2697" w:type="dxa"/>
+            <w:tcW w:w="3199" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6F5B6164" w14:textId="6DFAE0F8" w:rsidR="00675AAF" w:rsidRPr="009557C9" w:rsidRDefault="00675AAF" w:rsidP="00675AAF">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009557C9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>CO1, CO2, CO3, CO4, CO5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00675AAF" w:rsidRPr="00E023B7" w14:paraId="2E266F8D" w14:textId="77777777" w:rsidTr="00300F7B">
+      <w:tr w:rsidR="00675AAF" w:rsidRPr="00E023B7" w14:paraId="2E266F8D" w14:textId="77777777" w:rsidTr="005F64C8">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           </w:tblBorders>
           <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="458"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="877" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="670" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="03C370DC" w14:textId="13924081" w:rsidR="00675AAF" w:rsidRDefault="00675AAF" w:rsidP="00675AAF">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6520" w:type="dxa"/>
-            <w:gridSpan w:val="10"/>
+            <w:tcW w:w="6509" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7BCD5FE4" w14:textId="20F241A4" w:rsidR="00675AAF" w:rsidRPr="00E20749" w:rsidRDefault="00675AAF" w:rsidP="00675AAF">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:leftChars="64" w:left="142" w:hanging="1"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E20749">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Make use of Greedy method to implement a solution for a given problem.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2697" w:type="dxa"/>
+            <w:tcW w:w="3199" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="10E4A1F8" w14:textId="2C8499CC" w:rsidR="00675AAF" w:rsidRPr="009557C9" w:rsidRDefault="00675AAF" w:rsidP="00675AAF">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009557C9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>CO1, CO2, CO3, CO4, CO5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00675AAF" w:rsidRPr="00E023B7" w14:paraId="51AEF47C" w14:textId="77777777" w:rsidTr="00300F7B">
+      <w:tr w:rsidR="00675AAF" w:rsidRPr="00E023B7" w14:paraId="51AEF47C" w14:textId="77777777" w:rsidTr="005F64C8">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           </w:tblBorders>
           <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="458"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="877" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="670" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2E655441" w14:textId="3FE6106A" w:rsidR="00675AAF" w:rsidRDefault="00675AAF" w:rsidP="00675AAF">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6520" w:type="dxa"/>
-            <w:gridSpan w:val="10"/>
+            <w:tcW w:w="6509" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="005E1A68" w14:textId="371E7C91" w:rsidR="00675AAF" w:rsidRPr="00E20749" w:rsidRDefault="00675AAF" w:rsidP="00675AAF">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:leftChars="64" w:left="142" w:hanging="1"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E20749">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Develop and implement an efficient solution using Dynamic Programming.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2697" w:type="dxa"/>
+            <w:tcW w:w="3199" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3527C4A0" w14:textId="1F860ABE" w:rsidR="00675AAF" w:rsidRPr="009557C9" w:rsidRDefault="00675AAF" w:rsidP="00675AAF">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009557C9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>CO1, CO2, CO3, CO4, CO5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00675AAF" w:rsidRPr="00E023B7" w14:paraId="0EE92081" w14:textId="77777777" w:rsidTr="00300F7B">
+      <w:tr w:rsidR="00675AAF" w:rsidRPr="00E023B7" w14:paraId="0EE92081" w14:textId="77777777" w:rsidTr="005F64C8">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           </w:tblBorders>
           <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="458"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="877" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="670" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6258D692" w14:textId="2090BC59" w:rsidR="00675AAF" w:rsidRDefault="00675AAF" w:rsidP="00675AAF">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6520" w:type="dxa"/>
-            <w:gridSpan w:val="10"/>
+            <w:tcW w:w="6509" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="052C7789" w14:textId="4C0B2C72" w:rsidR="00675AAF" w:rsidRPr="00E20749" w:rsidRDefault="00675AAF" w:rsidP="00675AAF">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:leftChars="64" w:left="142" w:hanging="1"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E20749">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Use Backtracking design technique to implement a solution for a given problem.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2697" w:type="dxa"/>
+            <w:tcW w:w="3199" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="15F263BE" w14:textId="432E4369" w:rsidR="00675AAF" w:rsidRPr="009557C9" w:rsidRDefault="00675AAF" w:rsidP="00675AAF">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009557C9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>CO1, CO2, CO3, CO4, CO5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00675AAF" w:rsidRPr="00E023B7" w14:paraId="114CFCEC" w14:textId="77777777" w:rsidTr="00300F7B">
+      <w:tr w:rsidR="00675AAF" w:rsidRPr="00E023B7" w14:paraId="114CFCEC" w14:textId="77777777" w:rsidTr="005F64C8">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           </w:tblBorders>
           <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="458"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="877" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="670" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4E57519C" w14:textId="7861560E" w:rsidR="00675AAF" w:rsidRDefault="00675AAF" w:rsidP="00675AAF">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6520" w:type="dxa"/>
-            <w:gridSpan w:val="10"/>
+            <w:tcW w:w="6509" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="06E2AAD0" w14:textId="66AEB529" w:rsidR="00675AAF" w:rsidRPr="00E20749" w:rsidRDefault="00675AAF" w:rsidP="00675AAF">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:leftChars="64" w:left="142" w:hanging="1"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E20749">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Develop and implement an algorithm using Branch and Bound technique for solving a given problem.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2697" w:type="dxa"/>
+            <w:tcW w:w="3199" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="40BF9892" w14:textId="7A3257DB" w:rsidR="00675AAF" w:rsidRPr="009557C9" w:rsidRDefault="00675AAF" w:rsidP="00675AAF">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009557C9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>CO1, CO2, CO3, CO4, CO5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00675AAF" w:rsidRPr="00E023B7" w14:paraId="47E80CA2" w14:textId="77777777" w:rsidTr="00300F7B">
+      <w:tr w:rsidR="00675AAF" w:rsidRPr="00E023B7" w14:paraId="47E80CA2" w14:textId="77777777" w:rsidTr="005F64C8">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           </w:tblBorders>
           <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="458"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="877" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="670" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="12AFDAD6" w14:textId="350AAD5B" w:rsidR="00675AAF" w:rsidRDefault="00675AAF" w:rsidP="00675AAF">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6520" w:type="dxa"/>
-            <w:gridSpan w:val="10"/>
+            <w:tcW w:w="6509" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0616D471" w14:textId="77777777" w:rsidR="00675AAF" w:rsidRPr="00E20749" w:rsidRDefault="00675AAF" w:rsidP="00675AAF">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:leftChars="64" w:left="142" w:hanging="1"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E20749">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Case Study-1: </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7F6B10C4" w14:textId="2195ACE7" w:rsidR="00675AAF" w:rsidRPr="00E20749" w:rsidRDefault="00675AAF" w:rsidP="00675AAF">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:leftChars="64" w:left="142" w:hanging="1"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E20749">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Apply the most appropriate design technique to develop and implement an efficient solution for a given problem.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2697" w:type="dxa"/>
+            <w:tcW w:w="3199" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="496F24EA" w14:textId="23F7F471" w:rsidR="00675AAF" w:rsidRPr="009557C9" w:rsidRDefault="00675AAF" w:rsidP="00675AAF">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009557C9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>CO1, CO2, CO3, CO4, CO5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00675AAF" w:rsidRPr="00E023B7" w14:paraId="542BEC9C" w14:textId="77777777" w:rsidTr="00300F7B">
+      <w:tr w:rsidR="00675AAF" w:rsidRPr="00E023B7" w14:paraId="542BEC9C" w14:textId="77777777" w:rsidTr="005F64C8">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           </w:tblBorders>
           <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="458"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="877" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="670" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0BC4B5D8" w14:textId="7242C2D7" w:rsidR="00675AAF" w:rsidRDefault="00675AAF" w:rsidP="00675AAF">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6520" w:type="dxa"/>
-            <w:gridSpan w:val="10"/>
+            <w:tcW w:w="6509" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6DBA1092" w14:textId="77777777" w:rsidR="00675AAF" w:rsidRPr="00E20749" w:rsidRDefault="00675AAF" w:rsidP="00675AAF">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:leftChars="64" w:left="142" w:hanging="1"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E20749">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Case Study-2: </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1480D8B8" w14:textId="3E4EBD1E" w:rsidR="00675AAF" w:rsidRPr="00E20749" w:rsidRDefault="00675AAF" w:rsidP="00675AAF">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:leftChars="64" w:left="142" w:hanging="1"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E20749">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Develop and implement an optimal solution for a given problem by applying a suitable design technique.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2697" w:type="dxa"/>
+            <w:tcW w:w="3199" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2E06C121" w14:textId="7A69580E" w:rsidR="00675AAF" w:rsidRPr="009557C9" w:rsidRDefault="00675AAF" w:rsidP="00675AAF">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009557C9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>CO1, CO2, CO3, CO4, CO5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5B94FBAE" w14:textId="77777777" w:rsidR="00D9086A" w:rsidRDefault="00D9086A" w:rsidP="00D9086A">
-[...10 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10349" w:type="dxa"/>
         <w:tblInd w:w="-318" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10349"/>
       </w:tblGrid>
       <w:tr w:rsidR="00D9086A" w:rsidRPr="00E023B7" w14:paraId="5C85B01C" w14:textId="77777777" w:rsidTr="00505090">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10349" w:type="dxa"/>
@@ -5172,185 +5187,231 @@
               <w:spacing w:after="0"/>
               <w:ind w:leftChars="193" w:left="710" w:hanging="285"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B3C05">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
             <w:r w:rsidRPr="004B3C05">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:tab/>
-              <w:t>Computer Algorithms in C++, Ellis Horowitz, Sartaj</w:t>
+              <w:t xml:space="preserve">Computer Algorithms in C++, Ellis Horowitz, </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004B3C05">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Sartaj</w:t>
             </w:r>
             <w:r w:rsidR="00BE6516">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidRPr="004B3C05">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Sahni, Sanguthevar</w:t>
-            </w:r>
+              <w:t>Sahni</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004B3C05">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004B3C05">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Sanguthevar</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00BE6516">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="004B3C05">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Rajasekaran, 2</w:t>
             </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="004B3C05">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>nd</w:t>
             </w:r>
             <w:r w:rsidRPr="004B3C05">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">  Edition University Press</w:t>
+              <w:t xml:space="preserve">  Edition</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004B3C05">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> University Press</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D9086A" w:rsidRPr="00E023B7" w14:paraId="4CBD235D" w14:textId="77777777" w:rsidTr="00505090">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10349" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6F7DEB6A" w14:textId="77777777" w:rsidR="00D9086A" w:rsidRPr="00E023B7" w:rsidRDefault="00D9086A" w:rsidP="00505090">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="253" w:lineRule="exact"/>
               <w:ind w:left="110"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E023B7">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>References Text Book</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D9086A" w:rsidRPr="00E023B7" w14:paraId="54914CFB" w14:textId="77777777" w:rsidTr="00E20749">
+      <w:tr w:rsidR="00D9086A" w:rsidRPr="00E023B7" w14:paraId="54914CFB" w14:textId="77777777" w:rsidTr="005F64C8">
         <w:trPr>
-          <w:trHeight w:val="919"/>
+          <w:trHeight w:val="1019"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10349" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0C57FA18" w14:textId="77777777" w:rsidR="00394972" w:rsidRPr="00394972" w:rsidRDefault="00394972" w:rsidP="00394972">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Introduction to the Design &amp; Analysis of Algorithms, Anany Levitin, Third Edition, 2011, Pearson Education. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4766F9FD" w14:textId="3BA01DED" w:rsidR="00D9086A" w:rsidRPr="00394972" w:rsidRDefault="00394972" w:rsidP="00E20749">
             <w:pPr>
               <w:ind w:left="360"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>2.</w:t>
             </w:r>
             <w:r w:rsidR="00E20749">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">Data Structures and Algorithm Analysis in C, Mark Allen Weiss, 2002, Pearson. </w:t>
             </w:r>
             <w:r w:rsidR="00E20749">
               <w:t xml:space="preserve">                                                                     </w:t>
             </w:r>
             <w:r>
-              <w:t>3. Algorithm Design Techniques, Narasimha Karumanchi, CareerMonk Publications, 2018.</w:t>
+              <w:t xml:space="preserve">3. Algorithm Design Techniques, Narasimha Karumanchi, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>CareerMonk</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> Publications, 2018.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D9086A" w:rsidRPr="00E023B7" w14:paraId="58438A1A" w14:textId="77777777" w:rsidTr="00505090">
         <w:trPr>
           <w:trHeight w:val="335"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10349" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="65430C80" w14:textId="77777777" w:rsidR="00D9086A" w:rsidRPr="00E023B7" w:rsidRDefault="00D9086A" w:rsidP="00505090">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="253" w:lineRule="exact"/>
               <w:ind w:left="110"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E023B7">
@@ -5405,51 +5466,50 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="2C6D3F6B" w14:textId="2EBE2CDD" w:rsidR="007C082F" w:rsidRPr="007C082F" w:rsidRDefault="007C082F" w:rsidP="00D9086A">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:hyperlink r:id="rId6" w:history="1">
               <w:r w:rsidRPr="0025456D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>http://littlesvr.ca/dsa-html5-animations/sorting.php</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7BD50F7E" w14:textId="0BD5CDE1" w:rsidR="007C082F" w:rsidRPr="00E023B7" w:rsidRDefault="007C082F" w:rsidP="007C082F">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
@@ -5458,77 +5518,83 @@
               </w:pBdr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r w:rsidRPr="0025456D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>https://www.youtube.com/watch?v=AfYqN3fGapc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3C043135" w14:textId="77777777" w:rsidR="002476F0" w:rsidRDefault="002476F0"/>
-    <w:p w14:paraId="449EB44E" w14:textId="77777777" w:rsidR="00300F7B" w:rsidRDefault="00300F7B"/>
     <w:p w14:paraId="67E399E8" w14:textId="77777777" w:rsidR="00300F7B" w:rsidRDefault="00300F7B"/>
     <w:sectPr w:rsidR="00300F7B">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Mangal">
+    <w:panose1 w:val="00000400000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00008003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Bookman Old Style">
     <w:panose1 w:val="02050604050505020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="04CE11A2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5B762F88"/>
     <w:lvl w:ilvl="0" w:tplc="D9C87566">
@@ -5906,111 +5972,119 @@
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6621" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1048073552">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1609238466">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="830800267">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="419718185">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D9086A"/>
     <w:rsid w:val="000F53C1"/>
     <w:rsid w:val="000F59AD"/>
     <w:rsid w:val="000F7A2C"/>
     <w:rsid w:val="00163889"/>
     <w:rsid w:val="00174798"/>
+    <w:rsid w:val="001D0E21"/>
+    <w:rsid w:val="001E5FB8"/>
     <w:rsid w:val="00200FF0"/>
     <w:rsid w:val="002476F0"/>
     <w:rsid w:val="002C15C6"/>
     <w:rsid w:val="00300F7B"/>
     <w:rsid w:val="00394972"/>
     <w:rsid w:val="003F1DFE"/>
+    <w:rsid w:val="00491D1F"/>
     <w:rsid w:val="005143DC"/>
     <w:rsid w:val="005C7538"/>
+    <w:rsid w:val="005F64C8"/>
     <w:rsid w:val="0060433E"/>
     <w:rsid w:val="00675AAF"/>
     <w:rsid w:val="006825E6"/>
     <w:rsid w:val="00724C83"/>
+    <w:rsid w:val="00782789"/>
     <w:rsid w:val="007C082F"/>
     <w:rsid w:val="008D3BBD"/>
     <w:rsid w:val="00907D11"/>
     <w:rsid w:val="009557C9"/>
     <w:rsid w:val="009C4265"/>
     <w:rsid w:val="009D1694"/>
     <w:rsid w:val="00A84C45"/>
     <w:rsid w:val="00BB401D"/>
     <w:rsid w:val="00BE6516"/>
+    <w:rsid w:val="00D17D61"/>
     <w:rsid w:val="00D57203"/>
+    <w:rsid w:val="00D727EB"/>
     <w:rsid w:val="00D9086A"/>
     <w:rsid w:val="00DA369C"/>
     <w:rsid w:val="00DC3DAC"/>
     <w:rsid w:val="00DE72A3"/>
     <w:rsid w:val="00E20749"/>
     <w:rsid w:val="00F40B94"/>
     <w:rsid w:val="00FE54BC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-IN"/>
+  <w:themeFontLang w:val="en-IN" w:bidi="hi-IN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="167B29F3"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{2247ACF7-89F6-4B22-9B69-AE58C46EC08E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-IN" w:eastAsia="en-US" w:bidi="ar-SA"/>
@@ -6820,70 +6894,70 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>3058</Characters>
+  <Pages>2</Pages>
+  <Words>537</Words>
+  <Characters>3066</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>25</Lines>
   <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3587</CharactersWithSpaces>
+  <CharactersWithSpaces>3596</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Jyothsna Kilari</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>