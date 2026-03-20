--- v0 (2025-10-13)
+++ v1 (2026-03-20)
@@ -1,52 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="3DB4E3F9" w14:textId="77777777" w:rsidR="005235CA" w:rsidRPr="009508A0" w:rsidRDefault="005235CA" w:rsidP="005235CA">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="8" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="667" w:right="27"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009508A0">
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>PRASAD V. POTLURI SIDDHARTHA INSTITUTE OF TECHNOLOGY KANURU, VIJAYAWADA</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F9A98D4" w14:textId="77777777" w:rsidR="009508A0" w:rsidRPr="009508A0" w:rsidRDefault="009508A0" w:rsidP="005235CA">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="8" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="667" w:right="27"/>
@@ -79,59 +78,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidR="0077251C">
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>B.Tech</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> – I</w:t>
       </w:r>
       <w:r w:rsidR="00810C72">
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidR="005235CA" w:rsidRPr="009508A0">
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Sem</w:t>
       </w:r>
       <w:r w:rsidR="006E5901">
@@ -155,80 +156,82 @@
           <w:lang w:val="en-IN"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>20CS3402</w:t>
       </w:r>
       <w:r w:rsidR="005235CA" w:rsidRPr="009508A0">
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-IN"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="009508A0" w:rsidRPr="009508A0">
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="009508A0" w:rsidRPr="009508A0">
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="009508A0" w:rsidRPr="00F10FE3">
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="00F10FE3" w:rsidRPr="00F10FE3">
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Trebuchet MS" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Advanced</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00297AF8" w:rsidRPr="00F10FE3">
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Trebuchet MS" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00297AF8">
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Trebuchet MS" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Data Structures</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F2A5B2D" w14:textId="77777777" w:rsidR="00C20E51" w:rsidRPr="009508A0" w:rsidRDefault="00C20E51" w:rsidP="00612027">
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -243,197 +246,197 @@
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9828" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="700"/>
         <w:gridCol w:w="4835"/>
         <w:gridCol w:w="1937"/>
         <w:gridCol w:w="1057"/>
         <w:gridCol w:w="1299"/>
       </w:tblGrid>
       <w:tr w:rsidR="00612027" w:rsidRPr="009508A0" w14:paraId="2BA2F511" w14:textId="77777777" w:rsidTr="00F2513C">
         <w:trPr>
           <w:trHeight w:val="440"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="700" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="0070C0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="66F8810C" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="009508A0" w:rsidRDefault="00612027" w:rsidP="005246D1">
+          <w:p w14:paraId="66F8810C" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="009508A0" w:rsidRDefault="00612027" w:rsidP="00A15305">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009508A0">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>CO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4835" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="0070C0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="667B8FEF" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="009508A0" w:rsidRDefault="00612027" w:rsidP="005246D1">
+          <w:p w14:paraId="667B8FEF" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="009508A0" w:rsidRDefault="00612027" w:rsidP="00A15305">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009508A0">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>Statement</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1937" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="0070C0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2D4DB737" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="009508A0" w:rsidRDefault="00612027" w:rsidP="005246D1">
+          <w:p w14:paraId="2D4DB737" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="009508A0" w:rsidRDefault="00612027" w:rsidP="00A15305">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009508A0">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>Skill</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1057" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="0070C0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="197A8855" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="009508A0" w:rsidRDefault="00612027" w:rsidP="005246D1">
+          <w:p w14:paraId="197A8855" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="009508A0" w:rsidRDefault="00612027" w:rsidP="00A15305">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009508A0">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>Blooms</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1299" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="0070C0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0CCCE612" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="009508A0" w:rsidRDefault="00612027" w:rsidP="005246D1">
+          <w:p w14:paraId="0CCCE612" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="009508A0" w:rsidRDefault="00612027" w:rsidP="00A15305">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009508A0">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>Units</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F2513C" w:rsidRPr="009508A0" w14:paraId="1D63E0A8" w14:textId="77777777" w:rsidTr="00F10FE3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="700" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="25A04D51" w14:textId="77777777" w:rsidR="00F2513C" w:rsidRPr="00B75337" w:rsidRDefault="00F2513C" w:rsidP="005246D1">
+          <w:p w14:paraId="25A04D51" w14:textId="77777777" w:rsidR="00F2513C" w:rsidRPr="00B75337" w:rsidRDefault="00F2513C" w:rsidP="00A15305">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B75337">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>CO1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4835" w:type="dxa"/>
@@ -505,114 +508,114 @@
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009508A0">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>Understand</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1057" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="66BD4C8C" w14:textId="77777777" w:rsidR="00F2513C" w:rsidRPr="009508A0" w:rsidRDefault="00F2513C" w:rsidP="005246D1">
+          <w:p w14:paraId="66BD4C8C" w14:textId="77777777" w:rsidR="00F2513C" w:rsidRPr="009508A0" w:rsidRDefault="00F2513C" w:rsidP="00A15305">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009508A0">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>L2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1299" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="072E7C51" w14:textId="77777777" w:rsidR="00F2513C" w:rsidRPr="009508A0" w:rsidRDefault="00D851BB" w:rsidP="005246D1">
+          <w:p w14:paraId="072E7C51" w14:textId="77777777" w:rsidR="00F2513C" w:rsidRPr="009508A0" w:rsidRDefault="00D851BB" w:rsidP="00A15305">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>1,</w:t>
             </w:r>
             <w:r w:rsidR="00F2513C" w:rsidRPr="009508A0">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>2,3,4,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F2513C" w:rsidRPr="009508A0" w14:paraId="75BC216B" w14:textId="77777777" w:rsidTr="00F10FE3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="700" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1BAE4D79" w14:textId="77777777" w:rsidR="00F2513C" w:rsidRPr="00B75337" w:rsidRDefault="00F2513C" w:rsidP="005246D1">
+          <w:p w14:paraId="1BAE4D79" w14:textId="77777777" w:rsidR="00F2513C" w:rsidRPr="00B75337" w:rsidRDefault="00F2513C" w:rsidP="00A15305">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B75337">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>CO2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4835" w:type="dxa"/>
@@ -632,51 +635,67 @@
             <w:tblGrid>
               <w:gridCol w:w="4619"/>
             </w:tblGrid>
             <w:tr w:rsidR="00297AF8" w:rsidRPr="00F10FE3" w14:paraId="67D8BC07" w14:textId="77777777">
               <w:trPr>
                 <w:trHeight w:val="267"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="0" w:type="auto"/>
                 </w:tcPr>
                 <w:p w14:paraId="08DED687" w14:textId="77777777" w:rsidR="00297AF8" w:rsidRPr="00F10FE3" w:rsidRDefault="00297AF8" w:rsidP="00F10FE3">
                   <w:pPr>
                     <w:pStyle w:val="Default"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:sz w:val="23"/>
                       <w:szCs w:val="23"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00F10FE3">
                     <w:rPr>
                       <w:sz w:val="23"/>
                       <w:szCs w:val="23"/>
                     </w:rPr>
-                    <w:t>Apply Hashing and String Matching techniques for solving problems effectively.</w:t>
+                    <w:t xml:space="preserve">Apply Hashing and </w:t>
+                  </w:r>
+                  <w:proofErr w:type="gramStart"/>
+                  <w:r w:rsidRPr="00F10FE3">
+                    <w:rPr>
+                      <w:sz w:val="23"/>
+                      <w:szCs w:val="23"/>
+                    </w:rPr>
+                    <w:t>String Matching</w:t>
+                  </w:r>
+                  <w:proofErr w:type="gramEnd"/>
+                  <w:r w:rsidRPr="00F10FE3">
+                    <w:rPr>
+                      <w:sz w:val="23"/>
+                      <w:szCs w:val="23"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> techniques for solving problems effectively.</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p w14:paraId="00B24139" w14:textId="77777777" w:rsidR="00F2513C" w:rsidRPr="00F10FE3" w:rsidRDefault="00F2513C" w:rsidP="00F10FE3">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1937" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="517CD1AB" w14:textId="77777777" w:rsidR="00F2513C" w:rsidRDefault="00F2513C" w:rsidP="00F10FE3">
             <w:pPr>
@@ -723,114 +742,114 @@
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>Communication</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3CD0DB20" w14:textId="77777777" w:rsidR="00D03E92" w:rsidRPr="00D03E92" w:rsidRDefault="00D03E92" w:rsidP="00F10FE3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1057" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="33733DFB" w14:textId="77777777" w:rsidR="00F2513C" w:rsidRPr="009508A0" w:rsidRDefault="00F2513C" w:rsidP="005246D1">
+          <w:p w14:paraId="33733DFB" w14:textId="77777777" w:rsidR="00F2513C" w:rsidRPr="009508A0" w:rsidRDefault="00F2513C" w:rsidP="00A15305">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009508A0">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>L3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1299" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="671D9A7A" w14:textId="3528B02F" w:rsidR="00F2513C" w:rsidRPr="009508A0" w:rsidRDefault="001E7D84" w:rsidP="005246D1">
+          <w:p w14:paraId="671D9A7A" w14:textId="5038806A" w:rsidR="00F2513C" w:rsidRPr="009508A0" w:rsidRDefault="00F2513C" w:rsidP="00A15305">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
-              <w:t>1</w:t>
+              <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="00CF2FAE">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0089007E" w:rsidRPr="009508A0" w14:paraId="5B6F1BC3" w14:textId="77777777" w:rsidTr="00F10FE3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="700" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="55D1D199" w14:textId="46F0B465" w:rsidR="0089007E" w:rsidRPr="00B75337" w:rsidRDefault="0089007E" w:rsidP="005246D1">
+          <w:p w14:paraId="55D1D199" w14:textId="46F0B465" w:rsidR="0089007E" w:rsidRPr="00B75337" w:rsidRDefault="0089007E" w:rsidP="00A15305">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B75337">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>CO</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
@@ -898,105 +917,105 @@
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>Communication</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1057" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="151B6632" w14:textId="02C0011A" w:rsidR="0089007E" w:rsidRPr="009508A0" w:rsidRDefault="00CB1271" w:rsidP="005246D1">
+          <w:p w14:paraId="151B6632" w14:textId="02C0011A" w:rsidR="0089007E" w:rsidRPr="009508A0" w:rsidRDefault="00CB1271" w:rsidP="00A15305">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009508A0">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>L3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1299" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="572C596A" w14:textId="5F6E8270" w:rsidR="0089007E" w:rsidRDefault="00CB1271" w:rsidP="005246D1">
+          <w:p w14:paraId="572C596A" w14:textId="5F6E8270" w:rsidR="0089007E" w:rsidRDefault="00CB1271" w:rsidP="00A15305">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>2,3,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F2513C" w:rsidRPr="009508A0" w14:paraId="7C8C1976" w14:textId="77777777" w:rsidTr="00F10FE3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="700" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0A7791C5" w14:textId="77777777" w:rsidR="00F2513C" w:rsidRPr="00B75337" w:rsidRDefault="00F2513C" w:rsidP="005246D1">
+          <w:p w14:paraId="0A7791C5" w14:textId="77777777" w:rsidR="00F2513C" w:rsidRPr="00B75337" w:rsidRDefault="00F2513C" w:rsidP="00A15305">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B75337">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>CO4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4835" w:type="dxa"/>
@@ -1062,77 +1081,77 @@
           <w:p w14:paraId="156C1BF4" w14:textId="77777777" w:rsidR="00F2513C" w:rsidRPr="009508A0" w:rsidRDefault="00F2513C" w:rsidP="00F10FE3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009508A0">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Individual Performance, Communication</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1057" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6F791E0E" w14:textId="77777777" w:rsidR="00F2513C" w:rsidRPr="009508A0" w:rsidRDefault="00F2513C" w:rsidP="005246D1">
+          <w:p w14:paraId="6F791E0E" w14:textId="77777777" w:rsidR="00F2513C" w:rsidRPr="009508A0" w:rsidRDefault="00F2513C" w:rsidP="00A15305">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009508A0">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>L4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1299" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1482E4B1" w14:textId="76A01C8C" w:rsidR="00F2513C" w:rsidRPr="009508A0" w:rsidRDefault="00F2513C" w:rsidP="005246D1">
+          <w:p w14:paraId="1482E4B1" w14:textId="76A01C8C" w:rsidR="00F2513C" w:rsidRPr="009508A0" w:rsidRDefault="00F2513C" w:rsidP="00A15305">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>4,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="page" w:tblpX="270" w:tblpY="-164"/>
@@ -1233,51 +1252,51 @@
               </w:rPr>
               <w:t>Data Structures</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0E4E400C" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="00DC18B7" w:rsidRDefault="00612027" w:rsidP="00DC18B7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00612027" w:rsidRPr="009508A0" w14:paraId="42E1B2CB" w14:textId="77777777" w:rsidTr="004F480D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="921" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5A879D8C" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="009508A0" w:rsidRDefault="00612027" w:rsidP="005246D1">
+          <w:p w14:paraId="5A879D8C" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="009508A0" w:rsidRDefault="00612027" w:rsidP="00A15305">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009508A0">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>Unit No.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6524" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1285,82 +1304,82 @@
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009508A0">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>Contents</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2383" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5291EA98" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="009508A0" w:rsidRDefault="00612027" w:rsidP="005246D1">
+          <w:p w14:paraId="5291EA98" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="009508A0" w:rsidRDefault="00612027" w:rsidP="00A15305">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009508A0">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>Mapped CO</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004F480D" w:rsidRPr="009508A0" w14:paraId="7920087D" w14:textId="77777777" w:rsidTr="004F480D">
         <w:trPr>
           <w:trHeight w:val="1080"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="921" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6794ECF6" w14:textId="77777777" w:rsidR="004F480D" w:rsidRPr="009508A0" w:rsidRDefault="004F480D" w:rsidP="005246D1">
+          <w:p w14:paraId="6794ECF6" w14:textId="77777777" w:rsidR="004F480D" w:rsidRPr="009508A0" w:rsidRDefault="004F480D" w:rsidP="00A15305">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009508A0">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>I</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6524" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="39EFED7A" w14:textId="4AD63FC9" w:rsidR="004F480D" w:rsidRPr="004F480D" w:rsidRDefault="00810C72" w:rsidP="00D17DD9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
@@ -1379,506 +1398,577 @@
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>Hashing – General Idea, Hash Function, Separate Chaining, Hash Tables without linked lists: Linear Probing, Quadratic Probing, Double Hashing, Rehashing, Hash Tables in the Standard Library, Universal Hashing, Extendible Hashing.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2383" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4476226F" w14:textId="77777777" w:rsidR="004F480D" w:rsidRPr="004F480D" w:rsidRDefault="004F480D" w:rsidP="004F480D">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="2A28C526" w14:textId="3A089ECB" w:rsidR="004F480D" w:rsidRPr="004F480D" w:rsidRDefault="00A123FE" w:rsidP="007809F0">
+          <w:p w14:paraId="2A28C526" w14:textId="69AA69F8" w:rsidR="004F480D" w:rsidRPr="004F480D" w:rsidRDefault="00A123FE" w:rsidP="007809F0">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>CO1</w:t>
-            </w:r>
-[...7 lines deleted...]
-              <w:t>,CO2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004F480D" w:rsidRPr="009508A0" w14:paraId="2C532D0C" w14:textId="77777777" w:rsidTr="004F480D">
         <w:trPr>
           <w:trHeight w:val="1080"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="921" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5CF29167" w14:textId="77777777" w:rsidR="004F480D" w:rsidRPr="009508A0" w:rsidRDefault="004F480D" w:rsidP="005246D1">
+          <w:p w14:paraId="5CF29167" w14:textId="77777777" w:rsidR="004F480D" w:rsidRPr="009508A0" w:rsidRDefault="004F480D" w:rsidP="00A15305">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009508A0">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>II</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6524" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="696E68B6" w14:textId="1703139A" w:rsidR="004F480D" w:rsidRPr="004F480D" w:rsidRDefault="00810C72" w:rsidP="004F480D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6309"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:right="-1"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">Priority Queues (Heaps) – Model, Simple implementations, Binary Heap: Structure Property, Heap Order Property, </w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> Heap Operations: insert, delete, Percolate down, Other Heap Operations. Binomial Queues: Binomial Queue Structure, Binomial Queue Operations, Implementation of Binomial Queue, Priority Queues in the Standard Library. </w:t>
+              <w:t xml:space="preserve">Priority Queues (Heaps) – Model, Simple implementations, Binary Heap: Structure Property, Heap Order Property, Basic Heap Operations: insert, delete, Percolate down, Other Heap Operations. Binomial Queues: Binomial Queue Structure, Binomial Queue Operations, Implementation of Binomial Queue, Priority Queues in the Standard Library. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2383" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4BB3F465" w14:textId="77777777" w:rsidR="004F480D" w:rsidRPr="004F480D" w:rsidRDefault="004F480D" w:rsidP="004F480D">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="51B39E35" w14:textId="2C1C342F" w:rsidR="00A123FE" w:rsidRDefault="00666FBC" w:rsidP="00A123FE">
+          <w:p w14:paraId="51B39E35" w14:textId="4EC1E7D3" w:rsidR="00A123FE" w:rsidRDefault="00A123FE" w:rsidP="00A123FE">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
-              <w:t>CO1,</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="007809F0">
+              <w:t>CO</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
-              <w:t>CO3</w:t>
+              <w:t>1,C</w:t>
+            </w:r>
+            <w:r w:rsidR="007809F0">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>O2</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="007809F0">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>,CO3</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="72C93716" w14:textId="77777777" w:rsidR="004F480D" w:rsidRPr="004F480D" w:rsidRDefault="004F480D" w:rsidP="004F480D">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004F480D" w:rsidRPr="009508A0" w14:paraId="6C8B1499" w14:textId="77777777" w:rsidTr="004F480D">
         <w:trPr>
           <w:trHeight w:val="1080"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="921" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0DF3E820" w14:textId="77777777" w:rsidR="004F480D" w:rsidRPr="009508A0" w:rsidRDefault="004F480D" w:rsidP="005246D1">
+          <w:p w14:paraId="0DF3E820" w14:textId="77777777" w:rsidR="004F480D" w:rsidRPr="009508A0" w:rsidRDefault="004F480D" w:rsidP="00A15305">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009508A0">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>III</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6524" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="27262C98" w14:textId="0E54DC63" w:rsidR="004F480D" w:rsidRPr="004F480D" w:rsidRDefault="00810C72" w:rsidP="004F480D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1186"/>
                 <w:tab w:val="left" w:pos="1826"/>
                 <w:tab w:val="left" w:pos="2567"/>
                 <w:tab w:val="left" w:pos="3241"/>
                 <w:tab w:val="left" w:pos="4008"/>
                 <w:tab w:val="left" w:pos="5031"/>
                 <w:tab w:val="left" w:pos="6043"/>
                 <w:tab w:val="left" w:pos="6309"/>
               </w:tabs>
               <w:spacing w:before="6" w:line="276" w:lineRule="auto"/>
               <w:ind w:right="-1"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t>Trees – AVL: Single Rotation, Double Rotation, B-Trees. Multi-way Search Trees – 2-3 Trees: Searching for an Element in a 2-3 Tree, Inserting a New Element in a 2-3 Tree, Deleting an Element from a 2-3 Tree. Red-Black Trees – Properties of red-black trees, Rotations, Insertion, Deletion.</w:t>
+              <w:t xml:space="preserve">Trees – AVL: Single Rotation, Double Rotation, B-Trees. Multi-way Search Trees – 2-3 Trees: Searching for an Element in a 2-3 Tree, </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:t>Inserting</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> a New Element in a 2-3 Tree, Deleting an Element from a 2-3 Tree. Red-Black Trees – Properties of red-black trees, Rotations, Insertion, Deletion.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2383" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7E899124" w14:textId="77777777" w:rsidR="004F480D" w:rsidRPr="004F480D" w:rsidRDefault="004F480D" w:rsidP="004F480D">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7E920EAE" w14:textId="77777777" w:rsidR="00A123FE" w:rsidRDefault="00A123FE" w:rsidP="00A123FE">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
-              <w:t xml:space="preserve">CO1,CO3 </w:t>
+              <w:t>CO</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>1,CO</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="444A2C1C" w14:textId="77777777" w:rsidR="004F480D" w:rsidRPr="004F480D" w:rsidRDefault="004F480D" w:rsidP="004F480D">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004F480D" w:rsidRPr="009508A0" w14:paraId="66AD2D6F" w14:textId="77777777" w:rsidTr="004F480D">
         <w:trPr>
           <w:trHeight w:val="936"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="921" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2EA21709" w14:textId="77777777" w:rsidR="004F480D" w:rsidRPr="009508A0" w:rsidRDefault="004F480D" w:rsidP="005246D1">
+          <w:p w14:paraId="2EA21709" w14:textId="77777777" w:rsidR="004F480D" w:rsidRPr="009508A0" w:rsidRDefault="004F480D" w:rsidP="00A15305">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009508A0">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t xml:space="preserve"> IV</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6524" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2E0937EC" w14:textId="68C96CE9" w:rsidR="004F480D" w:rsidRPr="004F480D" w:rsidRDefault="00810C72" w:rsidP="00D17DD9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6309"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:right="-1"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">Graphs Algorithms – Elementary Graph Algorithms: Topological sort, Single Source Shortest Path Algorithms: </w:t>
-[...7 lines deleted...]
-              <w:t>, Bellman-Ford, All-Pairs Shortest Paths: Floyd-</w:t>
+              <w:t>Graphs Algorithms – Elementary Graph Algorithms: Topological sort, Single Source Shortest Path Algorithms: Dijkstra’s, Bellman-Ford, All-Pairs Shortest Paths: Floyd-</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Warshall’s</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> Algorithm.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2383" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1C5AE919" w14:textId="7A648C65" w:rsidR="004F480D" w:rsidRPr="004F480D" w:rsidRDefault="00A123FE" w:rsidP="00810C72">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
-              <w:t>CO1,CO3</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="007809F0">
+              <w:t>CO</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
-              <w:t>,CO4</w:t>
+              <w:t>1,CO3</w:t>
+            </w:r>
+            <w:r w:rsidR="007809F0">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>,CO</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="007809F0">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004F480D" w:rsidRPr="009508A0" w14:paraId="6B0FE4B8" w14:textId="77777777" w:rsidTr="004F480D">
         <w:trPr>
           <w:trHeight w:val="274"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="921" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1CB4F4DC" w14:textId="77777777" w:rsidR="004F480D" w:rsidRPr="009508A0" w:rsidRDefault="004F480D" w:rsidP="005246D1">
+          <w:p w14:paraId="1CB4F4DC" w14:textId="77777777" w:rsidR="004F480D" w:rsidRPr="009508A0" w:rsidRDefault="004F480D" w:rsidP="00A15305">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009508A0">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>V</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6524" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="73DEE499" w14:textId="0D8CD98B" w:rsidR="004F480D" w:rsidRPr="004F480D" w:rsidRDefault="00810C72" w:rsidP="00D17DD9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6309"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:right="-1"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t>Disjoint Sets – Equivalence relation, Basic Data Structure, Simple Union and Find algorithms, Smart Union and Path compression algorithm. String Matching – The naive string-matching algorithm, The Rabin-Karp algorithm, The Knuth-Morris-Pratt algorithm</w:t>
+              <w:t xml:space="preserve">Disjoint Sets – Equivalence relation, Basic Data Structure, Simple Union and Find algorithms, Smart </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:t>Union</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> and Path compression algorithm. String Matching – The naive string-matching algorithm, The Rabin-Karp algorithm, The Knuth-Morris-Pratt algorithm</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2383" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="48F4BB31" w14:textId="77777777" w:rsidR="004F480D" w:rsidRPr="004F480D" w:rsidRDefault="004F480D" w:rsidP="004F480D">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6FBE1925" w14:textId="77777777" w:rsidR="00A123FE" w:rsidRDefault="00A123FE" w:rsidP="00A123FE">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
-              <w:t xml:space="preserve">CO1,CO2,CO4 </w:t>
+              <w:t>CO</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>1,CO2</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">,CO4 </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6AD7922E" w14:textId="77777777" w:rsidR="004F480D" w:rsidRPr="004F480D" w:rsidRDefault="004F480D" w:rsidP="004F480D">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5BC66A57" w14:textId="77777777" w:rsidR="009F616B" w:rsidRDefault="009F616B" w:rsidP="00612027">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="24"/>
@@ -1951,2432 +2041,1866 @@
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9806" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="638"/>
         <w:gridCol w:w="612"/>
         <w:gridCol w:w="612"/>
         <w:gridCol w:w="612"/>
         <w:gridCol w:w="612"/>
         <w:gridCol w:w="612"/>
         <w:gridCol w:w="612"/>
         <w:gridCol w:w="612"/>
         <w:gridCol w:w="612"/>
         <w:gridCol w:w="612"/>
         <w:gridCol w:w="726"/>
         <w:gridCol w:w="726"/>
         <w:gridCol w:w="726"/>
         <w:gridCol w:w="739"/>
         <w:gridCol w:w="743"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00612027" w:rsidRPr="009508A0" w14:paraId="1615623D" w14:textId="77777777" w:rsidTr="005246D1">
+      <w:tr w:rsidR="00612027" w:rsidRPr="009508A0" w14:paraId="1615623D" w14:textId="77777777" w:rsidTr="00A15305">
         <w:trPr>
           <w:trHeight w:val="419"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9806" w:type="dxa"/>
             <w:gridSpan w:val="15"/>
           </w:tcPr>
-          <w:p w14:paraId="0F359803" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="009508A0" w:rsidRDefault="00612027" w:rsidP="005246D1">
+          <w:p w14:paraId="0F359803" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="009508A0" w:rsidRDefault="00612027" w:rsidP="00A15305">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009508A0">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Contribution of Course Outcomes towards achievement of Program Outcomes</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00612027" w:rsidRPr="009508A0" w14:paraId="43574079" w14:textId="77777777" w:rsidTr="00C173ED">
         <w:trPr>
           <w:trHeight w:val="419"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="638" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4D668C03" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="009508A0" w:rsidRDefault="00612027" w:rsidP="005246D1">
+          <w:p w14:paraId="4D668C03" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="009508A0" w:rsidRDefault="00612027" w:rsidP="00A15305">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="612" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="72161E5C" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="009508A0" w:rsidRDefault="00612027" w:rsidP="005246D1">
+          <w:p w14:paraId="72161E5C" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="009508A0" w:rsidRDefault="00612027" w:rsidP="00A15305">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009508A0">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>PO1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="612" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5597B65E" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="009508A0" w:rsidRDefault="00612027" w:rsidP="005246D1">
+          <w:p w14:paraId="5597B65E" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="009508A0" w:rsidRDefault="00612027" w:rsidP="00A15305">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009508A0">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>PO2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="612" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="383C133C" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="009508A0" w:rsidRDefault="00612027" w:rsidP="005246D1">
+          <w:p w14:paraId="383C133C" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="009508A0" w:rsidRDefault="00612027" w:rsidP="00A15305">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009508A0">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>PO3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="612" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="73BAAB87" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="009508A0" w:rsidRDefault="00612027" w:rsidP="005246D1">
+          <w:p w14:paraId="73BAAB87" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="009508A0" w:rsidRDefault="00612027" w:rsidP="00A15305">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009508A0">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>PO4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="612" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5B5345DD" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="009508A0" w:rsidRDefault="00612027" w:rsidP="005246D1">
+          <w:p w14:paraId="5B5345DD" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="009508A0" w:rsidRDefault="00612027" w:rsidP="00A15305">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009508A0">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>PO5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="612" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="24AC17D0" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="009508A0" w:rsidRDefault="00612027" w:rsidP="005246D1">
+          <w:p w14:paraId="24AC17D0" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="009508A0" w:rsidRDefault="00612027" w:rsidP="00A15305">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009508A0">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>PO6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="612" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="791A48F2" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="009508A0" w:rsidRDefault="00612027" w:rsidP="005246D1">
+          <w:p w14:paraId="791A48F2" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="009508A0" w:rsidRDefault="00612027" w:rsidP="00A15305">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009508A0">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>PO7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="612" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="006D6993" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="009508A0" w:rsidRDefault="00612027" w:rsidP="005246D1">
+          <w:p w14:paraId="006D6993" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="009508A0" w:rsidRDefault="00612027" w:rsidP="00A15305">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009508A0">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>PO8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="612" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0077D10C" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="009508A0" w:rsidRDefault="00612027" w:rsidP="005246D1">
+          <w:p w14:paraId="0077D10C" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="009508A0" w:rsidRDefault="00612027" w:rsidP="00A15305">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009508A0">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>PO9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="726" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0F9B6605" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="009508A0" w:rsidRDefault="00612027" w:rsidP="005246D1">
+          <w:p w14:paraId="0F9B6605" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="009508A0" w:rsidRDefault="00612027" w:rsidP="00A15305">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009508A0">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>PO10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="726" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="57A596AE" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="009508A0" w:rsidRDefault="00612027" w:rsidP="005246D1">
+          <w:p w14:paraId="57A596AE" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="009508A0" w:rsidRDefault="00612027" w:rsidP="00A15305">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009508A0">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>PO11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="726" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="06927FFF" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="009508A0" w:rsidRDefault="00612027" w:rsidP="005246D1">
+          <w:p w14:paraId="06927FFF" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="009508A0" w:rsidRDefault="00612027" w:rsidP="00A15305">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009508A0">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>PO12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="739" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3D450F49" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="009508A0" w:rsidRDefault="00612027" w:rsidP="005246D1">
+          <w:p w14:paraId="3D450F49" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="009508A0" w:rsidRDefault="00612027" w:rsidP="00A15305">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009508A0">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>PSO1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="743" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1D683F75" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="009508A0" w:rsidRDefault="00612027" w:rsidP="005246D1">
+          <w:p w14:paraId="1D683F75" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="009508A0" w:rsidRDefault="00612027" w:rsidP="00A15305">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009508A0">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>PSO2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00857F93" w:rsidRPr="00857F93" w14:paraId="150E76EF" w14:textId="77777777" w:rsidTr="005246D1">
+      <w:tr w:rsidR="00810C72" w:rsidRPr="009508A0" w14:paraId="150E76EF" w14:textId="77777777" w:rsidTr="00432BC9">
         <w:trPr>
           <w:trHeight w:val="419"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="638" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="05513B0D" w14:textId="77777777" w:rsidR="00857F93" w:rsidRPr="009508A0" w:rsidRDefault="00857F93" w:rsidP="00810C72">
+          <w:p w14:paraId="05513B0D" w14:textId="77777777" w:rsidR="00810C72" w:rsidRPr="009508A0" w:rsidRDefault="00810C72" w:rsidP="00810C72">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009508A0">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>CO1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="612" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="18531414" w14:textId="043C7232" w:rsidR="00857F93" w:rsidRPr="00637144" w:rsidRDefault="00857F93" w:rsidP="00637144">
-[...3 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="18531414" w14:textId="77777777" w:rsidR="00810C72" w:rsidRPr="009508A0" w:rsidRDefault="00810C72" w:rsidP="00810C72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00685320">
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
-            </w:pPr>
-[...8 lines deleted...]
-              <w:t>3</w:t>
+              <w:t>√</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="612" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4635F924" w14:textId="6F7E0C7A" w:rsidR="00857F93" w:rsidRPr="00637144" w:rsidRDefault="00857F93" w:rsidP="00810C72">
-[...19 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="4635F924" w14:textId="77777777" w:rsidR="00810C72" w:rsidRPr="009508A0" w:rsidRDefault="00810C72" w:rsidP="00810C72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="612" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1FA3A48F" w14:textId="26C96CEA" w:rsidR="00857F93" w:rsidRPr="00637144" w:rsidRDefault="00857F93" w:rsidP="00810C72">
-[...19 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="1FA3A48F" w14:textId="77777777" w:rsidR="00810C72" w:rsidRPr="009508A0" w:rsidRDefault="00810C72" w:rsidP="00810C72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="612" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="63ECCA8E" w14:textId="50733B35" w:rsidR="00857F93" w:rsidRPr="00637144" w:rsidRDefault="00857F93" w:rsidP="00810C72">
-[...19 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="63ECCA8E" w14:textId="77777777" w:rsidR="00810C72" w:rsidRPr="009508A0" w:rsidRDefault="00810C72" w:rsidP="00810C72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="612" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0E2383CE" w14:textId="4C3E0011" w:rsidR="00857F93" w:rsidRPr="00637144" w:rsidRDefault="00857F93" w:rsidP="00810C72">
-[...19 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="0E2383CE" w14:textId="77777777" w:rsidR="00810C72" w:rsidRPr="009508A0" w:rsidRDefault="00810C72" w:rsidP="00810C72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="612" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="03841DA0" w14:textId="5E239A58" w:rsidR="00857F93" w:rsidRPr="00637144" w:rsidRDefault="00857F93" w:rsidP="00810C72">
-[...19 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="03841DA0" w14:textId="77777777" w:rsidR="00810C72" w:rsidRPr="009508A0" w:rsidRDefault="00810C72" w:rsidP="00810C72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="612" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7E7147E8" w14:textId="6C09F566" w:rsidR="00857F93" w:rsidRPr="00637144" w:rsidRDefault="00857F93" w:rsidP="00810C72">
-[...19 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="7E7147E8" w14:textId="77777777" w:rsidR="00810C72" w:rsidRPr="009508A0" w:rsidRDefault="00810C72" w:rsidP="00810C72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="612" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5AE085BE" w14:textId="1D75D3DD" w:rsidR="00857F93" w:rsidRPr="00637144" w:rsidRDefault="00857F93" w:rsidP="00810C72">
-[...19 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="5AE085BE" w14:textId="77777777" w:rsidR="00810C72" w:rsidRPr="009508A0" w:rsidRDefault="00810C72" w:rsidP="00810C72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="612" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7277AA9A" w14:textId="56ED16AB" w:rsidR="00857F93" w:rsidRPr="00637144" w:rsidRDefault="00857F93" w:rsidP="00810C72">
-[...19 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="7277AA9A" w14:textId="42D2082C" w:rsidR="00810C72" w:rsidRPr="009508A0" w:rsidRDefault="00810C72" w:rsidP="00810C72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="726" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="73D8DB51" w14:textId="64D02425" w:rsidR="00857F93" w:rsidRPr="00637144" w:rsidRDefault="00857F93" w:rsidP="00810C72">
-[...19 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="73D8DB51" w14:textId="53AA2ECB" w:rsidR="00810C72" w:rsidRPr="009508A0" w:rsidRDefault="00810C72" w:rsidP="00810C72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="726" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6162988D" w14:textId="5CB88ED0" w:rsidR="00857F93" w:rsidRPr="00637144" w:rsidRDefault="00857F93" w:rsidP="00810C72">
-[...19 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="6162988D" w14:textId="77777777" w:rsidR="00810C72" w:rsidRPr="009508A0" w:rsidRDefault="00810C72" w:rsidP="00810C72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="726" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:vAlign w:val="center"/>
-[...21 lines deleted...]
-            </w:r>
+          </w:tcPr>
+          <w:p w14:paraId="1E83493E" w14:textId="53BEA419" w:rsidR="00810C72" w:rsidRPr="009508A0" w:rsidRDefault="00810C72" w:rsidP="00810C72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="739" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:vAlign w:val="center"/>
-[...21 lines deleted...]
-            </w:r>
+          </w:tcPr>
+          <w:p w14:paraId="2D9D9835" w14:textId="4FB7A841" w:rsidR="00810C72" w:rsidRPr="009508A0" w:rsidRDefault="00810C72" w:rsidP="00810C72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="743" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:vAlign w:val="center"/>
-[...21 lines deleted...]
-            </w:r>
+          </w:tcPr>
+          <w:p w14:paraId="11E4E413" w14:textId="21D6FD14" w:rsidR="00810C72" w:rsidRPr="009508A0" w:rsidRDefault="00810C72" w:rsidP="00810C72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00857F93" w:rsidRPr="00857F93" w14:paraId="7D76A765" w14:textId="77777777" w:rsidTr="00F10FE3">
+      <w:tr w:rsidR="00FD2413" w:rsidRPr="009508A0" w14:paraId="7D76A765" w14:textId="77777777" w:rsidTr="00F10FE3">
         <w:trPr>
           <w:trHeight w:val="419"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="638" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="66F573FB" w14:textId="77777777" w:rsidR="00857F93" w:rsidRPr="009508A0" w:rsidRDefault="00857F93" w:rsidP="009F616B">
+          <w:p w14:paraId="66F573FB" w14:textId="77777777" w:rsidR="00FD2413" w:rsidRPr="009508A0" w:rsidRDefault="00FD2413" w:rsidP="009F616B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009508A0">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>CO2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="612" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="716F571F" w14:textId="4CAE5DDD" w:rsidR="00857F93" w:rsidRPr="00637144" w:rsidRDefault="00857F93" w:rsidP="00F10FE3">
-[...4 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="716F571F" w14:textId="39134ED1" w:rsidR="00FD2413" w:rsidRDefault="00810C72" w:rsidP="00F10FE3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00685320">
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
-            </w:pPr>
-[...8 lines deleted...]
-              <w:t>2</w:t>
+              <w:t>√</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="612" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="576E3287" w14:textId="22AB7D33" w:rsidR="00857F93" w:rsidRPr="00637144" w:rsidRDefault="00857F93" w:rsidP="00F10FE3">
-[...19 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="576E3287" w14:textId="77777777" w:rsidR="00FD2413" w:rsidRPr="009508A0" w:rsidRDefault="00FD2413" w:rsidP="00F10FE3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="612" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="39953F08" w14:textId="12237EDA" w:rsidR="00857F93" w:rsidRPr="00637144" w:rsidRDefault="00857F93" w:rsidP="00F10FE3">
-[...19 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="39953F08" w14:textId="77777777" w:rsidR="00FD2413" w:rsidRPr="009508A0" w:rsidRDefault="00FD2413" w:rsidP="00F10FE3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="612" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2D9FF584" w14:textId="2A5A0D95" w:rsidR="00857F93" w:rsidRPr="00637144" w:rsidRDefault="00857F93" w:rsidP="00F10FE3">
-[...19 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="2D9FF584" w14:textId="77777777" w:rsidR="00FD2413" w:rsidRPr="009508A0" w:rsidRDefault="00FD2413" w:rsidP="00F10FE3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="612" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6C9A9A19" w14:textId="1A31C09A" w:rsidR="00857F93" w:rsidRPr="00637144" w:rsidRDefault="00857F93" w:rsidP="00F10FE3">
-[...19 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="6C9A9A19" w14:textId="77777777" w:rsidR="00FD2413" w:rsidRPr="009508A0" w:rsidRDefault="00FD2413" w:rsidP="00F10FE3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="612" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0216A66D" w14:textId="5589A878" w:rsidR="00857F93" w:rsidRPr="00637144" w:rsidRDefault="00857F93" w:rsidP="00F10FE3">
-[...19 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="0216A66D" w14:textId="77777777" w:rsidR="00FD2413" w:rsidRPr="009508A0" w:rsidRDefault="00FD2413" w:rsidP="00F10FE3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="612" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="39FB4218" w14:textId="2E3C2F46" w:rsidR="00857F93" w:rsidRPr="00637144" w:rsidRDefault="00857F93" w:rsidP="00F10FE3">
-[...19 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="39FB4218" w14:textId="77777777" w:rsidR="00FD2413" w:rsidRPr="009508A0" w:rsidRDefault="00FD2413" w:rsidP="00F10FE3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="612" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="772369C9" w14:textId="32173CCA" w:rsidR="00857F93" w:rsidRPr="00637144" w:rsidRDefault="00857F93" w:rsidP="00F10FE3">
-[...19 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="772369C9" w14:textId="77777777" w:rsidR="00FD2413" w:rsidRPr="009508A0" w:rsidRDefault="00FD2413" w:rsidP="00F10FE3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="612" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="249E3769" w14:textId="4083DA5D" w:rsidR="00857F93" w:rsidRPr="00637144" w:rsidRDefault="00857F93" w:rsidP="00F10FE3">
-[...4 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="249E3769" w14:textId="48A70CC9" w:rsidR="00FD2413" w:rsidRDefault="00810C72" w:rsidP="00F10FE3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00685320">
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
-            </w:pPr>
-[...8 lines deleted...]
-              <w:t> </w:t>
+              <w:t>√</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="726" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="64C0867E" w14:textId="12B5403B" w:rsidR="00857F93" w:rsidRPr="00637144" w:rsidRDefault="00857F93" w:rsidP="00F10FE3">
-[...4 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="64C0867E" w14:textId="77777777" w:rsidR="00FD2413" w:rsidRDefault="00FD2413" w:rsidP="00F10FE3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE4660">
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
-            </w:pPr>
-[...8 lines deleted...]
-              <w:t>1</w:t>
+              <w:t>√</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="726" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="48F47753" w14:textId="67EDFD35" w:rsidR="00857F93" w:rsidRPr="00637144" w:rsidRDefault="00857F93" w:rsidP="00F10FE3">
-[...19 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="48F47753" w14:textId="77777777" w:rsidR="00FD2413" w:rsidRPr="009508A0" w:rsidRDefault="00FD2413" w:rsidP="00F10FE3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="726" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6592860A" w14:textId="3017C6D4" w:rsidR="00857F93" w:rsidRPr="00637144" w:rsidRDefault="00857F93" w:rsidP="00F10FE3">
-[...4 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="6592860A" w14:textId="4BA247E5" w:rsidR="00FD2413" w:rsidRPr="009508A0" w:rsidRDefault="00810C72" w:rsidP="00F10FE3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00685320">
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
-            </w:pPr>
-[...8 lines deleted...]
-              <w:t> </w:t>
+              <w:t>√</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="739" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="412D1423" w14:textId="1B336E10" w:rsidR="00857F93" w:rsidRPr="00637144" w:rsidRDefault="00857F93" w:rsidP="00F10FE3">
-[...4 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="412D1423" w14:textId="2BAD03F8" w:rsidR="00FD2413" w:rsidRDefault="00810C72" w:rsidP="00F10FE3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00685320">
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
-            </w:pPr>
-[...8 lines deleted...]
-              <w:t> </w:t>
+              <w:t>√</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="743" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="796A48C5" w14:textId="1F121463" w:rsidR="00857F93" w:rsidRPr="00637144" w:rsidRDefault="00857F93" w:rsidP="00F10FE3">
-[...4 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="796A48C5" w14:textId="77777777" w:rsidR="00FD2413" w:rsidRDefault="00201FE9" w:rsidP="00F10FE3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E42ACC">
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
-            </w:pPr>
-[...8 lines deleted...]
-              <w:t> </w:t>
+              <w:t>√</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00857F93" w:rsidRPr="00857F93" w14:paraId="66D4AC11" w14:textId="77777777" w:rsidTr="005246D1">
+      <w:tr w:rsidR="00810C72" w:rsidRPr="009508A0" w14:paraId="66D4AC11" w14:textId="77777777" w:rsidTr="004B0C2D">
         <w:trPr>
           <w:trHeight w:val="419"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="638" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4C00DB61" w14:textId="77777777" w:rsidR="00857F93" w:rsidRPr="009508A0" w:rsidRDefault="00857F93" w:rsidP="00810C72">
+          <w:p w14:paraId="4C00DB61" w14:textId="77777777" w:rsidR="00810C72" w:rsidRPr="009508A0" w:rsidRDefault="00810C72" w:rsidP="00810C72">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009508A0">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>CO3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="612" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="57ED04A9" w14:textId="13A4D2C3" w:rsidR="00857F93" w:rsidRPr="00637144" w:rsidRDefault="00857F93" w:rsidP="00810C72">
-[...4 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="57ED04A9" w14:textId="34C36FDC" w:rsidR="00810C72" w:rsidRPr="00F10FE3" w:rsidRDefault="00810C72" w:rsidP="00810C72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00685320">
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
-            </w:pPr>
-[...8 lines deleted...]
-              <w:t> </w:t>
+              <w:t>√</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="612" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3AD89ADE" w14:textId="7FBCA5D4" w:rsidR="00857F93" w:rsidRPr="00637144" w:rsidRDefault="00857F93" w:rsidP="00810C72">
-[...19 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="3AD89ADE" w14:textId="77777777" w:rsidR="00810C72" w:rsidRPr="009508A0" w:rsidRDefault="00810C72" w:rsidP="00810C72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="612" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="22B9F777" w14:textId="4DC43A3A" w:rsidR="00857F93" w:rsidRPr="00637144" w:rsidRDefault="00857F93" w:rsidP="00810C72">
-[...19 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="22B9F777" w14:textId="77777777" w:rsidR="00810C72" w:rsidRPr="009508A0" w:rsidRDefault="00810C72" w:rsidP="00810C72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="612" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="53574847" w14:textId="5693B424" w:rsidR="00857F93" w:rsidRPr="00637144" w:rsidRDefault="00857F93" w:rsidP="00810C72">
-[...19 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="53574847" w14:textId="77777777" w:rsidR="00810C72" w:rsidRPr="009508A0" w:rsidRDefault="00810C72" w:rsidP="00810C72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="612" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="567CA089" w14:textId="7825DFF0" w:rsidR="00857F93" w:rsidRPr="00637144" w:rsidRDefault="00857F93" w:rsidP="00810C72">
-[...19 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="567CA089" w14:textId="77777777" w:rsidR="00810C72" w:rsidRPr="009508A0" w:rsidRDefault="00810C72" w:rsidP="00810C72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="612" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="06279252" w14:textId="699046DF" w:rsidR="00857F93" w:rsidRPr="00637144" w:rsidRDefault="00857F93" w:rsidP="00810C72">
-[...19 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="06279252" w14:textId="77777777" w:rsidR="00810C72" w:rsidRPr="009508A0" w:rsidRDefault="00810C72" w:rsidP="00810C72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="612" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="37251281" w14:textId="7B50AC9C" w:rsidR="00857F93" w:rsidRPr="00637144" w:rsidRDefault="00857F93" w:rsidP="00810C72">
-[...19 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="37251281" w14:textId="77777777" w:rsidR="00810C72" w:rsidRPr="009508A0" w:rsidRDefault="00810C72" w:rsidP="00810C72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="612" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2443B9FA" w14:textId="1403A306" w:rsidR="00857F93" w:rsidRPr="00637144" w:rsidRDefault="00857F93" w:rsidP="00810C72">
-[...19 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="2443B9FA" w14:textId="77777777" w:rsidR="00810C72" w:rsidRPr="009508A0" w:rsidRDefault="00810C72" w:rsidP="00810C72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="612" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:vAlign w:val="center"/>
-[...6 lines deleted...]
-                <w:b/>
+          </w:tcPr>
+          <w:p w14:paraId="554280DD" w14:textId="576E56BA" w:rsidR="00810C72" w:rsidRDefault="00810C72" w:rsidP="00810C72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0075249D">
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
-            </w:pPr>
-[...8 lines deleted...]
-              <w:t> </w:t>
+              <w:t>√</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="726" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:vAlign w:val="center"/>
-[...6 lines deleted...]
-                <w:b/>
+          </w:tcPr>
+          <w:p w14:paraId="73567E57" w14:textId="3F020832" w:rsidR="00810C72" w:rsidRDefault="00810C72" w:rsidP="00810C72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0075249D">
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
-            </w:pPr>
-[...8 lines deleted...]
-              <w:t> </w:t>
+              <w:t>√</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="726" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5839CA90" w14:textId="4D5F3DA1" w:rsidR="00857F93" w:rsidRPr="00637144" w:rsidRDefault="00857F93" w:rsidP="00810C72">
-[...19 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="5839CA90" w14:textId="77777777" w:rsidR="00810C72" w:rsidRPr="009508A0" w:rsidRDefault="00810C72" w:rsidP="00810C72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="726" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3C1CD300" w14:textId="083D5623" w:rsidR="00857F93" w:rsidRPr="00637144" w:rsidRDefault="00857F93" w:rsidP="00810C72">
-[...4 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="3C1CD300" w14:textId="4C012BD9" w:rsidR="00810C72" w:rsidRPr="009508A0" w:rsidRDefault="00810C72" w:rsidP="00810C72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00685320">
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
-            </w:pPr>
-[...8 lines deleted...]
-              <w:t> </w:t>
+              <w:t>√</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="739" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="38D774ED" w14:textId="07DD7A70" w:rsidR="00857F93" w:rsidRPr="00637144" w:rsidRDefault="00857F93" w:rsidP="00810C72">
-[...4 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="38D774ED" w14:textId="77777777" w:rsidR="00810C72" w:rsidRDefault="00810C72" w:rsidP="00810C72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E42ACC">
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
-            </w:pPr>
-[...8 lines deleted...]
-              <w:t>3</w:t>
+              <w:t>√</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="743" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3CAD7E57" w14:textId="0C58A539" w:rsidR="00857F93" w:rsidRPr="00637144" w:rsidRDefault="00857F93" w:rsidP="00810C72">
-[...4 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="3CAD7E57" w14:textId="63FBFAD2" w:rsidR="00810C72" w:rsidRDefault="00810C72" w:rsidP="00810C72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00685320">
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
-            </w:pPr>
-[...8 lines deleted...]
-              <w:t>1</w:t>
+              <w:t>√</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00857F93" w:rsidRPr="00857F93" w14:paraId="74E201CE" w14:textId="77777777" w:rsidTr="00F10FE3">
+      <w:tr w:rsidR="00F10FE3" w:rsidRPr="009508A0" w14:paraId="74E201CE" w14:textId="77777777" w:rsidTr="00F10FE3">
         <w:trPr>
           <w:trHeight w:val="419"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="638" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="07D9E790" w14:textId="77777777" w:rsidR="00857F93" w:rsidRPr="009508A0" w:rsidRDefault="00857F93" w:rsidP="009F616B">
+          <w:p w14:paraId="07D9E790" w14:textId="77777777" w:rsidR="00F10FE3" w:rsidRPr="009508A0" w:rsidRDefault="00F10FE3" w:rsidP="009F616B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009508A0">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>CO4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="612" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4D953B8E" w14:textId="5ADF47EA" w:rsidR="00857F93" w:rsidRPr="00637144" w:rsidRDefault="00857F93" w:rsidP="00F10FE3">
-[...19 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="4D953B8E" w14:textId="77777777" w:rsidR="00F10FE3" w:rsidRPr="009508A0" w:rsidRDefault="00F10FE3" w:rsidP="00F10FE3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="612" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="711A91EC" w14:textId="417B5DF8" w:rsidR="00857F93" w:rsidRPr="00637144" w:rsidRDefault="00857F93" w:rsidP="00F10FE3">
-[...4 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="711A91EC" w14:textId="77777777" w:rsidR="00F10FE3" w:rsidRPr="009508A0" w:rsidRDefault="00F10FE3" w:rsidP="00F10FE3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00685320">
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
-            </w:pPr>
-[...8 lines deleted...]
-              <w:t>2</w:t>
+              <w:t>√</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="612" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="235CF4AF" w14:textId="4B63A6B3" w:rsidR="00857F93" w:rsidRPr="00637144" w:rsidRDefault="00857F93" w:rsidP="00F10FE3">
-[...19 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="235CF4AF" w14:textId="77777777" w:rsidR="00F10FE3" w:rsidRPr="009508A0" w:rsidRDefault="00F10FE3" w:rsidP="00F10FE3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="612" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4023B16B" w14:textId="7A329993" w:rsidR="00857F93" w:rsidRPr="00637144" w:rsidRDefault="00857F93" w:rsidP="00F10FE3">
-[...19 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="4023B16B" w14:textId="77777777" w:rsidR="00F10FE3" w:rsidRPr="009508A0" w:rsidRDefault="00F10FE3" w:rsidP="00F10FE3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="612" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="345A3987" w14:textId="1C1B4921" w:rsidR="00857F93" w:rsidRPr="00637144" w:rsidRDefault="00857F93" w:rsidP="00F10FE3">
-[...19 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="345A3987" w14:textId="77777777" w:rsidR="00F10FE3" w:rsidRPr="009508A0" w:rsidRDefault="00F10FE3" w:rsidP="00F10FE3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="612" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="045DB9DA" w14:textId="3E5988C2" w:rsidR="00857F93" w:rsidRPr="00637144" w:rsidRDefault="00857F93" w:rsidP="00F10FE3">
-[...19 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="045DB9DA" w14:textId="77777777" w:rsidR="00F10FE3" w:rsidRPr="009508A0" w:rsidRDefault="00F10FE3" w:rsidP="00F10FE3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="612" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1AAF9074" w14:textId="355218A7" w:rsidR="00857F93" w:rsidRPr="00637144" w:rsidRDefault="00857F93" w:rsidP="00F10FE3">
-[...19 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="1AAF9074" w14:textId="77777777" w:rsidR="00F10FE3" w:rsidRPr="009508A0" w:rsidRDefault="00F10FE3" w:rsidP="00F10FE3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="612" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5C4564B7" w14:textId="7974B7B4" w:rsidR="00857F93" w:rsidRPr="00637144" w:rsidRDefault="00857F93" w:rsidP="00F10FE3">
-[...19 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="5C4564B7" w14:textId="77777777" w:rsidR="00F10FE3" w:rsidRPr="009508A0" w:rsidRDefault="00F10FE3" w:rsidP="00F10FE3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="612" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6D35B19F" w14:textId="788BBAE5" w:rsidR="00857F93" w:rsidRPr="00637144" w:rsidRDefault="00857F93" w:rsidP="00F10FE3">
-[...4 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="6D35B19F" w14:textId="77777777" w:rsidR="00F10FE3" w:rsidRDefault="00F10FE3" w:rsidP="00F10FE3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00DB7077">
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
-            </w:pPr>
-[...8 lines deleted...]
-              <w:t>1</w:t>
+              <w:t>√</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="726" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3FEC053E" w14:textId="1231AFDB" w:rsidR="00857F93" w:rsidRPr="00637144" w:rsidRDefault="00857F93" w:rsidP="00F10FE3">
-[...4 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="3FEC053E" w14:textId="77777777" w:rsidR="00F10FE3" w:rsidRDefault="00F10FE3" w:rsidP="00F10FE3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00DB7077">
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
-            </w:pPr>
-[...8 lines deleted...]
-              <w:t>1</w:t>
+              <w:t>√</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="726" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5C91E554" w14:textId="47A15F60" w:rsidR="00857F93" w:rsidRPr="00637144" w:rsidRDefault="00857F93" w:rsidP="00F10FE3">
-[...19 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="5C91E554" w14:textId="77777777" w:rsidR="00F10FE3" w:rsidRPr="009508A0" w:rsidRDefault="00F10FE3" w:rsidP="00F10FE3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="726" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="64179E21" w14:textId="435DE389" w:rsidR="00857F93" w:rsidRPr="00637144" w:rsidRDefault="00857F93" w:rsidP="00F10FE3">
-[...4 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="64179E21" w14:textId="77777777" w:rsidR="00F10FE3" w:rsidRDefault="00F10FE3" w:rsidP="00F10FE3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00DB7077">
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
-            </w:pPr>
-[...8 lines deleted...]
-              <w:t>1</w:t>
+              <w:t>√</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="739" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="791A574A" w14:textId="7F34B09B" w:rsidR="00857F93" w:rsidRPr="00637144" w:rsidRDefault="00857F93" w:rsidP="00F10FE3">
-[...19 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="791A574A" w14:textId="77777777" w:rsidR="00F10FE3" w:rsidRDefault="00F10FE3" w:rsidP="00F10FE3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="743" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0293A307" w14:textId="6BF7AEFF" w:rsidR="00857F93" w:rsidRPr="00637144" w:rsidRDefault="00857F93" w:rsidP="00F10FE3">
-[...4 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="0293A307" w14:textId="54D24612" w:rsidR="00F10FE3" w:rsidRDefault="00810C72" w:rsidP="00F10FE3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00685320">
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
-            </w:pPr>
-[...8 lines deleted...]
-              <w:t> </w:t>
+              <w:t>√</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1D6C39DF" w14:textId="5B8CECDB" w:rsidR="00612027" w:rsidRPr="00637144" w:rsidRDefault="00857F93" w:rsidP="00612027">
+    <w:p w14:paraId="1D6C39DF" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="009508A0" w:rsidRDefault="00612027" w:rsidP="00612027">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IN"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...8 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="5BF4D822" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="009508A0" w:rsidRDefault="00612027" w:rsidP="00612027">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009508A0">
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Strength of Correlation</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B146C10" w14:textId="77777777" w:rsidR="008B4211" w:rsidRDefault="00612027" w:rsidP="00612027">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009508A0">
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Distribution of marks weightage to PO’s through CO’s. </w:t>
+        <w:t xml:space="preserve">Distribution of marks weightage to </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009508A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PO’s</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009508A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> through </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009508A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>CO’s</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009508A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3982883D" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="008B4211" w:rsidRDefault="00612027" w:rsidP="008B4211">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008B4211">
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The strength of correlation levels is based on percentage of marks distribution towards PO.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1688"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2331"/>
+        <w:gridCol w:w="1646"/>
+        <w:gridCol w:w="2539"/>
+        <w:gridCol w:w="2554"/>
+        <w:gridCol w:w="2277"/>
       </w:tblGrid>
       <w:tr w:rsidR="00612027" w:rsidRPr="009508A0" w14:paraId="6394FAE4" w14:textId="77777777" w:rsidTr="008E6573">
         <w:trPr>
           <w:trHeight w:val="329"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1688" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5FB1719D" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="009508A0" w:rsidRDefault="00612027" w:rsidP="005246D1">
+          <w:p w14:paraId="5FB1719D" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="009508A0" w:rsidRDefault="00612027" w:rsidP="00A15305">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009508A0">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>CIE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2581" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="31849B" w:themeFill="accent5" w:themeFillShade="BF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="35606BA1" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="009508A0" w:rsidRDefault="00612027" w:rsidP="005246D1">
+          <w:p w14:paraId="35606BA1" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="009508A0" w:rsidRDefault="00612027" w:rsidP="00A15305">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009508A0">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Test</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2597" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="31849B" w:themeFill="accent5" w:themeFillShade="BF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4F0DBFED" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="009508A0" w:rsidRDefault="00612027" w:rsidP="005246D1">
+          <w:p w14:paraId="4F0DBFED" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="009508A0" w:rsidRDefault="00612027" w:rsidP="00A15305">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009508A0">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Test Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2331" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="31849B" w:themeFill="accent5" w:themeFillShade="BF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5D88C907" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="009508A0" w:rsidRDefault="00612027" w:rsidP="005246D1">
+          <w:p w14:paraId="5D88C907" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="009508A0" w:rsidRDefault="00612027" w:rsidP="00A15305">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009508A0">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Marks</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00612027" w:rsidRPr="009508A0" w14:paraId="5461F05D" w14:textId="77777777" w:rsidTr="008E6573">
         <w:trPr>
           <w:trHeight w:val="329"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1688" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="6569E580" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="009508A0" w:rsidRDefault="00612027" w:rsidP="005246D1">
+          <w:p w14:paraId="6569E580" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="009508A0" w:rsidRDefault="00612027" w:rsidP="00A15305">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2581" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2A965630" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="009508A0" w:rsidRDefault="00327588" w:rsidP="001F642A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009508A0">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
@@ -4430,93 +3954,93 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Exam</w:t>
             </w:r>
             <w:r w:rsidRPr="009508A0">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00612027" w:rsidRPr="009508A0">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>-1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2331" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="00EB0D18" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="009508A0" w:rsidRDefault="00612027" w:rsidP="005246D1">
+          <w:p w14:paraId="00EB0D18" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="009508A0" w:rsidRDefault="00612027" w:rsidP="00A15305">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009508A0">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00612027" w:rsidRPr="009508A0" w14:paraId="0B76C354" w14:textId="77777777" w:rsidTr="008E6573">
         <w:trPr>
           <w:trHeight w:val="329"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1688" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="4C4F04CA" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="009508A0" w:rsidRDefault="00612027" w:rsidP="005246D1">
+          <w:p w14:paraId="4C4F04CA" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="009508A0" w:rsidRDefault="00612027" w:rsidP="00A15305">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2581" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0E7798FF" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="009508A0" w:rsidRDefault="00612027" w:rsidP="005246D1">
+          <w:p w14:paraId="0E7798FF" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="009508A0" w:rsidRDefault="00612027" w:rsidP="00A15305">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2597" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1D35196C" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="009508A0" w:rsidRDefault="00327588" w:rsidP="00327588">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009508A0">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -4528,237 +4052,237 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Exam</w:t>
             </w:r>
             <w:r w:rsidRPr="009508A0">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00612027" w:rsidRPr="009508A0">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>-2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2331" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="191D1336" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="009508A0" w:rsidRDefault="00612027" w:rsidP="005246D1">
+          <w:p w14:paraId="191D1336" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="009508A0" w:rsidRDefault="00612027" w:rsidP="00A15305">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009508A0">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00327588" w:rsidRPr="009508A0" w14:paraId="553891B4" w14:textId="77777777" w:rsidTr="008E6573">
         <w:trPr>
           <w:trHeight w:val="329"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1688" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="663036A5" w14:textId="77777777" w:rsidR="00327588" w:rsidRPr="009508A0" w:rsidRDefault="00327588" w:rsidP="005246D1">
+          <w:p w14:paraId="663036A5" w14:textId="77777777" w:rsidR="00327588" w:rsidRPr="009508A0" w:rsidRDefault="00327588" w:rsidP="00A15305">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2581" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="62AD3C91" w14:textId="77777777" w:rsidR="00327588" w:rsidRPr="009508A0" w:rsidRDefault="00327588" w:rsidP="005246D1">
+          <w:p w14:paraId="62AD3C91" w14:textId="77777777" w:rsidR="00327588" w:rsidRPr="009508A0" w:rsidRDefault="00327588" w:rsidP="00A15305">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009508A0">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Assignment (5)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2597" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2AF984B5" w14:textId="77777777" w:rsidR="00327588" w:rsidRPr="009508A0" w:rsidRDefault="00327588" w:rsidP="00327588">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009508A0">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Assignment -1 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2331" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4164DB29" w14:textId="77777777" w:rsidR="00327588" w:rsidRPr="009508A0" w:rsidRDefault="00327588" w:rsidP="005246D1">
+          <w:p w14:paraId="4164DB29" w14:textId="77777777" w:rsidR="00327588" w:rsidRPr="009508A0" w:rsidRDefault="00327588" w:rsidP="00A15305">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009508A0">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00327588" w:rsidRPr="009508A0" w14:paraId="364DEA06" w14:textId="77777777" w:rsidTr="008E6573">
         <w:trPr>
           <w:trHeight w:val="329"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1688" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="763A901D" w14:textId="77777777" w:rsidR="00327588" w:rsidRPr="009508A0" w:rsidRDefault="00327588" w:rsidP="005246D1">
+          <w:p w14:paraId="763A901D" w14:textId="77777777" w:rsidR="00327588" w:rsidRPr="009508A0" w:rsidRDefault="00327588" w:rsidP="00A15305">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2581" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3FB78DB0" w14:textId="77777777" w:rsidR="00327588" w:rsidRPr="009508A0" w:rsidRDefault="00327588" w:rsidP="005246D1">
+          <w:p w14:paraId="3FB78DB0" w14:textId="77777777" w:rsidR="00327588" w:rsidRPr="009508A0" w:rsidRDefault="00327588" w:rsidP="00A15305">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2597" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7FC37B2A" w14:textId="77777777" w:rsidR="00327588" w:rsidRPr="009508A0" w:rsidRDefault="00327588" w:rsidP="00327588">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009508A0">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Assignment - 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2331" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0958FF7C" w14:textId="77777777" w:rsidR="00327588" w:rsidRPr="009508A0" w:rsidRDefault="00152935" w:rsidP="005246D1">
+          <w:p w14:paraId="0958FF7C" w14:textId="77777777" w:rsidR="00327588" w:rsidRPr="009508A0" w:rsidRDefault="00152935" w:rsidP="00A15305">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009508A0">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00612027" w:rsidRPr="009508A0" w14:paraId="4F8C2E01" w14:textId="77777777" w:rsidTr="008E6573">
         <w:trPr>
           <w:trHeight w:val="329"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1688" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="6617C7F0" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="009508A0" w:rsidRDefault="00612027" w:rsidP="005246D1">
+          <w:p w14:paraId="6617C7F0" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="009508A0" w:rsidRDefault="00612027" w:rsidP="00A15305">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2581" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="395E2146" w14:textId="77777777" w:rsidR="00152935" w:rsidRPr="009508A0" w:rsidRDefault="00327588" w:rsidP="00152935">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009508A0">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
@@ -4770,161 +4294,161 @@
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00152935" w:rsidRPr="009508A0">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Exam</w:t>
             </w:r>
             <w:r w:rsidR="00612027" w:rsidRPr="009508A0">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> (15)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2597" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6B2F4129" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="009508A0" w:rsidRDefault="00152935" w:rsidP="005246D1">
+          <w:p w14:paraId="6B2F4129" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="009508A0" w:rsidRDefault="00152935" w:rsidP="00A15305">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009508A0">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Descriptive Exam </w:t>
             </w:r>
             <w:r w:rsidR="00612027" w:rsidRPr="009508A0">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>- 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2331" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0EE3ADB8" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="009508A0" w:rsidRDefault="00612027" w:rsidP="005246D1">
+          <w:p w14:paraId="0EE3ADB8" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="009508A0" w:rsidRDefault="00612027" w:rsidP="00A15305">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009508A0">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00612027" w:rsidRPr="009508A0" w14:paraId="731C6594" w14:textId="77777777" w:rsidTr="008E6573">
         <w:trPr>
           <w:trHeight w:val="329"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1688" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="4FCDC51D" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="009508A0" w:rsidRDefault="00612027" w:rsidP="005246D1">
+          <w:p w14:paraId="4FCDC51D" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="009508A0" w:rsidRDefault="00612027" w:rsidP="00A15305">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2581" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="240FC0D4" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="009508A0" w:rsidRDefault="00612027" w:rsidP="005246D1">
+          <w:p w14:paraId="240FC0D4" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="009508A0" w:rsidRDefault="00612027" w:rsidP="00A15305">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2597" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0B654FF3" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="009508A0" w:rsidRDefault="00152935" w:rsidP="005246D1">
+          <w:p w14:paraId="0B654FF3" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="009508A0" w:rsidRDefault="00152935" w:rsidP="00A15305">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009508A0">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Descriptive Exam </w:t>
             </w:r>
             <w:r w:rsidR="00612027" w:rsidRPr="009508A0">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>- 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2331" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="48B8C2F7" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="009508A0" w:rsidRDefault="00612027" w:rsidP="005246D1">
+          <w:p w14:paraId="48B8C2F7" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="009508A0" w:rsidRDefault="00612027" w:rsidP="00A15305">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009508A0">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2371D587" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="009508A0" w:rsidRDefault="00612027" w:rsidP="00612027">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
           <w:sz w:val="2"/>
           <w:lang w:val="en-IN"/>
         </w:rPr>
@@ -4938,240 +4462,240 @@
           <w:lang w:val="en-IN"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9753" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="692"/>
         <w:gridCol w:w="2386"/>
         <w:gridCol w:w="990"/>
         <w:gridCol w:w="1260"/>
         <w:gridCol w:w="2880"/>
         <w:gridCol w:w="1545"/>
       </w:tblGrid>
       <w:tr w:rsidR="00612027" w:rsidRPr="009508A0" w14:paraId="00D32443" w14:textId="77777777" w:rsidTr="00422CD0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="692" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="31849B" w:themeFill="accent5" w:themeFillShade="BF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="283C773E" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="009508A0" w:rsidRDefault="00612027" w:rsidP="005246D1">
+          <w:p w14:paraId="283C773E" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="009508A0" w:rsidRDefault="00612027" w:rsidP="00A15305">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009508A0">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>CO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2386" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="31849B" w:themeFill="accent5" w:themeFillShade="BF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="32B746CA" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="009508A0" w:rsidRDefault="00612027" w:rsidP="005246D1">
+          <w:p w14:paraId="32B746CA" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="009508A0" w:rsidRDefault="00612027" w:rsidP="00A15305">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009508A0">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>Skill</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="31849B" w:themeFill="accent5" w:themeFillShade="BF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3C236EE0" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="009508A0" w:rsidRDefault="00612027" w:rsidP="005246D1">
+          <w:p w14:paraId="3C236EE0" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="009508A0" w:rsidRDefault="00612027" w:rsidP="00A15305">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009508A0">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>Blooms</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="31849B" w:themeFill="accent5" w:themeFillShade="BF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="366169C2" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="009508A0" w:rsidRDefault="00612027" w:rsidP="005246D1">
+          <w:p w14:paraId="366169C2" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="009508A0" w:rsidRDefault="00612027" w:rsidP="00A15305">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009508A0">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>Units</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2880" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="31849B" w:themeFill="accent5" w:themeFillShade="BF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5222FDE9" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="009508A0" w:rsidRDefault="00612027" w:rsidP="005246D1">
+          <w:p w14:paraId="5222FDE9" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="009508A0" w:rsidRDefault="00612027" w:rsidP="00A15305">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009508A0">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>Assessing Tools can be used to measure CO (CIE)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2373A398" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="009508A0" w:rsidRDefault="00612027" w:rsidP="005246D1">
+          <w:p w14:paraId="2373A398" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="009508A0" w:rsidRDefault="00612027" w:rsidP="00A15305">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009508A0">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>Marks</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1545" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="31849B" w:themeFill="accent5" w:themeFillShade="BF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2657D0CB" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="009508A0" w:rsidRDefault="00612027" w:rsidP="005246D1">
+          <w:p w14:paraId="2657D0CB" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="009508A0" w:rsidRDefault="00612027" w:rsidP="00A15305">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009508A0">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>Assessing Tools can be used to measure CO (SEE)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="11F1B5AB" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="009508A0" w:rsidRDefault="00612027" w:rsidP="005246D1">
+          <w:p w14:paraId="11F1B5AB" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="009508A0" w:rsidRDefault="00612027" w:rsidP="00A15305">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009508A0">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>Marks</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00152935" w:rsidRPr="009508A0" w14:paraId="6552748A" w14:textId="77777777" w:rsidTr="00F4655C">
         <w:trPr>
@@ -5468,100 +4992,98 @@
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009508A0">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>L3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="40D67054" w14:textId="605B5C73" w:rsidR="00152935" w:rsidRDefault="002F718B" w:rsidP="00D11F74">
+          <w:p w14:paraId="40D67054" w14:textId="77777777" w:rsidR="00152935" w:rsidRDefault="003F6552" w:rsidP="00D11F74">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
-              <w:t>1</w:t>
+              <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="008E2CA1">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>,5</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7DA02F30" w14:textId="77777777" w:rsidR="00EB0DB0" w:rsidRPr="009508A0" w:rsidRDefault="00EB0DB0" w:rsidP="00D11F74">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2880" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="053F3B21" w14:textId="77777777" w:rsidR="00152935" w:rsidRPr="009508A0" w:rsidRDefault="00D11F74" w:rsidP="00F4655C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009508A0">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Descriptive Exam </w:t>
             </w:r>
             <w:r w:rsidR="00152935" w:rsidRPr="009508A0">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
@@ -5603,67 +5125,85 @@
               <w:t>)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="65CC09AC" w14:textId="77777777" w:rsidR="00D11F74" w:rsidRPr="009508A0" w:rsidRDefault="00C067ED" w:rsidP="00F4655C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009508A0">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>Assignment</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
-              <w:t xml:space="preserve"> – </w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+              <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="009508A0">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00F4655C">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
-              <w:t>2(1.5+0.5)</w:t>
+              <w:t>2</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00F4655C">
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+              <w:t>(1.5+0.5)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1545" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5F9BFD86" w14:textId="77777777" w:rsidR="00152935" w:rsidRPr="009508A0" w:rsidRDefault="000E104D" w:rsidP="00752315">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t xml:space="preserve">15 </w:t>
@@ -5773,70 +5313,61 @@
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidR="00152935" w:rsidRPr="009508A0">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>3,4</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3FAD4F3E" w14:textId="2BF67EC5" w:rsidR="00F04FAE" w:rsidRPr="009508A0" w:rsidRDefault="002F718B" w:rsidP="00A95435">
+          <w:p w14:paraId="3FAD4F3E" w14:textId="77777777" w:rsidR="00F04FAE" w:rsidRPr="009508A0" w:rsidRDefault="00F04FAE" w:rsidP="00A95435">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...7 lines deleted...]
-            <w:r w:rsidR="00F04FAE">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>3,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2880" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="76C5C860" w14:textId="77777777" w:rsidR="00F4655C" w:rsidRDefault="00D11F74" w:rsidP="00F4655C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009508A0">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
@@ -5854,60 +5385,71 @@
           </w:p>
           <w:p w14:paraId="1CA4F653" w14:textId="77777777" w:rsidR="00152935" w:rsidRPr="009508A0" w:rsidRDefault="00F4655C" w:rsidP="00F4655C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F04FAE">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>Assignment</w:t>
             </w:r>
             <w:r w:rsidRPr="00141D34">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
-              <w:t xml:space="preserve"> –  </w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00141D34">
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+              <w:t xml:space="preserve">–  </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1545" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7F8A93E8" w14:textId="77777777" w:rsidR="00152935" w:rsidRPr="009508A0" w:rsidRDefault="000E104D" w:rsidP="00752315">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
@@ -6200,184 +5742,184 @@
         <w:lastRenderedPageBreak/>
         <w:t>Strength of Correlation</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A6FC201" w14:textId="77777777" w:rsidR="00BC0693" w:rsidRPr="009508A0" w:rsidRDefault="00BC0693" w:rsidP="00BC0693">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4788"/>
         <w:gridCol w:w="4788"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00612027" w:rsidRPr="009508A0" w14:paraId="66916869" w14:textId="77777777" w:rsidTr="005246D1">
+      <w:tr w:rsidR="00612027" w:rsidRPr="009508A0" w14:paraId="66916869" w14:textId="77777777" w:rsidTr="00A15305">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4788" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="31849B" w:themeFill="accent5" w:themeFillShade="BF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7C726944" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="009508A0" w:rsidRDefault="00612027" w:rsidP="005246D1">
+          <w:p w14:paraId="7C726944" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="009508A0" w:rsidRDefault="00612027" w:rsidP="00A15305">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009508A0">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>% of questions towards PO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4788" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="31849B" w:themeFill="accent5" w:themeFillShade="BF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4C3D4BCA" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="009508A0" w:rsidRDefault="00612027" w:rsidP="005246D1">
+          <w:p w14:paraId="4C3D4BCA" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="009508A0" w:rsidRDefault="00612027" w:rsidP="00A15305">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009508A0">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Level (Weight)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00612027" w:rsidRPr="009508A0" w14:paraId="7E26365C" w14:textId="77777777" w:rsidTr="005246D1">
+      <w:tr w:rsidR="00612027" w:rsidRPr="009508A0" w14:paraId="7E26365C" w14:textId="77777777" w:rsidTr="00A15305">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4788" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="735F70CA" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="009508A0" w:rsidRDefault="00B60B39" w:rsidP="00B60B39">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009508A0">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>&gt;</w:t>
             </w:r>
             <w:r w:rsidR="00772C33">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>=</w:t>
             </w:r>
             <w:r w:rsidR="00612027" w:rsidRPr="009508A0">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>20% of total marks</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4788" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2F76DDC2" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="009508A0" w:rsidRDefault="00612027" w:rsidP="005246D1">
+          <w:p w14:paraId="2F76DDC2" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="009508A0" w:rsidRDefault="00612027" w:rsidP="00A15305">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009508A0">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00612027" w:rsidRPr="009508A0" w14:paraId="1282F106" w14:textId="77777777" w:rsidTr="005246D1">
+      <w:tr w:rsidR="00612027" w:rsidRPr="009508A0" w14:paraId="1282F106" w14:textId="77777777" w:rsidTr="00A15305">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4788" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1B00744A" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="009508A0" w:rsidRDefault="00624568" w:rsidP="005246D1">
+          <w:p w14:paraId="1B00744A" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="009508A0" w:rsidRDefault="00624568" w:rsidP="00A15305">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009508A0">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>&gt;</w:t>
             </w:r>
             <w:r w:rsidR="00036C8A">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>=</w:t>
             </w:r>
             <w:r w:rsidR="00772C33">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -6389,114 +5931,114 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
             <w:r w:rsidRPr="009508A0">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
             <w:r w:rsidR="00612027" w:rsidRPr="009508A0">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> of total marks</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4788" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7B7A00F0" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="009508A0" w:rsidRDefault="00612027" w:rsidP="005246D1">
+          <w:p w14:paraId="7B7A00F0" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="009508A0" w:rsidRDefault="00612027" w:rsidP="00A15305">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009508A0">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00612027" w:rsidRPr="009508A0" w14:paraId="5FA46319" w14:textId="77777777" w:rsidTr="005246D1">
+      <w:tr w:rsidR="00612027" w:rsidRPr="009508A0" w14:paraId="5FA46319" w14:textId="77777777" w:rsidTr="00A15305">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4788" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="44653424" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="009508A0" w:rsidRDefault="00612027" w:rsidP="008464E6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009508A0">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>&lt;</w:t>
             </w:r>
             <w:r w:rsidR="008464E6">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="009508A0">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">10% of total marks </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4788" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="798E356C" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="009508A0" w:rsidRDefault="00612027" w:rsidP="005246D1">
+          <w:p w14:paraId="798E356C" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="009508A0" w:rsidRDefault="00612027" w:rsidP="00A15305">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009508A0">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="407AA174" w14:textId="77777777" w:rsidR="00612027" w:rsidRDefault="00612027" w:rsidP="00612027">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="24"/>
@@ -6504,2045 +6046,2116 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10640" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="623"/>
         <w:gridCol w:w="1577"/>
         <w:gridCol w:w="475"/>
         <w:gridCol w:w="463"/>
         <w:gridCol w:w="90"/>
         <w:gridCol w:w="1710"/>
         <w:gridCol w:w="900"/>
         <w:gridCol w:w="990"/>
         <w:gridCol w:w="1710"/>
         <w:gridCol w:w="900"/>
         <w:gridCol w:w="540"/>
         <w:gridCol w:w="662"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D85EE2" w:rsidRPr="009508A0" w14:paraId="437257CF" w14:textId="77777777" w:rsidTr="005246D1">
+      <w:tr w:rsidR="00D85EE2" w:rsidRPr="009508A0" w14:paraId="437257CF" w14:textId="77777777" w:rsidTr="001F097D">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="1781"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="623" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="31849B" w:themeFill="accent5" w:themeFillShade="BF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3B90C425" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="005246D1">
+          <w:p w14:paraId="3B90C425" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="001F097D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00930A17">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>CO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1577" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="31849B" w:themeFill="accent5" w:themeFillShade="BF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3BC19396" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="005246D1">
+          <w:p w14:paraId="3BC19396" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="001F097D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00930A17">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Skill</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="475" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="31849B" w:themeFill="accent5" w:themeFillShade="BF"/>
             <w:textDirection w:val="btLr"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0C47BAA9" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="005246D1">
+          <w:p w14:paraId="0C47BAA9" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="001F097D">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00930A17">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Bloom's</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="463" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="31849B" w:themeFill="accent5" w:themeFillShade="BF"/>
             <w:textDirection w:val="btLr"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="36D09EB7" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="005246D1">
+          <w:p w14:paraId="36D09EB7" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="001F097D">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00930A17">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Units</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="31849B" w:themeFill="accent5" w:themeFillShade="BF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7C65AA98" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="005246D1">
+          <w:p w14:paraId="7C65AA98" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="001F097D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00930A17">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Assessing tools can be used to measure CO (CIE) Marks</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="31849B" w:themeFill="accent5" w:themeFillShade="BF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="634E7A6F" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="005246D1">
+          <w:p w14:paraId="634E7A6F" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="001F097D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00930A17">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>CIE Total</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="31849B" w:themeFill="accent5" w:themeFillShade="BF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="54BBDFD8" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="005246D1">
+          <w:p w14:paraId="54BBDFD8" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="001F097D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00930A17">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Assessing tools can be used to measure CO (SEE) Marks</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1710" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="31849B" w:themeFill="accent5" w:themeFillShade="BF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="46875469" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="005246D1">
+          <w:p w14:paraId="46875469" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="001F097D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00930A17">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Total (CIE+SEE)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="31849B" w:themeFill="accent5" w:themeFillShade="BF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="50BE0C0C" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="005246D1">
+          <w:p w14:paraId="50BE0C0C" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="001F097D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00930A17">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Percentage (%)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="31849B" w:themeFill="accent5" w:themeFillShade="BF"/>
             <w:textDirection w:val="btLr"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="25E10246" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="005246D1">
+          <w:p w14:paraId="25E10246" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="001F097D">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00930A17">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Strength of Correlation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="662" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="31849B" w:themeFill="accent5" w:themeFillShade="BF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="44211012" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="005246D1">
+          <w:p w14:paraId="44211012" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="001F097D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00930A17">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>PO</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D85EE2" w:rsidRPr="009508A0" w14:paraId="2BDC5E4E" w14:textId="77777777" w:rsidTr="005246D1">
+      <w:tr w:rsidR="00D85EE2" w:rsidRPr="009508A0" w14:paraId="2BDC5E4E" w14:textId="77777777" w:rsidTr="001F097D">
         <w:trPr>
           <w:trHeight w:val="701"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="623" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="149F6ECD" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="005246D1">
+          <w:p w14:paraId="149F6ECD" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="001F097D">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00930A17">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>CO1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1577" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="436A76B4" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="005246D1">
+          <w:p w14:paraId="436A76B4" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="001F097D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00930A17">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>Understand</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="475" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6658B520" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="005246D1">
+          <w:p w14:paraId="6658B520" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="001F097D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00930A17">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>L2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="553" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="74296F61" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="005246D1">
+          <w:p w14:paraId="74296F61" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="001F097D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00930A17">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>1,2,3,4,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1710" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="74A2C582" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="005246D1">
+          <w:p w14:paraId="74A2C582" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="001F097D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00930A17">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Objective Exam </w:t>
             </w:r>
             <w:r w:rsidRPr="00930A17">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>– (10)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="23801460" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="005246D1">
+          <w:p w14:paraId="23801460" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="001F097D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00930A17">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Descriptive Exam-2.5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="039A5C01" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="005246D1">
+          <w:p w14:paraId="039A5C01" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="001F097D">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00930A17">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>12.5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="53C83D85" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="005246D1">
+          <w:p w14:paraId="53C83D85" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="001F097D">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00930A17">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1710" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="43ED0922" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="005246D1">
+          <w:p w14:paraId="43ED0922" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="001F097D">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00930A17">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>37.5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="778433D1" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="005246D1">
+          <w:p w14:paraId="778433D1" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="001F097D">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00930A17">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>37.5%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="25C4CA4B" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="005246D1">
+          <w:p w14:paraId="25C4CA4B" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="001F097D">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00930A17">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="662" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="09917258" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="005246D1">
+          <w:p w14:paraId="09917258" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="001F097D">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00930A17">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>PO1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D85EE2" w:rsidRPr="009508A0" w14:paraId="09DD0040" w14:textId="77777777" w:rsidTr="005246D1">
+      <w:tr w:rsidR="00D85EE2" w:rsidRPr="009508A0" w14:paraId="09DD0040" w14:textId="77777777" w:rsidTr="001F097D">
         <w:trPr>
           <w:trHeight w:val="1043"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="623" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="401AA2FD" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="005246D1">
+          <w:p w14:paraId="401AA2FD" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="001F097D">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00930A17">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>CO2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1577" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="58EB96C8" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="005246D1">
+          <w:p w14:paraId="58EB96C8" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="001F097D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00930A17">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>Apply,</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="61044C73" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="005246D1">
+          <w:p w14:paraId="61044C73" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="001F097D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00930A17">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>Communication</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="475" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7CF5B0CA" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="005246D1">
+          <w:p w14:paraId="7CF5B0CA" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="001F097D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00930A17">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>L3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="553" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="788C2D7D" w14:textId="54905147" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00810C72" w:rsidP="005246D1">
+          <w:p w14:paraId="788C2D7D" w14:textId="54905147" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00810C72" w:rsidP="001F097D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="00D85EE2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1710" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="34BA1B35" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="005246D1">
+          <w:p w14:paraId="34BA1B35" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="001F097D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00930A17">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Descriptive Exam </w:t>
             </w:r>
             <w:r w:rsidRPr="00930A17">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>– (2.5)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="62B29166" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="005246D1">
+          <w:p w14:paraId="62B29166" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="001F097D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00930A17">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
-              <w:t>Assignment –  2(1</w:t>
+              <w:t xml:space="preserve">Assignment </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00930A17">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+              <w:t>–  2</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00930A17">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+              <w:t>(1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>+0</w:t>
             </w:r>
             <w:r w:rsidRPr="00930A17">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>.5+0.5)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7780EB64" w14:textId="172D8AA6" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="007809F0" w:rsidP="005246D1">
+          <w:p w14:paraId="7780EB64" w14:textId="172D8AA6" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="007809F0" w:rsidP="001F097D">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="00D85EE2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>.5</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="27D34667" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRDefault="00D85EE2" w:rsidP="005246D1">
+          <w:p w14:paraId="27D34667" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRDefault="00D85EE2" w:rsidP="001F097D">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00930A17">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>0.5</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6F40A69F" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="005246D1">
+          <w:p w14:paraId="6F40A69F" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="001F097D">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>0.5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1E450D5C" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="005246D1">
+          <w:p w14:paraId="1E450D5C" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="001F097D">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00930A17">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1710" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5A1E55F7" w14:textId="4E8EB7BC" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="005246D1">
+          <w:p w14:paraId="5A1E55F7" w14:textId="4E8EB7BC" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="001F097D">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="007809F0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>.5</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="58D4D2E0" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRDefault="00D85EE2" w:rsidP="005246D1">
+          <w:p w14:paraId="58D4D2E0" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRDefault="00D85EE2" w:rsidP="001F097D">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00930A17">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>0.5</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="77AAB5A9" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="005246D1">
+          <w:p w14:paraId="77AAB5A9" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="001F097D">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>0.5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6B080FE0" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="005246D1">
+          <w:p w14:paraId="6B080FE0" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="001F097D">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00930A17">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>8.5</w:t>
             </w:r>
             <w:r w:rsidRPr="00930A17">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2F55EB67" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRDefault="00D85EE2" w:rsidP="005246D1">
+          <w:p w14:paraId="2F55EB67" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRDefault="00D85EE2" w:rsidP="001F097D">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00930A17">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>0.5%</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0E349EF8" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="005246D1">
+          <w:p w14:paraId="0E349EF8" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="001F097D">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>0.5%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="13C34DB0" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="005246D1">
+          <w:p w14:paraId="13C34DB0" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="001F097D">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00930A17">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="46881840" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRDefault="00D85EE2" w:rsidP="005246D1">
+          <w:p w14:paraId="46881840" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRDefault="00D85EE2" w:rsidP="001F097D">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00930A17">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0725E44E" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRDefault="00D85EE2" w:rsidP="005246D1">
+          <w:p w14:paraId="0725E44E" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRDefault="00D85EE2" w:rsidP="001F097D">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="281AA385" w14:textId="77777777" w:rsidR="007809F0" w:rsidRDefault="007809F0" w:rsidP="005246D1">
+          <w:p w14:paraId="281AA385" w14:textId="77777777" w:rsidR="007809F0" w:rsidRDefault="007809F0" w:rsidP="001F097D">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3BFE4913" w14:textId="77777777" w:rsidR="007809F0" w:rsidRDefault="007809F0" w:rsidP="005246D1">
+          <w:p w14:paraId="3BFE4913" w14:textId="77777777" w:rsidR="007809F0" w:rsidRDefault="007809F0" w:rsidP="001F097D">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6E173BBE" w14:textId="25461F3E" w:rsidR="007809F0" w:rsidRPr="00930A17" w:rsidRDefault="007809F0" w:rsidP="005246D1">
+          <w:p w14:paraId="6E173BBE" w14:textId="25461F3E" w:rsidR="007809F0" w:rsidRPr="00930A17" w:rsidRDefault="007809F0" w:rsidP="001F097D">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="662" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0C5BE8D4" w14:textId="514A93D8" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="005246D1">
+          <w:p w14:paraId="0C5BE8D4" w14:textId="514A93D8" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="001F097D">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00930A17">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
-              <w:t>PO1</w:t>
+              <w:t>PO</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00930A17">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="00810C72">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
-              <w:t>,PO9</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="3CFFC9C8" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRDefault="00D85EE2" w:rsidP="005246D1">
+              <w:t>,PO</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00810C72">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3CFFC9C8" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRDefault="00D85EE2" w:rsidP="001F097D">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00930A17">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>PO10</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4D7F0BDF" w14:textId="2283ECAB" w:rsidR="007809F0" w:rsidRDefault="007809F0" w:rsidP="005246D1">
+          <w:p w14:paraId="4D7F0BDF" w14:textId="2283ECAB" w:rsidR="007809F0" w:rsidRDefault="007809F0" w:rsidP="001F097D">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>PO12</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0D4D5F1F" w14:textId="60FEC740" w:rsidR="007809F0" w:rsidRDefault="007809F0" w:rsidP="005246D1">
+          <w:p w14:paraId="0D4D5F1F" w14:textId="60FEC740" w:rsidR="007809F0" w:rsidRDefault="007809F0" w:rsidP="001F097D">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>PSO1</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3BECE369" w14:textId="6E0D3F96" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="005246D1">
+          <w:p w14:paraId="3BECE369" w14:textId="6E0D3F96" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="001F097D">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>PSO2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D85EE2" w:rsidRPr="009508A0" w14:paraId="6A390955" w14:textId="77777777" w:rsidTr="005246D1">
+      <w:tr w:rsidR="00D85EE2" w:rsidRPr="009508A0" w14:paraId="6A390955" w14:textId="77777777" w:rsidTr="001F097D">
         <w:trPr>
           <w:trHeight w:val="1078"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="623" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7E5F4733" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="005246D1">
+          <w:p w14:paraId="7E5F4733" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="001F097D">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00930A17">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>CO3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1577" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="283B7952" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="005246D1">
+          <w:p w14:paraId="283B7952" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="001F097D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00930A17">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>Apply</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="475" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0CAA1A21" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="005246D1">
+          <w:p w14:paraId="0CAA1A21" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="001F097D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00930A17">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>L3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="553" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="74B92792" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="005246D1">
+          <w:p w14:paraId="74B92792" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="001F097D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>2, 3,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1710" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7E300618" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="005246D1">
+          <w:p w14:paraId="7E300618" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="001F097D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00930A17">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Descriptive Exam-8.5</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1366C2E1" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="005246D1">
+          <w:p w14:paraId="1366C2E1" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="001F097D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00930A17">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
-              <w:t>Assignment –  1</w:t>
-            </w:r>
+              <w:t xml:space="preserve">Assignment </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00930A17">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+              <w:t>–  1</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="023C68B4" w14:textId="77777777" w:rsidR="007809F0" w:rsidRDefault="007809F0" w:rsidP="005246D1">
+          <w:p w14:paraId="023C68B4" w14:textId="77777777" w:rsidR="007809F0" w:rsidRDefault="007809F0" w:rsidP="001F097D">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="684EE476" w14:textId="6A560CF8" w:rsidR="00D85EE2" w:rsidRDefault="007809F0" w:rsidP="005246D1">
+          <w:p w14:paraId="684EE476" w14:textId="6A560CF8" w:rsidR="00D85EE2" w:rsidRDefault="007809F0" w:rsidP="001F097D">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
             <w:r w:rsidR="00D85EE2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>.5</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2781F8F9" w14:textId="40391E8E" w:rsidR="007809F0" w:rsidRPr="00930A17" w:rsidRDefault="007809F0" w:rsidP="005246D1">
+          <w:p w14:paraId="2781F8F9" w14:textId="40391E8E" w:rsidR="007809F0" w:rsidRPr="00930A17" w:rsidRDefault="007809F0" w:rsidP="001F097D">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="359F81F2" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="005246D1">
+          <w:p w14:paraId="359F81F2" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="001F097D">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4348FD27" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="005246D1">
+          <w:p w14:paraId="4348FD27" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="001F097D">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00930A17">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1710" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="62248BA5" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="005246D1">
+          <w:p w14:paraId="62248BA5" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="001F097D">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00930A17">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>29.5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2F0E27E9" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="005246D1">
+          <w:p w14:paraId="2F0E27E9" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="001F097D">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00930A17">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>29</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>.5</w:t>
             </w:r>
             <w:r w:rsidRPr="00930A17">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4D1DEFDC" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="005246D1">
+          <w:p w14:paraId="4D1DEFDC" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="001F097D">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="10879913" w14:textId="61EE54CE" w:rsidR="00D85EE2" w:rsidRDefault="007809F0" w:rsidP="005246D1">
+          <w:p w14:paraId="10879913" w14:textId="61EE54CE" w:rsidR="00D85EE2" w:rsidRDefault="007809F0" w:rsidP="001F097D">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7E622926" w14:textId="16D1A180" w:rsidR="007809F0" w:rsidRDefault="007809F0" w:rsidP="005246D1">
+          <w:p w14:paraId="7E622926" w14:textId="16D1A180" w:rsidR="007809F0" w:rsidRDefault="007809F0" w:rsidP="001F097D">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7FE36001" w14:textId="50E704EB" w:rsidR="007809F0" w:rsidRDefault="007809F0" w:rsidP="005246D1">
+          <w:p w14:paraId="7FE36001" w14:textId="50E704EB" w:rsidR="007809F0" w:rsidRDefault="007809F0" w:rsidP="001F097D">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2FA6206D" w14:textId="1336BC68" w:rsidR="007809F0" w:rsidRDefault="007809F0" w:rsidP="005246D1">
+          <w:p w14:paraId="2FA6206D" w14:textId="1336BC68" w:rsidR="007809F0" w:rsidRDefault="007809F0" w:rsidP="001F097D">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6DB60B95" w14:textId="7BE73548" w:rsidR="007809F0" w:rsidRDefault="007809F0" w:rsidP="005246D1">
+          <w:p w14:paraId="6DB60B95" w14:textId="7BE73548" w:rsidR="007809F0" w:rsidRDefault="007809F0" w:rsidP="001F097D">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="001F9D47" w14:textId="57E156AD" w:rsidR="007809F0" w:rsidRPr="00930A17" w:rsidRDefault="007809F0" w:rsidP="005246D1">
+          <w:p w14:paraId="001F9D47" w14:textId="57E156AD" w:rsidR="007809F0" w:rsidRPr="00930A17" w:rsidRDefault="007809F0" w:rsidP="001F097D">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3D0832B0" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="005246D1">
+          <w:p w14:paraId="3D0832B0" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="001F097D">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="662" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="662C7535" w14:textId="77777777" w:rsidR="007809F0" w:rsidRPr="00930A17" w:rsidRDefault="007809F0" w:rsidP="007809F0">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00930A17">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
-              <w:t>PO1</w:t>
+              <w:t>PO</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00930A17">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
-              <w:t>,PO9</w:t>
+              <w:t>,PO</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+              <w:t>9</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="52996412" w14:textId="77777777" w:rsidR="007809F0" w:rsidRDefault="007809F0" w:rsidP="007809F0">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00930A17">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>PO10</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4322306E" w14:textId="50744243" w:rsidR="007809F0" w:rsidRDefault="007809F0" w:rsidP="007809F0">
             <w:pPr>
@@ -8586,946 +8199,998 @@
               <w:t>PSO1</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0FC3EBC8" w14:textId="734B60BA" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="007809F0" w:rsidP="007809F0">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>PSO2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D85EE2" w:rsidRPr="009508A0" w14:paraId="087F31F0" w14:textId="77777777" w:rsidTr="005246D1">
+      <w:tr w:rsidR="00D85EE2" w:rsidRPr="009508A0" w14:paraId="087F31F0" w14:textId="77777777" w:rsidTr="001F097D">
         <w:trPr>
           <w:trHeight w:val="557"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="623" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2927EC21" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="005246D1">
+          <w:p w14:paraId="2927EC21" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="001F097D">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00930A17">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>CO4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1577" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7B9A7731" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="005246D1">
+          <w:p w14:paraId="7B9A7731" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="001F097D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00930A17">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>Analyze</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00930A17">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6FDB7E65" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="005246D1">
+          <w:p w14:paraId="6FDB7E65" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="001F097D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00930A17">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>Individual Performance, Communication,</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="528CE299" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="005246D1">
+          <w:p w14:paraId="528CE299" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="001F097D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00930A17">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>Life-Long Learning</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="475" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="01DDF5CE" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="005246D1">
+          <w:p w14:paraId="01DDF5CE" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="001F097D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00930A17">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>L4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="553" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3B2B9ABB" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="005246D1">
+          <w:p w14:paraId="3B2B9ABB" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="001F097D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00930A17">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>4,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1710" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="12DBC8F0" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="005246D1">
+          <w:p w14:paraId="12DBC8F0" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="001F097D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00930A17">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Descriptive Exam </w:t>
             </w:r>
             <w:r w:rsidRPr="00930A17">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>– 1.5</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="14B850DE" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="005246D1">
+          <w:p w14:paraId="14B850DE" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="001F097D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00930A17">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>Assignment – 2 (0.5+0.5+0.5+0.5)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7E031888" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="005246D1">
+          <w:p w14:paraId="7E031888" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="001F097D">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00930A17">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="57D108F9" w14:textId="54DBD918" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="007809F0" w:rsidP="005246D1">
+          <w:p w14:paraId="57D108F9" w14:textId="54DBD918" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="007809F0" w:rsidP="001F097D">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="09522422" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="005246D1">
+          <w:p w14:paraId="09522422" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="001F097D">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00930A17">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>0.5</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2F40E081" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="005246D1">
+          <w:p w14:paraId="2F40E081" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="001F097D">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00930A17">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>0.5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="66F17885" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="005246D1">
+          <w:p w14:paraId="66F17885" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="001F097D">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00930A17">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1710" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="58A98757" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="005246D1">
+          <w:p w14:paraId="58A98757" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="001F097D">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00930A17">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7ABA0C90" w14:textId="268CB04A" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="007809F0" w:rsidP="005246D1">
+          <w:p w14:paraId="7ABA0C90" w14:textId="268CB04A" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="007809F0" w:rsidP="001F097D">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4E80E919" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="005246D1">
+          <w:p w14:paraId="4E80E919" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="001F097D">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00930A17">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>0.5</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="427B366E" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="005246D1">
+          <w:p w14:paraId="427B366E" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="001F097D">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00930A17">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>0.5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0BE3E558" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="005246D1">
+          <w:p w14:paraId="0BE3E558" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="001F097D">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00930A17">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>12%</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="40E20A1B" w14:textId="71D596E7" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="007809F0" w:rsidP="005246D1">
+          <w:p w14:paraId="40E20A1B" w14:textId="71D596E7" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="007809F0" w:rsidP="001F097D">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="00D85EE2" w:rsidRPr="00930A17">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3AAA7CEF" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="005246D1">
+          <w:p w14:paraId="3AAA7CEF" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="001F097D">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00930A17">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>0.5%</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3987AF79" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="005246D1">
+          <w:p w14:paraId="3987AF79" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="001F097D">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00930A17">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>0.5%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="256375D9" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="005246D1">
+          <w:p w14:paraId="256375D9" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="001F097D">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00930A17">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="73ACC4D8" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="005246D1">
+          <w:p w14:paraId="73ACC4D8" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="001F097D">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00930A17">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="46088974" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRDefault="00D85EE2" w:rsidP="005246D1">
+          <w:p w14:paraId="46088974" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRDefault="00D85EE2" w:rsidP="001F097D">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00930A17">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="18830243" w14:textId="74FA82E7" w:rsidR="007809F0" w:rsidRPr="00930A17" w:rsidRDefault="007809F0" w:rsidP="005246D1">
+          <w:p w14:paraId="18830243" w14:textId="74FA82E7" w:rsidR="007809F0" w:rsidRPr="00930A17" w:rsidRDefault="007809F0" w:rsidP="001F097D">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="508E1210" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="005246D1">
+          <w:p w14:paraId="508E1210" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="001F097D">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00930A17">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="662" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7557D15E" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="005246D1">
+          <w:p w14:paraId="7557D15E" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="001F097D">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00930A17">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>PO2</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4507F005" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="005246D1">
+          <w:p w14:paraId="4507F005" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="001F097D">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00930A17">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>PO9</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5C8FC6CF" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="005246D1">
+          <w:p w14:paraId="5C8FC6CF" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="001F097D">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00930A17">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>PO10</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="55264C5F" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRDefault="00D85EE2" w:rsidP="005246D1">
+          <w:p w14:paraId="55264C5F" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRDefault="00D85EE2" w:rsidP="001F097D">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00930A17">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>PO12</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="12CAC89F" w14:textId="091F1ED4" w:rsidR="007809F0" w:rsidRPr="00930A17" w:rsidRDefault="007809F0" w:rsidP="005246D1">
+          <w:p w14:paraId="12CAC89F" w14:textId="091F1ED4" w:rsidR="007809F0" w:rsidRPr="00930A17" w:rsidRDefault="007809F0" w:rsidP="001F097D">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>PSO2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="12AB842E" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRDefault="00D85EE2" w:rsidP="00612027">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-IN"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="58FA90D5" w14:textId="77777777" w:rsidR="00612027" w:rsidRDefault="00612027" w:rsidP="00BC0693">
+    <w:p w14:paraId="58FA90D5" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="00B40DA0" w:rsidRDefault="00612027" w:rsidP="00BC0693">
       <w:pPr>
         <w:ind w:left="-450"/>
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-IN"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B40DA0">
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-IN"/>
         </w:rPr>
         <w:t>Course Articulation Matrix:</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="1F931718" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="009508A0" w:rsidRDefault="00612027" w:rsidP="00612027">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="4"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-IN"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10823" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1047"/>
         <w:gridCol w:w="841"/>
         <w:gridCol w:w="639"/>
         <w:gridCol w:w="639"/>
         <w:gridCol w:w="639"/>
         <w:gridCol w:w="639"/>
         <w:gridCol w:w="639"/>
         <w:gridCol w:w="639"/>
         <w:gridCol w:w="639"/>
         <w:gridCol w:w="639"/>
         <w:gridCol w:w="759"/>
         <w:gridCol w:w="759"/>
         <w:gridCol w:w="759"/>
         <w:gridCol w:w="772"/>
         <w:gridCol w:w="774"/>
       </w:tblGrid>
       <w:tr w:rsidR="00612027" w:rsidRPr="009508A0" w14:paraId="52284282" w14:textId="77777777" w:rsidTr="001324D0">
         <w:trPr>
           <w:trHeight w:val="463"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10823" w:type="dxa"/>
             <w:gridSpan w:val="15"/>
             <w:shd w:val="clear" w:color="auto" w:fill="1F497D" w:themeFill="text2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="68E9B3C8" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="009508A0" w:rsidRDefault="00612027" w:rsidP="005246D1">
+          <w:p w14:paraId="68E9B3C8" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="009508A0" w:rsidRDefault="00612027" w:rsidP="00A15305">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009508A0">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:br w:type="page"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="68A2E51B" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="009508A0" w:rsidRDefault="00612027" w:rsidP="005246D1">
+          <w:p w14:paraId="68A2E51B" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="009508A0" w:rsidRDefault="00612027" w:rsidP="00A15305">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="4C3C3AC3" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="009508A0" w:rsidRDefault="00612027" w:rsidP="005246D1">
+          <w:p w14:paraId="4C3C3AC3" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="009508A0" w:rsidRDefault="00612027" w:rsidP="00A15305">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="3DA731A4" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="009508A0" w:rsidRDefault="00612027" w:rsidP="005246D1">
+          <w:p w14:paraId="3DA731A4" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="009508A0" w:rsidRDefault="00612027" w:rsidP="00A15305">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009508A0">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Contribution of Course Outcomes towards achievement of Program Outcomes &amp; Strength of correlations (3:Substantial, 2: Moderate, 1:Slight)</w:t>
+              <w:t>Contribution of Course Outcomes towards achievement of Program Outcomes &amp; Strength of correlations (</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="009508A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3:Substantial</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="009508A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, 2: Moderate, </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="009508A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1:Slight</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="009508A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00612027" w:rsidRPr="009508A0" w14:paraId="6EDB7EE8" w14:textId="77777777" w:rsidTr="00BC0693">
         <w:trPr>
           <w:trHeight w:val="463"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1047" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6D8C5E93" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="00BC0693" w:rsidRDefault="00612027" w:rsidP="00BC0693">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -9815,1598 +9480,1164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="774" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1641A173" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="00BC0693" w:rsidRDefault="00612027" w:rsidP="00BC0693">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC0693">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>PSO2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00857F93" w:rsidRPr="009508A0" w14:paraId="0DC8C664" w14:textId="77777777" w:rsidTr="00BC0693">
+      <w:tr w:rsidR="00612027" w:rsidRPr="009508A0" w14:paraId="0DC8C664" w14:textId="77777777" w:rsidTr="00BC0693">
         <w:trPr>
           <w:trHeight w:val="463"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1047" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="75A08B14" w14:textId="77777777" w:rsidR="00857F93" w:rsidRPr="00BC0693" w:rsidRDefault="00857F93" w:rsidP="00BC0693">
+          <w:p w14:paraId="75A08B14" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="00BC0693" w:rsidRDefault="00612027" w:rsidP="00BC0693">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC0693">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>CO1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="841" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2B0487C3" w14:textId="745A40B2" w:rsidR="00857F93" w:rsidRPr="00BC0693" w:rsidRDefault="00857F93" w:rsidP="00BC0693">
-[...12 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="2B0487C3" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="00BC0693" w:rsidRDefault="00BC0693" w:rsidP="00BC0693">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BC0693">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="67D9034D" w14:textId="4570EC6B" w:rsidR="00857F93" w:rsidRPr="00BC0693" w:rsidRDefault="00857F93" w:rsidP="00BC0693">
-[...16 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="67D9034D" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="00BC0693" w:rsidRDefault="00612027" w:rsidP="00BC0693">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0B609B69" w14:textId="182A932D" w:rsidR="00857F93" w:rsidRPr="00BC0693" w:rsidRDefault="00857F93" w:rsidP="00BC0693">
-[...16 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="0B609B69" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="00BC0693" w:rsidRDefault="00612027" w:rsidP="00BC0693">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1436B6FB" w14:textId="345CD1B5" w:rsidR="00857F93" w:rsidRPr="00BC0693" w:rsidRDefault="00857F93" w:rsidP="00BC0693">
-[...16 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="1436B6FB" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="00BC0693" w:rsidRDefault="00612027" w:rsidP="00BC0693">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="121678A1" w14:textId="67E5D49C" w:rsidR="00857F93" w:rsidRPr="00BC0693" w:rsidRDefault="00857F93" w:rsidP="00BC0693">
-[...16 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="121678A1" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="00BC0693" w:rsidRDefault="00612027" w:rsidP="00BC0693">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="031E69DF" w14:textId="771A45ED" w:rsidR="00857F93" w:rsidRPr="00BC0693" w:rsidRDefault="00857F93" w:rsidP="00BC0693">
-[...16 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="031E69DF" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="00BC0693" w:rsidRDefault="00612027" w:rsidP="00BC0693">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="40D03806" w14:textId="45F98C75" w:rsidR="00857F93" w:rsidRPr="00BC0693" w:rsidRDefault="00857F93" w:rsidP="00BC0693">
-[...16 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="40D03806" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="00BC0693" w:rsidRDefault="00612027" w:rsidP="00BC0693">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0F0217E0" w14:textId="118E4BFC" w:rsidR="00857F93" w:rsidRPr="00BC0693" w:rsidRDefault="00857F93" w:rsidP="00BC0693">
-[...16 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="0F0217E0" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="00BC0693" w:rsidRDefault="00612027" w:rsidP="00BC0693">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E5AA0C0" w14:textId="1B05B01B" w:rsidR="00857F93" w:rsidRPr="00BC0693" w:rsidRDefault="00857F93" w:rsidP="00BC0693">
-[...16 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="5E5AA0C0" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="00BC0693" w:rsidRDefault="00612027" w:rsidP="00BC0693">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="759" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="55D5BE50" w14:textId="4441C011" w:rsidR="00857F93" w:rsidRPr="00BC0693" w:rsidRDefault="00857F93" w:rsidP="00BC0693">
-[...16 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="55D5BE50" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="00BC0693" w:rsidRDefault="00612027" w:rsidP="00BC0693">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="759" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="03F2F7BB" w14:textId="29723839" w:rsidR="00857F93" w:rsidRPr="00BC0693" w:rsidRDefault="00857F93" w:rsidP="00BC0693">
-[...16 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="03F2F7BB" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="00BC0693" w:rsidRDefault="00612027" w:rsidP="00BC0693">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="759" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1B166D4B" w14:textId="1DE3B9B4" w:rsidR="00857F93" w:rsidRPr="00BC0693" w:rsidRDefault="00857F93" w:rsidP="00BC0693">
-[...16 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="1B166D4B" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="00BC0693" w:rsidRDefault="00612027" w:rsidP="00BC0693">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="772" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="466B9E1A" w14:textId="4457DD72" w:rsidR="00857F93" w:rsidRPr="00BC0693" w:rsidRDefault="00857F93" w:rsidP="00BC0693">
-[...16 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="466B9E1A" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="00BC0693" w:rsidRDefault="00612027" w:rsidP="00BC0693">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="774" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="299D2CB4" w14:textId="79D73AF3" w:rsidR="00857F93" w:rsidRPr="00BC0693" w:rsidRDefault="00857F93" w:rsidP="00BC0693">
-[...16 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="299D2CB4" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="00BC0693" w:rsidRDefault="00612027" w:rsidP="00BC0693">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00857F93" w:rsidRPr="009508A0" w14:paraId="701EBFEA" w14:textId="77777777" w:rsidTr="00BC0693">
+      <w:tr w:rsidR="007B0CFC" w:rsidRPr="009508A0" w14:paraId="701EBFEA" w14:textId="77777777" w:rsidTr="00BC0693">
         <w:trPr>
           <w:trHeight w:val="463"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1047" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6A6FAB5D" w14:textId="77777777" w:rsidR="00857F93" w:rsidRPr="00BC0693" w:rsidRDefault="00857F93" w:rsidP="00BC0693">
+          <w:p w14:paraId="6A6FAB5D" w14:textId="77777777" w:rsidR="007B0CFC" w:rsidRPr="00BC0693" w:rsidRDefault="007B0CFC" w:rsidP="00BC0693">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC0693">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>CO2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="841" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="590E0219" w14:textId="23BD9920" w:rsidR="00857F93" w:rsidRPr="00BC0693" w:rsidRDefault="00857F93" w:rsidP="00BC0693">
-[...12 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="590E0219" w14:textId="77777777" w:rsidR="007B0CFC" w:rsidRPr="00BC0693" w:rsidRDefault="00BC0693" w:rsidP="00BC0693">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BC0693">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="097367D4" w14:textId="3BA823E9" w:rsidR="00857F93" w:rsidRPr="00BC0693" w:rsidRDefault="00857F93" w:rsidP="00BC0693">
-[...16 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="097367D4" w14:textId="77777777" w:rsidR="007B0CFC" w:rsidRPr="00BC0693" w:rsidRDefault="007B0CFC" w:rsidP="00BC0693">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2B62F553" w14:textId="3C767FD4" w:rsidR="00857F93" w:rsidRPr="00BC0693" w:rsidRDefault="00857F93" w:rsidP="00BC0693">
-[...16 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="2B62F553" w14:textId="77777777" w:rsidR="007B0CFC" w:rsidRPr="00BC0693" w:rsidRDefault="007B0CFC" w:rsidP="00BC0693">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0E6A4BAB" w14:textId="2912CE38" w:rsidR="00857F93" w:rsidRPr="00BC0693" w:rsidRDefault="00857F93" w:rsidP="00BC0693">
-[...16 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="0E6A4BAB" w14:textId="77777777" w:rsidR="007B0CFC" w:rsidRPr="00BC0693" w:rsidRDefault="007B0CFC" w:rsidP="00BC0693">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1EE5A2C9" w14:textId="517E0AE4" w:rsidR="00857F93" w:rsidRPr="00BC0693" w:rsidRDefault="00857F93" w:rsidP="00BC0693">
-[...16 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="1EE5A2C9" w14:textId="77777777" w:rsidR="007B0CFC" w:rsidRPr="00BC0693" w:rsidRDefault="007B0CFC" w:rsidP="00BC0693">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6AA2AD51" w14:textId="6B74B0C8" w:rsidR="00857F93" w:rsidRPr="00BC0693" w:rsidRDefault="00857F93" w:rsidP="00BC0693">
-[...16 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="6AA2AD51" w14:textId="77777777" w:rsidR="007B0CFC" w:rsidRPr="00BC0693" w:rsidRDefault="007B0CFC" w:rsidP="00BC0693">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7DDFF462" w14:textId="76AECE55" w:rsidR="00857F93" w:rsidRPr="00BC0693" w:rsidRDefault="00857F93" w:rsidP="00BC0693">
-[...16 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="7DDFF462" w14:textId="77777777" w:rsidR="007B0CFC" w:rsidRPr="00BC0693" w:rsidRDefault="007B0CFC" w:rsidP="00BC0693">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="13AF4C64" w14:textId="2B2E7F74" w:rsidR="00857F93" w:rsidRPr="00BC0693" w:rsidRDefault="00857F93" w:rsidP="00BC0693">
-[...16 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="13AF4C64" w14:textId="77777777" w:rsidR="007B0CFC" w:rsidRPr="00BC0693" w:rsidRDefault="007B0CFC" w:rsidP="00BC0693">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="47124450" w14:textId="699A09E0" w:rsidR="00857F93" w:rsidRPr="00BC0693" w:rsidRDefault="00857F93" w:rsidP="00BC0693">
-[...15 lines deleted...]
-              <w:t> </w:t>
+          <w:p w14:paraId="47124450" w14:textId="7D746FA3" w:rsidR="007B0CFC" w:rsidRPr="00BC0693" w:rsidRDefault="00810C72" w:rsidP="00BC0693">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="759" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="22D37C71" w14:textId="3E57BB5E" w:rsidR="00857F93" w:rsidRPr="00BC0693" w:rsidRDefault="00857F93" w:rsidP="00BC0693">
-[...12 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="22D37C71" w14:textId="77777777" w:rsidR="007B0CFC" w:rsidRPr="00BC0693" w:rsidRDefault="002E5756" w:rsidP="00BC0693">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BC0693">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="759" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2659CA8D" w14:textId="46BBE954" w:rsidR="00857F93" w:rsidRPr="00BC0693" w:rsidRDefault="00857F93" w:rsidP="00BC0693">
-[...16 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="2659CA8D" w14:textId="77777777" w:rsidR="007B0CFC" w:rsidRPr="00BC0693" w:rsidRDefault="007B0CFC" w:rsidP="00BC0693">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="759" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5DBC5258" w14:textId="54AF7F6E" w:rsidR="00857F93" w:rsidRPr="00BC0693" w:rsidRDefault="00857F93" w:rsidP="00BC0693">
-[...15 lines deleted...]
-              <w:t> </w:t>
+          <w:p w14:paraId="5DBC5258" w14:textId="4ECB68D3" w:rsidR="007B0CFC" w:rsidRPr="00BC0693" w:rsidRDefault="00810C72" w:rsidP="00BC0693">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="772" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1CAFF2FB" w14:textId="1F413F2C" w:rsidR="00857F93" w:rsidRPr="00BC0693" w:rsidRDefault="00857F93" w:rsidP="00BC0693">
-[...15 lines deleted...]
-              <w:t> </w:t>
+          <w:p w14:paraId="1CAFF2FB" w14:textId="76EBCAAE" w:rsidR="007B0CFC" w:rsidRPr="00BC0693" w:rsidRDefault="00810C72" w:rsidP="00BC0693">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="774" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="25094813" w14:textId="07FCD424" w:rsidR="00857F93" w:rsidRPr="00BC0693" w:rsidRDefault="00857F93" w:rsidP="00BC0693">
-[...15 lines deleted...]
-              <w:t> </w:t>
+          <w:p w14:paraId="25094813" w14:textId="77777777" w:rsidR="007B0CFC" w:rsidRPr="00BC0693" w:rsidRDefault="00E170A6" w:rsidP="00BC0693">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BC0693">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00857F93" w:rsidRPr="009508A0" w14:paraId="56CC9375" w14:textId="77777777" w:rsidTr="00BC0693">
+      <w:tr w:rsidR="007B0CFC" w:rsidRPr="009508A0" w14:paraId="56CC9375" w14:textId="77777777" w:rsidTr="00BC0693">
         <w:trPr>
           <w:trHeight w:val="463"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1047" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="66B56AFE" w14:textId="77777777" w:rsidR="00857F93" w:rsidRPr="00BC0693" w:rsidRDefault="00857F93" w:rsidP="00BC0693">
+          <w:p w14:paraId="66B56AFE" w14:textId="77777777" w:rsidR="007B0CFC" w:rsidRPr="00BC0693" w:rsidRDefault="007B0CFC" w:rsidP="00BC0693">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC0693">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>CO3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="841" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="58D67D32" w14:textId="3CACA9D7" w:rsidR="00857F93" w:rsidRPr="00BC0693" w:rsidRDefault="00857F93" w:rsidP="00BC0693">
-[...15 lines deleted...]
-              <w:t> </w:t>
+          <w:p w14:paraId="58D67D32" w14:textId="6C814AFB" w:rsidR="007B0CFC" w:rsidRPr="00BC0693" w:rsidRDefault="00810C72" w:rsidP="00BC0693">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="378DC8B9" w14:textId="46FC7F30" w:rsidR="00857F93" w:rsidRPr="00BC0693" w:rsidRDefault="00857F93" w:rsidP="00BC0693">
-[...16 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="378DC8B9" w14:textId="77777777" w:rsidR="007B0CFC" w:rsidRPr="00BC0693" w:rsidRDefault="007B0CFC" w:rsidP="00BC0693">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="555A27B7" w14:textId="5FA8255C" w:rsidR="00857F93" w:rsidRPr="00BC0693" w:rsidRDefault="00857F93" w:rsidP="00BC0693">
-[...16 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="555A27B7" w14:textId="77777777" w:rsidR="007B0CFC" w:rsidRPr="00BC0693" w:rsidRDefault="007B0CFC" w:rsidP="00BC0693">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7EB26E65" w14:textId="50AE1ADB" w:rsidR="00857F93" w:rsidRPr="00BC0693" w:rsidRDefault="00857F93" w:rsidP="00BC0693">
-[...16 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="7EB26E65" w14:textId="77777777" w:rsidR="007B0CFC" w:rsidRPr="00BC0693" w:rsidRDefault="007B0CFC" w:rsidP="00BC0693">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1E420D82" w14:textId="424914A2" w:rsidR="00857F93" w:rsidRPr="00BC0693" w:rsidRDefault="00857F93" w:rsidP="00BC0693">
-[...16 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="1E420D82" w14:textId="77777777" w:rsidR="007B0CFC" w:rsidRPr="00BC0693" w:rsidRDefault="007B0CFC" w:rsidP="00BC0693">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="670CEE98" w14:textId="08A952DD" w:rsidR="00857F93" w:rsidRPr="00BC0693" w:rsidRDefault="00857F93" w:rsidP="00BC0693">
-[...16 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="670CEE98" w14:textId="77777777" w:rsidR="007B0CFC" w:rsidRPr="00BC0693" w:rsidRDefault="007B0CFC" w:rsidP="00BC0693">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="762A2A29" w14:textId="62DC8AC0" w:rsidR="00857F93" w:rsidRPr="00BC0693" w:rsidRDefault="00857F93" w:rsidP="00BC0693">
-[...16 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="762A2A29" w14:textId="77777777" w:rsidR="007B0CFC" w:rsidRPr="00BC0693" w:rsidRDefault="007B0CFC" w:rsidP="00BC0693">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4AA06B25" w14:textId="41C3D6DE" w:rsidR="00857F93" w:rsidRPr="00BC0693" w:rsidRDefault="00857F93" w:rsidP="00BC0693">
-[...16 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="4AA06B25" w14:textId="77777777" w:rsidR="007B0CFC" w:rsidRPr="00BC0693" w:rsidRDefault="007B0CFC" w:rsidP="00BC0693">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="073B34D9" w14:textId="373A8062" w:rsidR="00857F93" w:rsidRPr="00BC0693" w:rsidRDefault="00857F93" w:rsidP="00BC0693">
-[...15 lines deleted...]
-              <w:t> </w:t>
+          <w:p w14:paraId="073B34D9" w14:textId="37266157" w:rsidR="007B0CFC" w:rsidRPr="00BC0693" w:rsidRDefault="00810C72" w:rsidP="00BC0693">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="759" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="05672A79" w14:textId="14D808C6" w:rsidR="00857F93" w:rsidRPr="00BC0693" w:rsidRDefault="00857F93" w:rsidP="00BC0693">
-[...15 lines deleted...]
-              <w:t> </w:t>
+          <w:p w14:paraId="05672A79" w14:textId="56711EA5" w:rsidR="007B0CFC" w:rsidRPr="00BC0693" w:rsidRDefault="00810C72" w:rsidP="00BC0693">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="759" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="61D51BED" w14:textId="3ED54B3A" w:rsidR="00857F93" w:rsidRPr="00BC0693" w:rsidRDefault="00857F93" w:rsidP="00BC0693">
-[...16 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="61D51BED" w14:textId="77777777" w:rsidR="007B0CFC" w:rsidRPr="00BC0693" w:rsidRDefault="007B0CFC" w:rsidP="00BC0693">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="759" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="479D473D" w14:textId="67A07DF4" w:rsidR="00857F93" w:rsidRPr="00BC0693" w:rsidRDefault="00857F93" w:rsidP="00BC0693">
-[...15 lines deleted...]
-              <w:t> </w:t>
+          <w:p w14:paraId="479D473D" w14:textId="4CB18A30" w:rsidR="007B0CFC" w:rsidRPr="00BC0693" w:rsidRDefault="00810C72" w:rsidP="00BC0693">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="772" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="77C2B776" w14:textId="6F395A6C" w:rsidR="00857F93" w:rsidRPr="00BC0693" w:rsidRDefault="00857F93" w:rsidP="00BC0693">
-[...15 lines deleted...]
-              <w:t>3</w:t>
+          <w:p w14:paraId="77C2B776" w14:textId="2E8A68F6" w:rsidR="007B0CFC" w:rsidRPr="00BC0693" w:rsidRDefault="00810C72" w:rsidP="00BC0693">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="774" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="040534F0" w14:textId="16D5C95B" w:rsidR="00857F93" w:rsidRPr="00BC0693" w:rsidRDefault="00857F93" w:rsidP="00BC0693">
-[...12 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="040534F0" w14:textId="0EE978EA" w:rsidR="007B0CFC" w:rsidRPr="00BC0693" w:rsidRDefault="00810C72" w:rsidP="00BC0693">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00857F93" w:rsidRPr="009508A0" w14:paraId="5603CB50" w14:textId="77777777" w:rsidTr="00BC0693">
+      <w:tr w:rsidR="00EC3565" w:rsidRPr="009508A0" w14:paraId="5603CB50" w14:textId="77777777" w:rsidTr="00BC0693">
         <w:trPr>
           <w:trHeight w:val="463"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1047" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0141D928" w14:textId="77777777" w:rsidR="00857F93" w:rsidRPr="00BC0693" w:rsidRDefault="00857F93" w:rsidP="00BC0693">
+          <w:p w14:paraId="0141D928" w14:textId="77777777" w:rsidR="00EC3565" w:rsidRPr="00BC0693" w:rsidRDefault="00EC3565" w:rsidP="00BC0693">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC0693">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>CO4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="841" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="56348B5A" w14:textId="229A73E3" w:rsidR="00857F93" w:rsidRPr="00BC0693" w:rsidRDefault="00857F93" w:rsidP="00BC0693">
-[...16 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="56348B5A" w14:textId="77777777" w:rsidR="00EC3565" w:rsidRPr="00BC0693" w:rsidRDefault="00EC3565" w:rsidP="00BC0693">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="38D2E1E6" w14:textId="6E35FEE7" w:rsidR="00857F93" w:rsidRPr="00BC0693" w:rsidRDefault="00857F93" w:rsidP="00BC0693">
-[...12 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="38D2E1E6" w14:textId="77777777" w:rsidR="00EC3565" w:rsidRPr="00BC0693" w:rsidRDefault="00BC0693" w:rsidP="00BC0693">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BC0693">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0D311092" w14:textId="2880DF2D" w:rsidR="00857F93" w:rsidRPr="00BC0693" w:rsidRDefault="00857F93" w:rsidP="00BC0693">
-[...16 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="0D311092" w14:textId="77777777" w:rsidR="00EC3565" w:rsidRPr="00BC0693" w:rsidRDefault="00EC3565" w:rsidP="00BC0693">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2E55669D" w14:textId="72FE938B" w:rsidR="00857F93" w:rsidRPr="00BC0693" w:rsidRDefault="00857F93" w:rsidP="00BC0693">
-[...16 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="2E55669D" w14:textId="77777777" w:rsidR="00EC3565" w:rsidRPr="00BC0693" w:rsidRDefault="00EC3565" w:rsidP="00BC0693">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1D4E6A02" w14:textId="2B6F1F4D" w:rsidR="00857F93" w:rsidRPr="00BC0693" w:rsidRDefault="00857F93" w:rsidP="00BC0693">
-[...16 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="1D4E6A02" w14:textId="77777777" w:rsidR="00EC3565" w:rsidRPr="00BC0693" w:rsidRDefault="00EC3565" w:rsidP="00BC0693">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="64458173" w14:textId="6110A4B6" w:rsidR="00857F93" w:rsidRPr="00BC0693" w:rsidRDefault="00857F93" w:rsidP="00BC0693">
-[...16 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="64458173" w14:textId="77777777" w:rsidR="00EC3565" w:rsidRPr="00BC0693" w:rsidRDefault="00EC3565" w:rsidP="00BC0693">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="598417DB" w14:textId="568BCEDB" w:rsidR="00857F93" w:rsidRPr="00BC0693" w:rsidRDefault="00857F93" w:rsidP="00BC0693">
-[...16 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="598417DB" w14:textId="77777777" w:rsidR="00EC3565" w:rsidRPr="00BC0693" w:rsidRDefault="00EC3565" w:rsidP="00BC0693">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3B9408CC" w14:textId="4C8B813F" w:rsidR="00857F93" w:rsidRPr="00BC0693" w:rsidRDefault="00857F93" w:rsidP="00BC0693">
-[...16 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="3B9408CC" w14:textId="77777777" w:rsidR="00EC3565" w:rsidRPr="00BC0693" w:rsidRDefault="00EC3565" w:rsidP="00BC0693">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="39224497" w14:textId="1A72A02E" w:rsidR="00857F93" w:rsidRPr="00BC0693" w:rsidRDefault="00857F93" w:rsidP="00BC0693">
-[...12 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="39224497" w14:textId="77777777" w:rsidR="00EC3565" w:rsidRPr="00BC0693" w:rsidRDefault="002E5756" w:rsidP="00BC0693">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BC0693">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="759" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="72AE1D75" w14:textId="21C74E3C" w:rsidR="00857F93" w:rsidRPr="00BC0693" w:rsidRDefault="00857F93" w:rsidP="00BC0693">
-[...12 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="72AE1D75" w14:textId="77777777" w:rsidR="00EC3565" w:rsidRPr="00BC0693" w:rsidRDefault="002E5756" w:rsidP="00BC0693">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BC0693">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="759" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1CAD1215" w14:textId="7611229E" w:rsidR="00857F93" w:rsidRPr="00BC0693" w:rsidRDefault="00857F93" w:rsidP="00BC0693">
-[...16 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="1CAD1215" w14:textId="77777777" w:rsidR="00EC3565" w:rsidRPr="00BC0693" w:rsidRDefault="00EC3565" w:rsidP="00BC0693">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="759" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="369B7DC8" w14:textId="2130EB01" w:rsidR="00857F93" w:rsidRPr="00BC0693" w:rsidRDefault="00857F93" w:rsidP="00BC0693">
-[...12 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="369B7DC8" w14:textId="77777777" w:rsidR="00EC3565" w:rsidRPr="00BC0693" w:rsidRDefault="00EC3565" w:rsidP="00BC0693">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BC0693">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="772" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="06352672" w14:textId="6CB449D8" w:rsidR="00857F93" w:rsidRPr="00BC0693" w:rsidRDefault="00857F93" w:rsidP="00BC0693">
-[...16 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="06352672" w14:textId="77777777" w:rsidR="00EC3565" w:rsidRPr="00BC0693" w:rsidRDefault="00EC3565" w:rsidP="00BC0693">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="774" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="40108D26" w14:textId="2124CDF1" w:rsidR="00857F93" w:rsidRPr="00BC0693" w:rsidRDefault="00857F93" w:rsidP="00BC0693">
-[...15 lines deleted...]
-              <w:t> </w:t>
+          <w:p w14:paraId="40108D26" w14:textId="2DD070CA" w:rsidR="00EC3565" w:rsidRPr="00BC0693" w:rsidRDefault="00810C72" w:rsidP="00BC0693">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EC3565" w:rsidRPr="009508A0" w14:paraId="43A8AE08" w14:textId="77777777" w:rsidTr="00BC0693">
         <w:trPr>
           <w:trHeight w:val="463"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1047" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6A9B941A" w14:textId="77777777" w:rsidR="00EC3565" w:rsidRPr="000E4741" w:rsidRDefault="00EC3565" w:rsidP="005246D1">
+          <w:p w14:paraId="6A9B941A" w14:textId="77777777" w:rsidR="00EC3565" w:rsidRPr="000E4741" w:rsidRDefault="00EC3565" w:rsidP="00A15305">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E4741">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Average</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="841" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6D8D93B1" w14:textId="77777777" w:rsidR="00EC3565" w:rsidRPr="00212C91" w:rsidRDefault="001D452E" w:rsidP="00BC0693">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="en-IN"/>
@@ -11629,1847 +10860,261 @@
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E24505">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="772" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5697F914" w14:textId="3F4FB152" w:rsidR="00EC3565" w:rsidRPr="00E24505" w:rsidRDefault="00857F93" w:rsidP="001D452E">
+          <w:p w14:paraId="5697F914" w14:textId="4BC2CE9A" w:rsidR="00EC3565" w:rsidRPr="00E24505" w:rsidRDefault="00810C72" w:rsidP="001D452E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="774" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1F3B5E98" w14:textId="77777777" w:rsidR="00EC3565" w:rsidRPr="00E24505" w:rsidRDefault="006067D4" w:rsidP="00BA4CE8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="39294751" w14:textId="77777777" w:rsidR="00102260" w:rsidRDefault="00102260">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1E28C8E3" w14:textId="77777777" w:rsidR="00637144" w:rsidRDefault="00637144" w:rsidP="00637144">
+    <w:p w14:paraId="7FA1C32B" w14:textId="77777777" w:rsidR="002E42A5" w:rsidRDefault="002E42A5">
       <w:pPr>
-        <w:rPr>
-[...90 lines deleted...]
-        <w:ind w:left="-900"/>
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...1499 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="7124707C" w14:textId="77777777" w:rsidR="002E42A5" w:rsidRPr="009508A0" w:rsidRDefault="002E42A5">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="002E42A5" w:rsidRPr="009508A0" w:rsidSect="00BC0693">
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1440" w:right="656" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1178C003" w14:textId="77777777" w:rsidR="001A77FA" w:rsidRDefault="001A77FA" w:rsidP="00FC0B93">
+    <w:p w14:paraId="5EE9A2D9" w14:textId="77777777" w:rsidR="001B0906" w:rsidRDefault="001B0906" w:rsidP="00FC0B93">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7F026705" w14:textId="77777777" w:rsidR="001A77FA" w:rsidRDefault="001A77FA" w:rsidP="00FC0B93">
+    <w:p w14:paraId="1746A8A8" w14:textId="77777777" w:rsidR="001B0906" w:rsidRDefault="001B0906" w:rsidP="00FC0B93">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Mangal">
+    <w:panose1 w:val="00000400000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00008003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Trebuchet MS">
     <w:panose1 w:val="020B0603020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000687" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Bookman Old Style">
     <w:panose1 w:val="02050604050505020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="76DF4105" w14:textId="77777777" w:rsidR="001A77FA" w:rsidRDefault="001A77FA" w:rsidP="00FC0B93">
+    <w:p w14:paraId="5AA2344E" w14:textId="77777777" w:rsidR="001B0906" w:rsidRDefault="001B0906" w:rsidP="00FC0B93">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1D5E0266" w14:textId="77777777" w:rsidR="001A77FA" w:rsidRDefault="001A77FA" w:rsidP="00FC0B93">
+    <w:p w14:paraId="5057A211" w14:textId="77777777" w:rsidR="001B0906" w:rsidRDefault="001B0906" w:rsidP="00FC0B93">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:abstractNum w:abstractNumId="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="019156FB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4330FDC8"/>
     <w:lvl w:ilvl="0" w:tplc="AC58358E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="DDBE65B2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -13565,51 +11210,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="BED48654" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="04E90AEB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F4E81F1E"/>
     <w:lvl w:ilvl="0" w:tplc="2A4284DE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="B14AD8D8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -13705,51 +11350,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="8AC66992" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1AD81234"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F008E342"/>
     <w:lvl w:ilvl="0" w:tplc="EBFE2870">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="C0E22198" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -13845,51 +11490,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="2632B0F2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="390404E9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E1ECA784"/>
     <w:lvl w:ilvl="0" w:tplc="47EA27D0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:color w:val="C00000"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="40090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -13959,51 +11604,51 @@
     <w:lvl w:ilvl="7" w:tplc="40090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="40090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5D6F349E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A45626CE"/>
     <w:lvl w:ilvl="0" w:tplc="F98AE3B6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="6B868138" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -14099,287 +11744,281 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="418048D8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1012102269">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="155263462">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="1881435539">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="27726480">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="1541016427">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="__Grammarly_42____i" w:val="H4sIAAAAAAAEAKtWckksSQxILCpxzi/NK1GyMqwFAAEhoTITAAAA"/>
     <w:docVar w:name="__Grammarly_42___1" w:val="H4sIAAAAAAAEAKtWcslP9kxRslIyNDY2sDAwNrE0MTM1NDAwNjNU0lEKTi0uzszPAykwrgUAXWF5DCwAAAA="/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="00FC5172"/>
     <w:rsid w:val="00000547"/>
     <w:rsid w:val="000138DC"/>
     <w:rsid w:val="00016FC4"/>
     <w:rsid w:val="00036C8A"/>
     <w:rsid w:val="0005575B"/>
     <w:rsid w:val="00077AF1"/>
     <w:rsid w:val="00083B3A"/>
     <w:rsid w:val="0009426E"/>
     <w:rsid w:val="000A4EAE"/>
     <w:rsid w:val="000C5FB2"/>
     <w:rsid w:val="000C64BF"/>
     <w:rsid w:val="000C710A"/>
     <w:rsid w:val="000E104D"/>
     <w:rsid w:val="000E4741"/>
     <w:rsid w:val="000F2D9F"/>
     <w:rsid w:val="000F69D8"/>
     <w:rsid w:val="000F6FC4"/>
     <w:rsid w:val="00102260"/>
     <w:rsid w:val="00122CCA"/>
     <w:rsid w:val="00122F31"/>
     <w:rsid w:val="00123FDC"/>
     <w:rsid w:val="001324D0"/>
     <w:rsid w:val="0014137D"/>
     <w:rsid w:val="00141414"/>
     <w:rsid w:val="00141D34"/>
     <w:rsid w:val="0014647B"/>
     <w:rsid w:val="00147464"/>
     <w:rsid w:val="0015203A"/>
     <w:rsid w:val="00152935"/>
     <w:rsid w:val="001752B1"/>
     <w:rsid w:val="00177262"/>
     <w:rsid w:val="001A571E"/>
-    <w:rsid w:val="001A77FA"/>
+    <w:rsid w:val="001B0906"/>
     <w:rsid w:val="001B0D8D"/>
     <w:rsid w:val="001D3E85"/>
     <w:rsid w:val="001D452E"/>
     <w:rsid w:val="001E4B53"/>
-    <w:rsid w:val="001E7D84"/>
+    <w:rsid w:val="001E5FB8"/>
     <w:rsid w:val="001F642A"/>
     <w:rsid w:val="00201FE9"/>
     <w:rsid w:val="0020326C"/>
     <w:rsid w:val="00212C91"/>
     <w:rsid w:val="0021633B"/>
     <w:rsid w:val="00240FD0"/>
     <w:rsid w:val="002427CE"/>
     <w:rsid w:val="00250569"/>
     <w:rsid w:val="00272D59"/>
     <w:rsid w:val="00282473"/>
     <w:rsid w:val="0029034F"/>
     <w:rsid w:val="00297AF8"/>
     <w:rsid w:val="002D3293"/>
     <w:rsid w:val="002D5AE6"/>
     <w:rsid w:val="002E11BE"/>
     <w:rsid w:val="002E42A5"/>
     <w:rsid w:val="002E5756"/>
-    <w:rsid w:val="002F718B"/>
+    <w:rsid w:val="00300B29"/>
     <w:rsid w:val="003037AD"/>
     <w:rsid w:val="0030385E"/>
     <w:rsid w:val="00310299"/>
     <w:rsid w:val="00314488"/>
     <w:rsid w:val="00327588"/>
     <w:rsid w:val="003322DE"/>
-    <w:rsid w:val="003437BB"/>
     <w:rsid w:val="00361A89"/>
     <w:rsid w:val="00383AC2"/>
     <w:rsid w:val="00390964"/>
     <w:rsid w:val="003A049F"/>
     <w:rsid w:val="003C05BA"/>
     <w:rsid w:val="003C0A85"/>
     <w:rsid w:val="003E0FF5"/>
     <w:rsid w:val="003F6552"/>
     <w:rsid w:val="00416B29"/>
     <w:rsid w:val="00416C5E"/>
     <w:rsid w:val="00422CD0"/>
     <w:rsid w:val="00433069"/>
     <w:rsid w:val="00436118"/>
     <w:rsid w:val="00471DA8"/>
     <w:rsid w:val="00485E27"/>
     <w:rsid w:val="004B1B56"/>
     <w:rsid w:val="004B7005"/>
     <w:rsid w:val="004C2B61"/>
     <w:rsid w:val="004E0875"/>
     <w:rsid w:val="004E1F39"/>
     <w:rsid w:val="004E2CEC"/>
     <w:rsid w:val="004F480D"/>
     <w:rsid w:val="00504E66"/>
     <w:rsid w:val="00522EAC"/>
     <w:rsid w:val="005235CA"/>
     <w:rsid w:val="00524015"/>
-    <w:rsid w:val="005246D1"/>
     <w:rsid w:val="005253D3"/>
     <w:rsid w:val="00531208"/>
     <w:rsid w:val="00543B98"/>
     <w:rsid w:val="005458E0"/>
     <w:rsid w:val="00550A8B"/>
     <w:rsid w:val="00556628"/>
     <w:rsid w:val="00566C12"/>
     <w:rsid w:val="00581ACB"/>
     <w:rsid w:val="0059211D"/>
     <w:rsid w:val="0059263D"/>
     <w:rsid w:val="005E0C47"/>
     <w:rsid w:val="005E2415"/>
     <w:rsid w:val="006067D4"/>
     <w:rsid w:val="00612027"/>
     <w:rsid w:val="006175B4"/>
     <w:rsid w:val="00624568"/>
     <w:rsid w:val="006312D3"/>
     <w:rsid w:val="00634642"/>
-    <w:rsid w:val="00637144"/>
     <w:rsid w:val="006400F3"/>
     <w:rsid w:val="00642130"/>
     <w:rsid w:val="0066273B"/>
     <w:rsid w:val="0066466F"/>
-    <w:rsid w:val="00666FBC"/>
-    <w:rsid w:val="006737D3"/>
     <w:rsid w:val="00677472"/>
     <w:rsid w:val="00680B89"/>
     <w:rsid w:val="00685320"/>
     <w:rsid w:val="00692A41"/>
     <w:rsid w:val="006A062B"/>
     <w:rsid w:val="006A1F97"/>
     <w:rsid w:val="006B5921"/>
     <w:rsid w:val="006E1845"/>
     <w:rsid w:val="006E5901"/>
     <w:rsid w:val="006F7DE9"/>
     <w:rsid w:val="00712F43"/>
     <w:rsid w:val="00714B40"/>
-    <w:rsid w:val="00717CF8"/>
     <w:rsid w:val="0072464F"/>
     <w:rsid w:val="00724757"/>
     <w:rsid w:val="0072572C"/>
     <w:rsid w:val="00726722"/>
     <w:rsid w:val="0074436C"/>
     <w:rsid w:val="00746DB1"/>
     <w:rsid w:val="00751A7F"/>
     <w:rsid w:val="00752315"/>
     <w:rsid w:val="0075419E"/>
     <w:rsid w:val="0075690E"/>
     <w:rsid w:val="00757B2D"/>
     <w:rsid w:val="00761E9D"/>
     <w:rsid w:val="007627D5"/>
     <w:rsid w:val="00767B6C"/>
     <w:rsid w:val="00770F58"/>
     <w:rsid w:val="0077251C"/>
     <w:rsid w:val="00772C33"/>
     <w:rsid w:val="00777C66"/>
     <w:rsid w:val="007809F0"/>
     <w:rsid w:val="00791D2F"/>
     <w:rsid w:val="007963F0"/>
     <w:rsid w:val="007A195C"/>
     <w:rsid w:val="007B0CFC"/>
     <w:rsid w:val="007C14AB"/>
     <w:rsid w:val="007C66B8"/>
     <w:rsid w:val="007F32CA"/>
     <w:rsid w:val="007F6DE5"/>
     <w:rsid w:val="007F79F7"/>
     <w:rsid w:val="00804ADE"/>
     <w:rsid w:val="008061F2"/>
     <w:rsid w:val="00810C72"/>
     <w:rsid w:val="00814DF8"/>
     <w:rsid w:val="0082155B"/>
     <w:rsid w:val="00823F03"/>
     <w:rsid w:val="008345BD"/>
     <w:rsid w:val="008464E6"/>
     <w:rsid w:val="00852ABD"/>
-    <w:rsid w:val="00857F93"/>
     <w:rsid w:val="0086228E"/>
     <w:rsid w:val="00886323"/>
     <w:rsid w:val="0089007E"/>
     <w:rsid w:val="008969A3"/>
     <w:rsid w:val="008A3E5D"/>
     <w:rsid w:val="008B4211"/>
     <w:rsid w:val="008B43EE"/>
     <w:rsid w:val="008C1DFD"/>
     <w:rsid w:val="008C580F"/>
     <w:rsid w:val="008D499D"/>
     <w:rsid w:val="008E2CA1"/>
     <w:rsid w:val="008E6573"/>
     <w:rsid w:val="008E72A6"/>
     <w:rsid w:val="00903148"/>
     <w:rsid w:val="00905E6B"/>
     <w:rsid w:val="00910052"/>
     <w:rsid w:val="00912092"/>
     <w:rsid w:val="00930A17"/>
     <w:rsid w:val="009508A0"/>
     <w:rsid w:val="00954B6D"/>
     <w:rsid w:val="009707D5"/>
     <w:rsid w:val="009721C4"/>
     <w:rsid w:val="00977723"/>
     <w:rsid w:val="009937B0"/>
     <w:rsid w:val="00996350"/>
     <w:rsid w:val="009A2DA5"/>
-    <w:rsid w:val="009B0F96"/>
     <w:rsid w:val="009B60CE"/>
     <w:rsid w:val="009C5ABF"/>
     <w:rsid w:val="009D46EA"/>
     <w:rsid w:val="009E2547"/>
     <w:rsid w:val="009F07E4"/>
     <w:rsid w:val="009F616B"/>
     <w:rsid w:val="00A00A98"/>
     <w:rsid w:val="00A00E95"/>
     <w:rsid w:val="00A123FE"/>
     <w:rsid w:val="00A17A54"/>
     <w:rsid w:val="00A2487A"/>
     <w:rsid w:val="00A26EE0"/>
     <w:rsid w:val="00A40C3E"/>
     <w:rsid w:val="00A47C5C"/>
     <w:rsid w:val="00A61036"/>
     <w:rsid w:val="00A67FD5"/>
     <w:rsid w:val="00A70683"/>
     <w:rsid w:val="00A801AD"/>
     <w:rsid w:val="00A84FB6"/>
     <w:rsid w:val="00A90B89"/>
     <w:rsid w:val="00A95435"/>
     <w:rsid w:val="00AA10E8"/>
     <w:rsid w:val="00AB697C"/>
     <w:rsid w:val="00B05DD7"/>
     <w:rsid w:val="00B16F0D"/>
@@ -14393,360 +12032,589 @@
     <w:rsid w:val="00B72AF2"/>
     <w:rsid w:val="00B75337"/>
     <w:rsid w:val="00BA1AA2"/>
     <w:rsid w:val="00BA4CE8"/>
     <w:rsid w:val="00BB1E66"/>
     <w:rsid w:val="00BB46B2"/>
     <w:rsid w:val="00BB7692"/>
     <w:rsid w:val="00BC0693"/>
     <w:rsid w:val="00BC1CAC"/>
     <w:rsid w:val="00BD3B61"/>
     <w:rsid w:val="00BD40DF"/>
     <w:rsid w:val="00BE43A9"/>
     <w:rsid w:val="00C067ED"/>
     <w:rsid w:val="00C173ED"/>
     <w:rsid w:val="00C1760B"/>
     <w:rsid w:val="00C20E51"/>
     <w:rsid w:val="00C21127"/>
     <w:rsid w:val="00C25BE6"/>
     <w:rsid w:val="00C30505"/>
     <w:rsid w:val="00C471F5"/>
     <w:rsid w:val="00C647A8"/>
     <w:rsid w:val="00C708C1"/>
     <w:rsid w:val="00C75516"/>
     <w:rsid w:val="00C76418"/>
     <w:rsid w:val="00CA1939"/>
-    <w:rsid w:val="00CA2A66"/>
     <w:rsid w:val="00CB064C"/>
     <w:rsid w:val="00CB1271"/>
     <w:rsid w:val="00CC46F6"/>
-    <w:rsid w:val="00CC7D78"/>
     <w:rsid w:val="00CF214C"/>
     <w:rsid w:val="00CF2FAE"/>
     <w:rsid w:val="00CF3CAD"/>
     <w:rsid w:val="00D0017B"/>
     <w:rsid w:val="00D016DA"/>
     <w:rsid w:val="00D03E92"/>
     <w:rsid w:val="00D11F74"/>
     <w:rsid w:val="00D156DF"/>
     <w:rsid w:val="00D17DD9"/>
     <w:rsid w:val="00D20B8D"/>
     <w:rsid w:val="00D4028A"/>
     <w:rsid w:val="00D46F9C"/>
     <w:rsid w:val="00D46FE8"/>
     <w:rsid w:val="00D619CF"/>
     <w:rsid w:val="00D75BB4"/>
     <w:rsid w:val="00D851BB"/>
     <w:rsid w:val="00D85EE2"/>
     <w:rsid w:val="00DB6A86"/>
     <w:rsid w:val="00DC18B7"/>
     <w:rsid w:val="00DD3061"/>
     <w:rsid w:val="00DE3C28"/>
     <w:rsid w:val="00E0104D"/>
     <w:rsid w:val="00E10823"/>
     <w:rsid w:val="00E1468B"/>
     <w:rsid w:val="00E170A6"/>
     <w:rsid w:val="00E170A8"/>
     <w:rsid w:val="00E24505"/>
     <w:rsid w:val="00E36259"/>
     <w:rsid w:val="00E41168"/>
     <w:rsid w:val="00E42E3E"/>
     <w:rsid w:val="00E672C8"/>
     <w:rsid w:val="00EB0DB0"/>
     <w:rsid w:val="00EC0D5C"/>
-    <w:rsid w:val="00EC211D"/>
     <w:rsid w:val="00EC3565"/>
     <w:rsid w:val="00EC3B9E"/>
     <w:rsid w:val="00EE5CD9"/>
     <w:rsid w:val="00F04FAE"/>
     <w:rsid w:val="00F10FE3"/>
     <w:rsid w:val="00F2513C"/>
     <w:rsid w:val="00F25D14"/>
     <w:rsid w:val="00F308F2"/>
     <w:rsid w:val="00F37A92"/>
     <w:rsid w:val="00F4655C"/>
     <w:rsid w:val="00F52E49"/>
     <w:rsid w:val="00F62307"/>
     <w:rsid w:val="00F70DB6"/>
     <w:rsid w:val="00F85546"/>
     <w:rsid w:val="00F92CD4"/>
     <w:rsid w:val="00F96F25"/>
     <w:rsid w:val="00FB6D96"/>
     <w:rsid w:val="00FC0B93"/>
     <w:rsid w:val="00FC5172"/>
     <w:rsid w:val="00FC7D29"/>
     <w:rsid w:val="00FD2413"/>
     <w:rsid w:val="00FE671B"/>
     <w:rsid w:val="00FF0A2E"/>
     <w:rsid w:val="00FF5107"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-IN"/>
+  <w:themeFontLang w:val="en-IN" w:bidi="hi-IN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="4A0D4123"/>
+  <w15:docId w15:val="{2AD86F59-7AB9-4CD4-9651-DA8D03A3C47B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-IN" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...137 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00612027"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
-    <w:uiPriority w:val="39"/>
+    <w:uiPriority w:val="59"/>
     <w:rsid w:val="00612027"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
     <w:tblPr>
-      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
-      <w:tblCellMar>
-[...4 lines deleted...]
-      </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:link w:val="NoSpacingChar"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00612027"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="NoSpacingChar">
     <w:name w:val="No Spacing Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="NoSpacing"/>
     <w:uiPriority w:val="1"/>
     <w:locked/>
     <w:rsid w:val="00612027"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
     </w:rPr>
@@ -14891,559 +12759,56 @@
     <w:unhideWhenUsed/>
     <w:rsid w:val="00036C8A"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00036C8A"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="NormalWeb">
-[...462 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
-    <w:div w:id="39474133">
-[...37 lines deleted...]
-    </w:div>
     <w:div w:id="1627932344">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1168444457">
           <w:marLeft w:val="403"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="154"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
@@ -15471,51 +12836,51 @@
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="1548495213">
           <w:marLeft w:val="403"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="154"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -15768,78 +13133,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A3B664B1-0C2F-4D76-8C3E-281A528341B3}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DD5956BA-C957-4879-85CD-92AC798E8700}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>5</Pages>
-[...1 lines deleted...]
-  <Characters>7733</Characters>
+  <Pages>4</Pages>
+  <Words>684</Words>
+  <Characters>3901</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>64</Lines>
-  <Paragraphs>18</Paragraphs>
+  <Lines>32</Lines>
+  <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9071</CharactersWithSpaces>
+  <CharactersWithSpaces>4576</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>BRL</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>