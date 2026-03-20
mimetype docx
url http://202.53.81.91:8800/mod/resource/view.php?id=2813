--- v0 (2025-10-13)
+++ v1 (2026-03-20)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="1FCF2DB6" w14:textId="77777777" w:rsidR="00A20AF5" w:rsidRPr="00A20AF5" w:rsidRDefault="00A20AF5" w:rsidP="00A20AF5">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="8"/>
         <w:ind w:left="667" w:right="27"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Bookman Old Style" w:hAnsiTheme="majorHAnsi" w:cs="Bookman Old Style"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A20AF5">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Bookman Old Style" w:hAnsiTheme="majorHAnsi" w:cs="Bookman Old Style"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
@@ -102,51 +102,71 @@
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="8"/>
         <w:ind w:left="667" w:right="27"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Bookman Old Style" w:hAnsiTheme="majorHAnsi" w:cs="Bookman Old Style"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A20AF5">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Bookman Old Style" w:hAnsiTheme="majorHAnsi" w:cs="Bookman Old Style"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>III B.Tech – II Semester</w:t>
+        <w:t xml:space="preserve">III </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A20AF5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Bookman Old Style" w:hAnsiTheme="majorHAnsi" w:cs="Bookman Old Style"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>B.Tech</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A20AF5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Bookman Old Style" w:hAnsiTheme="majorHAnsi" w:cs="Bookman Old Style"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – II Semester</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="30D1525B" w14:textId="52F04D08" w:rsidR="00A20AF5" w:rsidRPr="00A20AF5" w:rsidRDefault="00A20AF5" w:rsidP="00A20AF5">
       <w:pPr>
         <w:pStyle w:val="TableParagraph"/>
         <w:spacing w:before="99"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A20AF5">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">20CS3603  </w:t>
       </w:r>
       <w:r w:rsidRPr="00A20AF5">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
@@ -808,51 +828,71 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Apply</w:t>
             </w:r>
             <w:r w:rsidRPr="00A20AF5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> React</w:t>
             </w:r>
             <w:r w:rsidRPr="00A20AF5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> JS concepts to build an Application.</w:t>
+              <w:t xml:space="preserve"> JS concepts to build an </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A20AF5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Application</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A20AF5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1937" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="673F74C8" w14:textId="3382D83A" w:rsidR="007224A8" w:rsidRDefault="007224A8" w:rsidP="007224A8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008566D9">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Understand, Apply</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -1542,51 +1582,71 @@
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A20AF5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Getting Started with Node.js</w:t>
             </w:r>
             <w:r w:rsidRPr="00A20AF5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>: Understanding Node.js, Installing Node.js, Working with Node Packages, Creating a Node.js Application, Writing Data to the Console</w:t>
+              <w:t xml:space="preserve">: Understanding Node.js, Installing Node.js, Working with Node Packages, </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A20AF5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Creating</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A20AF5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> a Node.js Application, Writing Data to the Console</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1293" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2B1A2521" w14:textId="77777777" w:rsidR="00586796" w:rsidRPr="00A20AF5" w:rsidRDefault="0042300F" w:rsidP="005C7487">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="406" w:right="349" w:hanging="32"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A20AF5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
@@ -2378,85 +2438,116 @@
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Understanding NoSQL and MongoDB</w:t>
             </w:r>
             <w:r w:rsidRPr="00A20AF5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>: Why</w:t>
             </w:r>
             <w:r w:rsidR="007B7E0D" w:rsidRPr="00A20AF5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00A20AF5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">NoSQL?, Understanding MongoDB, MongoDB Data Types; </w:t>
-[...9 lines deleted...]
-            </w:r>
+              <w:t>NoSQL?,</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00A20AF5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">: Building the MongoDB Environment, Accessing MongoDB from the Shell Client, MongoDB Shell commands and methods, </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00C7189F" w:rsidRPr="00A20AF5">
+              <w:t xml:space="preserve"> Understanding MongoDB, MongoDB Data Types; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A20AF5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Getting Started with MongoDB and Node.js</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A20AF5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Adding the MongoDB Driver to Node.js , </w:t>
+              <w:t xml:space="preserve">: Building the MongoDB Environment, Accessing MongoDB from the Shell Client, MongoDB Shell commands and methods, </w:t>
+            </w:r>
+            <w:r w:rsidR="00C7189F" w:rsidRPr="00A20AF5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Adding the MongoDB Driver to </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00C7189F" w:rsidRPr="00A20AF5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Node.js ,</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00C7189F" w:rsidRPr="00A20AF5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A20AF5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Connecting to MongoDB from Node.js</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1293" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="334C9750" w14:textId="6BE86D8B" w:rsidR="00586796" w:rsidRPr="00A20AF5" w:rsidRDefault="0042300F" w:rsidP="005C7487">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="406" w:right="349" w:hanging="32"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
@@ -4155,51 +4246,65 @@
       <w:pPr>
         <w:ind w:left="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
         </w:rPr>
         <w:t xml:space="preserve">Distribution of marks weightage to </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
         </w:rPr>
         <w:t>PO’s</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
         </w:rPr>
-        <w:t xml:space="preserve"> through CO’s. </w:t>
+        <w:t xml:space="preserve"> through </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+        </w:rPr>
+        <w:t>CO’s</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39A437F3" w14:textId="77777777" w:rsidR="001B7F2D" w:rsidRDefault="001B7F2D" w:rsidP="001B7F2D">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
           <w:color w:val="000000"/>
@@ -5295,781 +5400,582 @@
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>1,2,3,4,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2880" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2CB7209D" w14:textId="2A102AD1" w:rsidR="00B21619" w:rsidRDefault="001B7F2D" w:rsidP="002C1578">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Objective </w:t>
-[...8 lines deleted...]
-              <w:t>Exam</w:t>
+              <w:t>Objective Exam</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidR="00EE1771">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>0)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1545" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="086AF9D6" w14:textId="394D8201" w:rsidR="001B7F2D" w:rsidRDefault="00EE1771" w:rsidP="002C1578">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001B7F2D" w14:paraId="18AA1872" w14:textId="77777777" w:rsidTr="001B7F2D">
+      <w:tr w:rsidR="00896075" w14:paraId="18AA1872" w14:textId="77777777" w:rsidTr="00896075">
         <w:trPr>
           <w:trHeight w:val="720"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="692" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7AC2BB06" w14:textId="77777777" w:rsidR="001B7F2D" w:rsidRDefault="001B7F2D" w:rsidP="002C1578">
+          <w:p w14:paraId="7AC2BB06" w14:textId="77777777" w:rsidR="00896075" w:rsidRDefault="00896075" w:rsidP="00896075">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
               </w:rPr>
               <w:t>CO2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2386" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1F4FCBD5" w14:textId="77777777" w:rsidR="00461B23" w:rsidRDefault="00461B23" w:rsidP="00461B23">
-[...28 lines deleted...]
-              <w:t>Individual Performance, Communication</w:t>
+          <w:p w14:paraId="1B8DCCEB" w14:textId="4FD579A0" w:rsidR="00896075" w:rsidRDefault="00896075" w:rsidP="00896075">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C00151">
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Understand, Apply</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="29FB110A" w14:textId="77777777" w:rsidR="001B7F2D" w:rsidRDefault="001B7F2D" w:rsidP="002C1578">
+          <w:p w14:paraId="29FB110A" w14:textId="77777777" w:rsidR="00896075" w:rsidRDefault="00896075" w:rsidP="00896075">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>L3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1FC972EB" w14:textId="54C6360F" w:rsidR="001B7F2D" w:rsidRDefault="00EE1771" w:rsidP="002C1578">
-[...19 lines deleted...]
-              <w:t>,3</w:t>
+          <w:p w14:paraId="1FC972EB" w14:textId="54C6360F" w:rsidR="00896075" w:rsidRDefault="00896075" w:rsidP="00896075">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>1,2,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2880" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0E4A6363" w14:textId="17637EC6" w:rsidR="001B7F2D" w:rsidRDefault="001B7F2D" w:rsidP="002C1578">
-[...81 lines deleted...]
-          <w:p w14:paraId="0B189F0C" w14:textId="29481357" w:rsidR="001B7F2D" w:rsidRDefault="001B7F2D" w:rsidP="0038032C">
+          <w:p w14:paraId="0E4A6363" w14:textId="17637EC6" w:rsidR="00896075" w:rsidRDefault="00896075" w:rsidP="00896075">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Descriptive Exam </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (10)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3D139CAF" w14:textId="01818941" w:rsidR="00896075" w:rsidRDefault="00896075" w:rsidP="00896075">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Assignment  (2.5)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0B189F0C" w14:textId="29481357" w:rsidR="00896075" w:rsidRDefault="00896075" w:rsidP="00896075">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1545" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4A9A332D" w14:textId="0D7019A4" w:rsidR="001B7F2D" w:rsidRDefault="00EE1771" w:rsidP="002C1578">
+          <w:p w14:paraId="4A9A332D" w14:textId="0D7019A4" w:rsidR="00896075" w:rsidRDefault="00896075" w:rsidP="00896075">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>28</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001B7F2D" w14:paraId="4401C144" w14:textId="77777777" w:rsidTr="00CA1DB7">
+      <w:tr w:rsidR="00896075" w14:paraId="4401C144" w14:textId="77777777" w:rsidTr="00896075">
         <w:trPr>
           <w:trHeight w:val="720"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="692" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="507891BF" w14:textId="77777777" w:rsidR="001B7F2D" w:rsidRDefault="001B7F2D" w:rsidP="001B7F2D">
+          <w:p w14:paraId="507891BF" w14:textId="77777777" w:rsidR="00896075" w:rsidRDefault="00896075" w:rsidP="00896075">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
               </w:rPr>
               <w:t>CO3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2386" w:type="dxa"/>
-          </w:tcPr>
-[...29 lines deleted...]
-              <w:t>Individual Performance, Communication</w:t>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C7C3F67" w14:textId="00D80642" w:rsidR="00896075" w:rsidRDefault="00896075" w:rsidP="00896075">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C00151">
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Understand, Apply</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0599254B" w14:textId="77777777" w:rsidR="001B7F2D" w:rsidRDefault="001B7F2D" w:rsidP="001B7F2D">
+          <w:p w14:paraId="0599254B" w14:textId="77777777" w:rsidR="00896075" w:rsidRDefault="00896075" w:rsidP="00896075">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>L3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5F385DAD" w14:textId="5FFD0028" w:rsidR="001B7F2D" w:rsidRDefault="001B7F2D" w:rsidP="001B7F2D">
+          <w:p w14:paraId="5F385DAD" w14:textId="5FFD0028" w:rsidR="00896075" w:rsidRDefault="00896075" w:rsidP="00896075">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2880" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0B49DDDE" w14:textId="216A8E3A" w:rsidR="0038032C" w:rsidRDefault="001B7F2D" w:rsidP="001B7F2D">
-[...86 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w14:paraId="0B49DDDE" w14:textId="216A8E3A" w:rsidR="00896075" w:rsidRDefault="00896075" w:rsidP="00896075">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Descriptive Exam </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (2.5)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="106E8EDE" w14:textId="4F3B3477" w:rsidR="00896075" w:rsidRDefault="00896075" w:rsidP="00896075">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Assignment  (1.25) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1545" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7C6B8607" w14:textId="01D61731" w:rsidR="001B7F2D" w:rsidRDefault="00EE1771" w:rsidP="001B7F2D">
+          <w:p w14:paraId="7C6B8607" w14:textId="01D61731" w:rsidR="00896075" w:rsidRDefault="00896075" w:rsidP="00896075">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001B7F2D" w14:paraId="296C2293" w14:textId="77777777" w:rsidTr="00CA1DB7">
+      <w:tr w:rsidR="00896075" w14:paraId="296C2293" w14:textId="77777777" w:rsidTr="00896075">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="692" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="126017F6" w14:textId="77777777" w:rsidR="001B7F2D" w:rsidRDefault="001B7F2D" w:rsidP="001B7F2D">
+          <w:p w14:paraId="126017F6" w14:textId="77777777" w:rsidR="00896075" w:rsidRDefault="00896075" w:rsidP="00896075">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
               </w:rPr>
               <w:t>CO4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2386" w:type="dxa"/>
-          </w:tcPr>
-[...36 lines deleted...]
-              <w:t>Individual Performance, Communication</w:t>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E826F24" w14:textId="6B6634B8" w:rsidR="00896075" w:rsidRDefault="00896075" w:rsidP="00896075">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C00151">
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Understand, Apply</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2CEE876E" w14:textId="77777777" w:rsidR="001B7F2D" w:rsidRDefault="001B7F2D" w:rsidP="001B7F2D">
+          <w:p w14:paraId="2CEE876E" w14:textId="77777777" w:rsidR="00896075" w:rsidRDefault="00896075" w:rsidP="00896075">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>L4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="55CE4826" w14:textId="4A9C195A" w:rsidR="001B7F2D" w:rsidRDefault="001B7F2D" w:rsidP="001B7F2D">
+          <w:p w14:paraId="55CE4826" w14:textId="4A9C195A" w:rsidR="00896075" w:rsidRDefault="00896075" w:rsidP="00896075">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2880" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="65B2B4B1" w14:textId="459EB7E4" w:rsidR="001B7F2D" w:rsidRDefault="001B7F2D" w:rsidP="001B7F2D">
+          <w:p w14:paraId="65B2B4B1" w14:textId="459EB7E4" w:rsidR="00896075" w:rsidRDefault="00896075" w:rsidP="00896075">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
               </w:rPr>
               <w:t>Descriptive Exam</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (</w:t>
-[...50 lines deleted...]
-              <w:t>)</w:t>
+              <w:t xml:space="preserve"> (2.5)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="66B934E4" w14:textId="75CA946A" w:rsidR="00896075" w:rsidRDefault="00896075" w:rsidP="00896075">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Assignment  (1.25)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1545" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6A2F08A9" w14:textId="0991BC06" w:rsidR="001B7F2D" w:rsidRDefault="00EE1771" w:rsidP="001B7F2D">
+          <w:p w14:paraId="6A2F08A9" w14:textId="0991BC06" w:rsidR="00896075" w:rsidRDefault="00896075" w:rsidP="00896075">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="34771973" w14:textId="77777777" w:rsidR="001B7F2D" w:rsidRDefault="001B7F2D" w:rsidP="001B7F2D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
@@ -6771,83 +6677,65 @@
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>1,2,3,4,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3024" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4E2158DD" w14:textId="47EE1E43" w:rsidR="00EE1771" w:rsidRDefault="00EE1771" w:rsidP="00EE1771">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Objective </w:t>
-[...8 lines deleted...]
-              <w:t>Exam</w:t>
+              <w:t>Objective Exam</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (</w:t>
-[...8 lines deleted...]
-              <w:t>10)</w:t>
+              <w:t xml:space="preserve"> (10)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1434" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="705AF059" w14:textId="7E97AC8E" w:rsidR="00EE1771" w:rsidRDefault="00EE1771" w:rsidP="00EE1771">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>14</w:t>
@@ -6881,67 +6769,75 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>10+14</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6BC36CE8" w14:textId="2A95BB1C" w:rsidR="00EE1771" w:rsidRDefault="00EE1771" w:rsidP="00EE1771">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4335F3BF" w14:textId="2DF90B32" w:rsidR="00EE1771" w:rsidRPr="00C7508C" w:rsidRDefault="00EE1771" w:rsidP="00EE1771">
+          <w:p w14:paraId="4335F3BF" w14:textId="4C1078B9" w:rsidR="00EE1771" w:rsidRPr="00C7508C" w:rsidRDefault="00EE1771" w:rsidP="00EE1771">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>24</w:t>
+            </w:r>
+            <w:r w:rsidR="00215E57">
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="07D4BCC8" w14:textId="19A61326" w:rsidR="00EE1771" w:rsidRDefault="00EE1771" w:rsidP="00D3004D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
@@ -6950,1717 +6846,1653 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1158" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="075B08B2" w14:textId="77777777" w:rsidR="00EE1771" w:rsidRDefault="00EE1771" w:rsidP="00EE1771">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PO1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EE1771" w14:paraId="60B368F1" w14:textId="77777777" w:rsidTr="00461B23">
+      <w:tr w:rsidR="00896075" w14:paraId="60B368F1" w14:textId="77777777" w:rsidTr="00896075">
         <w:trPr>
           <w:trHeight w:val="818"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="700" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4399E368" w14:textId="77777777" w:rsidR="00EE1771" w:rsidRDefault="00EE1771" w:rsidP="00EE1771">
+          <w:p w14:paraId="4399E368" w14:textId="77777777" w:rsidR="00896075" w:rsidRDefault="00896075" w:rsidP="00896075">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>CO2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3EC53EF1" w14:textId="77777777" w:rsidR="00EE1771" w:rsidRDefault="00EE1771" w:rsidP="00EE1771">
-[...30 lines deleted...]
-              <w:t>Individual Performance, Communication</w:t>
+          <w:p w14:paraId="39887D01" w14:textId="6E17C832" w:rsidR="00896075" w:rsidRDefault="00896075" w:rsidP="00896075">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00036B9E">
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Understand, Apply</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="443066CF" w14:textId="02CC5ED9" w:rsidR="00EE1771" w:rsidRDefault="00EE1771" w:rsidP="00EE1771">
+          <w:p w14:paraId="443066CF" w14:textId="02CC5ED9" w:rsidR="00896075" w:rsidRDefault="00896075" w:rsidP="00896075">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>L3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="849" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0FE4DCB5" w14:textId="68D9B58A" w:rsidR="00EE1771" w:rsidRDefault="00EE1771" w:rsidP="00EE1771">
+          <w:p w14:paraId="0FE4DCB5" w14:textId="68D9B58A" w:rsidR="00896075" w:rsidRDefault="00896075" w:rsidP="00896075">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>1,2,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3024" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0E864A3F" w14:textId="77777777" w:rsidR="00EE1771" w:rsidRDefault="00EE1771" w:rsidP="00EE1771">
-[...65 lines deleted...]
-          <w:p w14:paraId="104C2853" w14:textId="0E821BB3" w:rsidR="00EE1771" w:rsidRDefault="00EE1771" w:rsidP="00EE1771">
+          <w:p w14:paraId="0E864A3F" w14:textId="77777777" w:rsidR="00896075" w:rsidRDefault="00896075" w:rsidP="00896075">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Descriptive Exam </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (10)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="50DB035E" w14:textId="08E33A9C" w:rsidR="00896075" w:rsidRDefault="00896075" w:rsidP="00896075">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Assignment  (2.5)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="104C2853" w14:textId="0E821BB3" w:rsidR="00896075" w:rsidRDefault="00896075" w:rsidP="00896075">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(1+0.5+0.5+0.5)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="07176099" w14:textId="03166DFE" w:rsidR="00EE1771" w:rsidRDefault="00EE1771" w:rsidP="00EE1771">
+          <w:p w14:paraId="07176099" w14:textId="03166DFE" w:rsidR="00896075" w:rsidRDefault="00896075" w:rsidP="00896075">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1434" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="26E17393" w14:textId="5E542190" w:rsidR="00EE1771" w:rsidRDefault="00EE1771" w:rsidP="00EE1771">
+          <w:p w14:paraId="26E17393" w14:textId="7DCD662F" w:rsidR="00896075" w:rsidRDefault="00787BD3" w:rsidP="00896075">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>28</w:t>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00215E57">
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2343" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3DEBAB37" w14:textId="77777777" w:rsidR="00EE1771" w:rsidRDefault="00EE1771" w:rsidP="00EE1771">
-[...18 lines deleted...]
-          <w:p w14:paraId="7F1E24F6" w14:textId="700E5BA0" w:rsidR="00EE1771" w:rsidRDefault="00EE1771" w:rsidP="00EE1771">
+          <w:p w14:paraId="3DEBAB37" w14:textId="0B646845" w:rsidR="00896075" w:rsidRDefault="00896075" w:rsidP="00896075">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="00215E57">
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7F1E24F6" w14:textId="700E5BA0" w:rsidR="00896075" w:rsidRDefault="00896075" w:rsidP="00896075">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>0.5</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="05517BE9" w14:textId="4B8CB526" w:rsidR="00EE1771" w:rsidRDefault="00EE1771" w:rsidP="00EE1771">
+          <w:p w14:paraId="05517BE9" w14:textId="4B8CB526" w:rsidR="00896075" w:rsidRDefault="00896075" w:rsidP="00896075">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>0.5</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="64D98054" w14:textId="7694F520" w:rsidR="00EE1771" w:rsidRDefault="00EE1771" w:rsidP="00EE1771">
+          <w:p w14:paraId="64D98054" w14:textId="7694F520" w:rsidR="00896075" w:rsidRDefault="00896075" w:rsidP="00896075">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>0.5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="071D1466" w14:textId="65D55258" w:rsidR="00EE1771" w:rsidRDefault="00EE1771" w:rsidP="00EE1771">
-[...19 lines deleted...]
-          <w:p w14:paraId="14A3CF92" w14:textId="77777777" w:rsidR="00EE1771" w:rsidRDefault="00EE1771" w:rsidP="00EE1771">
+          <w:p w14:paraId="071D1466" w14:textId="06C8451F" w:rsidR="00896075" w:rsidRDefault="00896075" w:rsidP="00896075">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="00215E57">
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>%</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="14A3CF92" w14:textId="77777777" w:rsidR="00896075" w:rsidRDefault="00896075" w:rsidP="00896075">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.5%</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="18CFA817" w14:textId="7B696064" w:rsidR="00EE1771" w:rsidRDefault="00EE1771" w:rsidP="00EE1771">
+          <w:p w14:paraId="18CFA817" w14:textId="7B696064" w:rsidR="00896075" w:rsidRDefault="00896075" w:rsidP="00896075">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.5%</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="01A44687" w14:textId="30354C50" w:rsidR="00EE1771" w:rsidRDefault="00EE1771" w:rsidP="00EE1771">
+          <w:p w14:paraId="01A44687" w14:textId="30354C50" w:rsidR="00896075" w:rsidRDefault="00896075" w:rsidP="00896075">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.5%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="163268BC" w14:textId="07BD6B1D" w:rsidR="00EE1771" w:rsidRDefault="00EE1771" w:rsidP="00EE1771">
+          <w:p w14:paraId="163268BC" w14:textId="07BD6B1D" w:rsidR="00896075" w:rsidRDefault="00896075" w:rsidP="00896075">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="08C2E70B" w14:textId="30095D07" w:rsidR="00EE1771" w:rsidRDefault="00EE1771" w:rsidP="00EE1771">
+          <w:p w14:paraId="08C2E70B" w14:textId="30095D07" w:rsidR="00896075" w:rsidRDefault="00896075" w:rsidP="00896075">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="72428FE9" w14:textId="2043E0E5" w:rsidR="00EE1771" w:rsidRDefault="00EE1771" w:rsidP="00EE1771">
+          <w:p w14:paraId="72428FE9" w14:textId="2043E0E5" w:rsidR="00896075" w:rsidRDefault="00896075" w:rsidP="00896075">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="26E8B6E9" w14:textId="61999052" w:rsidR="00EE1771" w:rsidRDefault="00EE1771" w:rsidP="00EE1771">
+          <w:p w14:paraId="26E8B6E9" w14:textId="61999052" w:rsidR="00896075" w:rsidRDefault="00896075" w:rsidP="00896075">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1158" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="09D59F53" w14:textId="5B4286E2" w:rsidR="00EE1771" w:rsidRDefault="00EE1771" w:rsidP="00EE1771">
+          <w:p w14:paraId="09D59F53" w14:textId="5B4286E2" w:rsidR="00896075" w:rsidRDefault="00896075" w:rsidP="00896075">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PSO1</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="478F8C1C" w14:textId="2859B8B3" w:rsidR="00EE1771" w:rsidRDefault="00EE1771" w:rsidP="00EE1771">
+          <w:p w14:paraId="478F8C1C" w14:textId="2859B8B3" w:rsidR="00896075" w:rsidRDefault="00896075" w:rsidP="00896075">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PO3</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7F50B4E1" w14:textId="35FA5258" w:rsidR="00EE1771" w:rsidRDefault="00EE1771" w:rsidP="00EE1771">
+          <w:p w14:paraId="7F50B4E1" w14:textId="35FA5258" w:rsidR="00896075" w:rsidRDefault="00896075" w:rsidP="00896075">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PO9</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="256CF9AF" w14:textId="0FD16E61" w:rsidR="00EE1771" w:rsidRDefault="00EE1771" w:rsidP="00D3004D">
+          <w:p w14:paraId="256CF9AF" w14:textId="0FD16E61" w:rsidR="00896075" w:rsidRDefault="00896075" w:rsidP="00896075">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PO10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EE1771" w14:paraId="1CF47D33" w14:textId="77777777" w:rsidTr="00461B23">
+      <w:tr w:rsidR="00896075" w14:paraId="1CF47D33" w14:textId="77777777" w:rsidTr="00896075">
         <w:trPr>
           <w:trHeight w:val="1078"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="700" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5DCDD27F" w14:textId="77777777" w:rsidR="00EE1771" w:rsidRDefault="00EE1771" w:rsidP="00EE1771">
+          <w:p w14:paraId="5DCDD27F" w14:textId="77777777" w:rsidR="00896075" w:rsidRDefault="00896075" w:rsidP="00896075">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>CO3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
-          </w:tcPr>
-[...29 lines deleted...]
-              <w:t>Individual Performance, Communication</w:t>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C113006" w14:textId="2EA3EECD" w:rsidR="00896075" w:rsidRPr="00A4271D" w:rsidRDefault="00896075" w:rsidP="00896075">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00036B9E">
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Understand, Apply</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7A6C2081" w14:textId="05CDD088" w:rsidR="00EE1771" w:rsidRDefault="00EE1771" w:rsidP="00EE1771">
+          <w:p w14:paraId="7A6C2081" w14:textId="05CDD088" w:rsidR="00896075" w:rsidRDefault="00896075" w:rsidP="00896075">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>L3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="849" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2127FC43" w14:textId="12A64902" w:rsidR="00EE1771" w:rsidRDefault="00EE1771" w:rsidP="00EE1771">
+          <w:p w14:paraId="2127FC43" w14:textId="12A64902" w:rsidR="00896075" w:rsidRDefault="00896075" w:rsidP="00896075">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3024" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3AD4DDFD" w14:textId="77777777" w:rsidR="00EE1771" w:rsidRDefault="00EE1771" w:rsidP="00EE1771">
-[...62 lines deleted...]
-              <w:t xml:space="preserve">1.25) </w:t>
+          <w:p w14:paraId="3AD4DDFD" w14:textId="77777777" w:rsidR="00896075" w:rsidRDefault="00896075" w:rsidP="00896075">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Descriptive Exam </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (2.5)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="16055283" w14:textId="1354FE97" w:rsidR="00896075" w:rsidRDefault="00896075" w:rsidP="00896075">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Assignment  (1.25) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1434" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="653B1998" w14:textId="2749224A" w:rsidR="00EE1771" w:rsidRDefault="00EE1771" w:rsidP="00EE1771">
+          <w:p w14:paraId="653B1998" w14:textId="11EFEC05" w:rsidR="00896075" w:rsidRDefault="00896075" w:rsidP="00896075">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>14</w:t>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00215E57">
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2343" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0445C927" w14:textId="2878564D" w:rsidR="00D3004D" w:rsidRDefault="00D3004D" w:rsidP="00EE1771">
+          <w:p w14:paraId="0445C927" w14:textId="1AF080F3" w:rsidR="00896075" w:rsidRDefault="00215E57" w:rsidP="00896075">
             <w:pPr>
               <w:ind w:right="-93"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>17</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="01482490" w14:textId="77777777" w:rsidR="00D3004D" w:rsidRDefault="00EE1771" w:rsidP="00EE1771">
+              <w:t xml:space="preserve"> 21</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="01482490" w14:textId="77777777" w:rsidR="00896075" w:rsidRDefault="00896075" w:rsidP="00896075">
             <w:pPr>
               <w:ind w:right="-93"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>.2</w:t>
-[...10 lines deleted...]
-          <w:p w14:paraId="5DC2D8C3" w14:textId="77777777" w:rsidR="00D3004D" w:rsidRDefault="00EE1771" w:rsidP="00EE1771">
+              <w:t>.25</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5DC2D8C3" w14:textId="77777777" w:rsidR="00896075" w:rsidRDefault="00896075" w:rsidP="00896075">
             <w:pPr>
               <w:ind w:right="-93"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.25</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="76DA4021" w14:textId="2C4492DC" w:rsidR="00EE1771" w:rsidRPr="00461B23" w:rsidRDefault="00EE1771" w:rsidP="00EE1771">
+          <w:p w14:paraId="76DA4021" w14:textId="2C4492DC" w:rsidR="00896075" w:rsidRPr="00461B23" w:rsidRDefault="00896075" w:rsidP="00896075">
             <w:pPr>
               <w:ind w:right="-93"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="08EB9E93" w14:textId="77777777" w:rsidR="00EE1771" w:rsidRDefault="00EE1771" w:rsidP="00D3004D">
+          <w:p w14:paraId="08EB9E93" w14:textId="5A7C34E3" w:rsidR="00896075" w:rsidRDefault="00215E57" w:rsidP="00896075">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>21</w:t>
+            </w:r>
+            <w:r w:rsidR="00896075">
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>%</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5669832A" w14:textId="77777777" w:rsidR="00896075" w:rsidRDefault="00896075" w:rsidP="00896075">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.25%</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10DF2E61" w14:textId="77777777" w:rsidR="00896075" w:rsidRDefault="00896075" w:rsidP="00896075">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.25%</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2DDB18A4" w14:textId="5D02EE38" w:rsidR="00896075" w:rsidRDefault="00896075" w:rsidP="00896075">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.25%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B5E681E" w14:textId="77777777" w:rsidR="00896075" w:rsidRDefault="00896075" w:rsidP="00896075">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1ABF5E0A" w14:textId="77777777" w:rsidR="00896075" w:rsidRDefault="00896075" w:rsidP="00896075">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="00D3004D">
-[...104 lines deleted...]
-          <w:p w14:paraId="1ABF5E0A" w14:textId="77777777" w:rsidR="00D3004D" w:rsidRDefault="00D3004D" w:rsidP="00EE1771">
+          </w:p>
+          <w:p w14:paraId="3E88F5A5" w14:textId="77777777" w:rsidR="00896075" w:rsidRDefault="00896075" w:rsidP="00896075">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3E88F5A5" w14:textId="77777777" w:rsidR="00D3004D" w:rsidRDefault="00D3004D" w:rsidP="00EE1771">
+          <w:p w14:paraId="494D1FB9" w14:textId="27449395" w:rsidR="00896075" w:rsidRDefault="00896075" w:rsidP="00896075">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="494D1FB9" w14:textId="27449395" w:rsidR="00D3004D" w:rsidRDefault="00D3004D" w:rsidP="00EE1771">
-[...18 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1158" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3190F7DF" w14:textId="0CDE9067" w:rsidR="00EE1771" w:rsidRDefault="00EE1771" w:rsidP="00EE1771">
+          <w:p w14:paraId="3190F7DF" w14:textId="0CDE9067" w:rsidR="00896075" w:rsidRDefault="00896075" w:rsidP="00896075">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>P</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00D3004D">
+              <w:t>PSO1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="31EBA2B4" w14:textId="653CC77B" w:rsidR="00896075" w:rsidRDefault="00896075" w:rsidP="00896075">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>S</w:t>
-            </w:r>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>O1</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="31EBA2B4" w14:textId="653CC77B" w:rsidR="00EE1771" w:rsidRDefault="00EE1771" w:rsidP="00EE1771">
+              <w:t>PO3</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2181F211" w14:textId="77777777" w:rsidR="00896075" w:rsidRDefault="00896075" w:rsidP="00896075">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>PO3</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="2181F211" w14:textId="77777777" w:rsidR="00EE1771" w:rsidRDefault="00EE1771" w:rsidP="00EE1771">
+              <w:t>PO9</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2EC6D560" w14:textId="1A20C814" w:rsidR="00896075" w:rsidRPr="00B5460E" w:rsidRDefault="00896075" w:rsidP="00896075">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>PO9</w:t>
-[...16 lines deleted...]
-              </w:rPr>
               <w:t>PO10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D3004D" w14:paraId="1EF69CAE" w14:textId="77777777" w:rsidTr="00461B23">
+      <w:tr w:rsidR="00896075" w14:paraId="1EF69CAE" w14:textId="77777777" w:rsidTr="00896075">
         <w:trPr>
           <w:trHeight w:val="557"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="700" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6A73BF47" w14:textId="77777777" w:rsidR="00D3004D" w:rsidRDefault="00D3004D" w:rsidP="00D3004D">
+          <w:p w14:paraId="6A73BF47" w14:textId="77777777" w:rsidR="00896075" w:rsidRDefault="00896075" w:rsidP="00896075">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>CO4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
-          </w:tcPr>
-[...31 lines deleted...]
-              <w:t>Individual Performance, Communication</w:t>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D30941B" w14:textId="25C5FC1D" w:rsidR="00896075" w:rsidRDefault="00896075" w:rsidP="00896075">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00036B9E">
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Understand, Apply</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3BAEADD8" w14:textId="6446CEB0" w:rsidR="00D3004D" w:rsidRDefault="00D3004D" w:rsidP="00D3004D">
+          <w:p w14:paraId="3BAEADD8" w14:textId="6446CEB0" w:rsidR="00896075" w:rsidRDefault="00896075" w:rsidP="00896075">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>L4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="849" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="37500FBC" w14:textId="01347873" w:rsidR="00D3004D" w:rsidRDefault="00D3004D" w:rsidP="00D3004D">
+          <w:p w14:paraId="37500FBC" w14:textId="01347873" w:rsidR="00896075" w:rsidRDefault="00896075" w:rsidP="00896075">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3024" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1B23F258" w14:textId="77777777" w:rsidR="00D3004D" w:rsidRDefault="00D3004D" w:rsidP="00D3004D">
+          <w:p w14:paraId="1B23F258" w14:textId="77777777" w:rsidR="00896075" w:rsidRDefault="00896075" w:rsidP="00896075">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
               </w:rPr>
               <w:t>Descriptive Exam</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> (2.5)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2B1DB5E3" w14:textId="4D14D7B6" w:rsidR="00D3004D" w:rsidRDefault="00D3004D" w:rsidP="00D3004D">
-[...23 lines deleted...]
-              <w:t>1.25)</w:t>
+          <w:p w14:paraId="2B1DB5E3" w14:textId="4D14D7B6" w:rsidR="00896075" w:rsidRDefault="00896075" w:rsidP="00896075">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Assignment  (1.25)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1434" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2DD78E72" w14:textId="3C93B067" w:rsidR="00D3004D" w:rsidRDefault="00D3004D" w:rsidP="00D3004D">
+          <w:p w14:paraId="2DD78E72" w14:textId="13D2679E" w:rsidR="00896075" w:rsidRDefault="00787BD3" w:rsidP="00896075">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>14</w:t>
+              <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2343" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="35FFAC34" w14:textId="77777777" w:rsidR="00D3004D" w:rsidRDefault="00D3004D" w:rsidP="00D3004D">
+          <w:p w14:paraId="35FFAC34" w14:textId="077D2D3A" w:rsidR="00896075" w:rsidRDefault="00E375E1" w:rsidP="00896075">
             <w:pPr>
               <w:ind w:right="-93"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>17</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="2C7E0D8D" w14:textId="77777777" w:rsidR="00D3004D" w:rsidRDefault="00D3004D" w:rsidP="00D3004D">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00787BD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00215E57">
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2C7E0D8D" w14:textId="77777777" w:rsidR="00896075" w:rsidRDefault="00896075" w:rsidP="00896075">
             <w:pPr>
               <w:ind w:right="-93"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.25</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7ADA98B6" w14:textId="77777777" w:rsidR="00D3004D" w:rsidRDefault="00D3004D" w:rsidP="00D3004D">
+          <w:p w14:paraId="7ADA98B6" w14:textId="77777777" w:rsidR="00896075" w:rsidRDefault="00896075" w:rsidP="00896075">
             <w:pPr>
               <w:ind w:right="-93"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.25</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1A1DCA24" w14:textId="2F216AB1" w:rsidR="00D3004D" w:rsidRDefault="00D3004D" w:rsidP="00D3004D">
+          <w:p w14:paraId="1A1DCA24" w14:textId="2F216AB1" w:rsidR="00896075" w:rsidRDefault="00896075" w:rsidP="00896075">
             <w:pPr>
               <w:ind w:right="-93"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0E83C5C7" w14:textId="77777777" w:rsidR="00D3004D" w:rsidRDefault="00D3004D" w:rsidP="00D3004D">
-[...19 lines deleted...]
-          <w:p w14:paraId="704717F7" w14:textId="77777777" w:rsidR="00D3004D" w:rsidRDefault="00D3004D" w:rsidP="00D3004D">
+          <w:p w14:paraId="0E83C5C7" w14:textId="53E49049" w:rsidR="00896075" w:rsidRDefault="00787BD3" w:rsidP="00896075">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00215E57">
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00896075">
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>%</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="704717F7" w14:textId="77777777" w:rsidR="00896075" w:rsidRDefault="00896075" w:rsidP="00896075">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.25%</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="726F532B" w14:textId="77777777" w:rsidR="00D3004D" w:rsidRDefault="00D3004D" w:rsidP="00D3004D">
+          <w:p w14:paraId="726F532B" w14:textId="77777777" w:rsidR="00896075" w:rsidRDefault="00896075" w:rsidP="00896075">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.25%</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0C0EF9B4" w14:textId="33D67CF3" w:rsidR="00D3004D" w:rsidRDefault="00D3004D" w:rsidP="00D3004D">
+          <w:p w14:paraId="0C0EF9B4" w14:textId="33D67CF3" w:rsidR="00896075" w:rsidRDefault="00896075" w:rsidP="00896075">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.25%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E445216" w14:textId="77777777" w:rsidR="00D3004D" w:rsidRDefault="00D3004D" w:rsidP="00D3004D">
+          <w:p w14:paraId="5E445216" w14:textId="77777777" w:rsidR="00896075" w:rsidRDefault="00896075" w:rsidP="00896075">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7E0DEE2E" w14:textId="77777777" w:rsidR="00D3004D" w:rsidRDefault="00D3004D" w:rsidP="00D3004D">
+          <w:p w14:paraId="7E0DEE2E" w14:textId="77777777" w:rsidR="00896075" w:rsidRDefault="00896075" w:rsidP="00896075">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="777752E5" w14:textId="77777777" w:rsidR="00D3004D" w:rsidRDefault="00D3004D" w:rsidP="00D3004D">
+          <w:p w14:paraId="777752E5" w14:textId="77777777" w:rsidR="00896075" w:rsidRDefault="00896075" w:rsidP="00896075">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="72FD1F84" w14:textId="37B40285" w:rsidR="00D3004D" w:rsidRDefault="00D3004D" w:rsidP="00D3004D">
+          <w:p w14:paraId="72FD1F84" w14:textId="37B40285" w:rsidR="00896075" w:rsidRDefault="00896075" w:rsidP="00896075">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1158" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E0C19C8" w14:textId="7AD36042" w:rsidR="00D3004D" w:rsidRDefault="00D3004D" w:rsidP="00D3004D">
+          <w:p w14:paraId="5E0C19C8" w14:textId="7AD36042" w:rsidR="00896075" w:rsidRDefault="00896075" w:rsidP="00896075">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PSO1</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6F022B27" w14:textId="0FA520D1" w:rsidR="00D3004D" w:rsidRDefault="00D3004D" w:rsidP="00D3004D">
+          <w:p w14:paraId="6F022B27" w14:textId="0FA520D1" w:rsidR="00896075" w:rsidRDefault="00896075" w:rsidP="00896075">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PO3</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1145EA0C" w14:textId="77777777" w:rsidR="00D3004D" w:rsidRDefault="00D3004D" w:rsidP="00D3004D">
+          <w:p w14:paraId="1145EA0C" w14:textId="77777777" w:rsidR="00896075" w:rsidRDefault="00896075" w:rsidP="00896075">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PO9</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="19319A3C" w14:textId="3506ED2D" w:rsidR="00D3004D" w:rsidRPr="00B5460E" w:rsidRDefault="00D3004D" w:rsidP="00D3004D">
+          <w:p w14:paraId="19319A3C" w14:textId="3506ED2D" w:rsidR="00896075" w:rsidRPr="00B5460E" w:rsidRDefault="00896075" w:rsidP="00896075">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PO10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2F0489E6" w14:textId="77777777" w:rsidR="0038032C" w:rsidRDefault="0038032C" w:rsidP="0038032C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="7552"/>
         </w:tabs>
@@ -10708,51 +10540,51 @@
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="007F48FD">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> Sai Kiran</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14B19D84" w14:textId="77777777" w:rsidR="006E72E5" w:rsidRDefault="006E72E5" w:rsidP="006E72E5">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="13181"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1CEF0331" w14:textId="46F3DB4C" w:rsidR="006E72E5" w:rsidRPr="00457D6F" w:rsidRDefault="006E72E5" w:rsidP="006E72E5">
+    <w:p w14:paraId="1CEF0331" w14:textId="3B809CD8" w:rsidR="006E72E5" w:rsidRPr="00457D6F" w:rsidRDefault="006E72E5" w:rsidP="006E72E5">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="13181"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00457D6F">
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>Mr.  B. Vishnu Vardhan</w:t>
       </w:r>
       <w:r w:rsidRPr="00457D6F">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00457D6F">
         <w:rPr>
@@ -10786,215 +10618,192 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">                 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t>Mrs</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> B. Lakshmi Ramani</w:t>
       </w:r>
-      <w:r>
-[...16 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="75A9BA0E" w14:textId="77777777" w:rsidR="006E72E5" w:rsidRDefault="006E72E5" w:rsidP="006E72E5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6630"/>
         </w:tabs>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="21B440AB" w14:textId="77777777" w:rsidR="006E72E5" w:rsidRDefault="006E72E5" w:rsidP="006E72E5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6630"/>
         </w:tabs>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1670095F" w14:textId="0CF40AB8" w:rsidR="006E72E5" w:rsidRDefault="006E72E5" w:rsidP="006E72E5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6630"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Mr.  </w:t>
       </w:r>
       <w:r w:rsidRPr="007F48FD">
         <w:t>Y</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="007F48FD">
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> Ayyappa</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...3 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="0286F7C1" w14:textId="77777777" w:rsidR="006E72E5" w:rsidRDefault="006E72E5" w:rsidP="006E72E5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6630"/>
         </w:tabs>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0F9F6B00" w14:textId="304296BD" w:rsidR="006E72E5" w:rsidRDefault="006E72E5" w:rsidP="006E72E5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6630"/>
         </w:tabs>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="64A76841" w14:textId="499F9DE6" w:rsidR="007224A8" w:rsidRPr="00A20AF5" w:rsidRDefault="006E72E5" w:rsidP="006E72E5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="007224A8" w:rsidRPr="00A20AF5" w:rsidSect="0038032C">
       <w:pgSz w:w="11910" w:h="16840"/>
       <w:pgMar w:top="1420" w:right="500" w:bottom="280" w:left="880" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Bookman Old Style">
     <w:panose1 w:val="02050604050505020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Noto Sans Symbols">
     <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="074E58AC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="839C8076"/>
     <w:lvl w:ilvl="0" w:tplc="EED885DA">
       <w:start w:val="2"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:eastAsia="Bookman Old Style" w:hAnsi="Wingdings" w:cs="Bookman Old Style" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="40090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -12816,189 +12625,199 @@
   <w:num w:numId="10" w16cid:durableId="429933751">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1369990471">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="870338031">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1747994288">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1151749546">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1867134972">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="720862945">
     <w:abstractNumId w:val="12"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="130"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:savePreviewPicture/>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00586796"/>
     <w:rsid w:val="00070635"/>
     <w:rsid w:val="0009549E"/>
     <w:rsid w:val="00113AFE"/>
     <w:rsid w:val="0013386F"/>
     <w:rsid w:val="00144660"/>
+    <w:rsid w:val="00184BCA"/>
     <w:rsid w:val="001B7F2D"/>
+    <w:rsid w:val="0020230A"/>
+    <w:rsid w:val="00215E57"/>
+    <w:rsid w:val="002173DF"/>
     <w:rsid w:val="002376A4"/>
     <w:rsid w:val="002700CB"/>
     <w:rsid w:val="002C2582"/>
     <w:rsid w:val="002D341D"/>
     <w:rsid w:val="00310256"/>
     <w:rsid w:val="00321065"/>
     <w:rsid w:val="00346D89"/>
     <w:rsid w:val="00355029"/>
     <w:rsid w:val="0038032C"/>
     <w:rsid w:val="003A11F5"/>
     <w:rsid w:val="003D2F5A"/>
     <w:rsid w:val="003F0D43"/>
     <w:rsid w:val="004223FD"/>
     <w:rsid w:val="0042300F"/>
     <w:rsid w:val="00443AB4"/>
     <w:rsid w:val="00461B23"/>
     <w:rsid w:val="00466402"/>
     <w:rsid w:val="00483877"/>
     <w:rsid w:val="004C5FB4"/>
     <w:rsid w:val="004F2468"/>
     <w:rsid w:val="0054014E"/>
     <w:rsid w:val="00586796"/>
     <w:rsid w:val="005B5142"/>
     <w:rsid w:val="005C7487"/>
     <w:rsid w:val="00617248"/>
     <w:rsid w:val="006536F3"/>
+    <w:rsid w:val="006554FA"/>
     <w:rsid w:val="006E4B21"/>
     <w:rsid w:val="006E72E5"/>
     <w:rsid w:val="007141BB"/>
     <w:rsid w:val="007224A8"/>
     <w:rsid w:val="00722D5C"/>
     <w:rsid w:val="00735431"/>
     <w:rsid w:val="007863CB"/>
+    <w:rsid w:val="00787BD3"/>
     <w:rsid w:val="00796938"/>
     <w:rsid w:val="007A0D77"/>
     <w:rsid w:val="007A43CC"/>
     <w:rsid w:val="007B7E0D"/>
     <w:rsid w:val="007C5790"/>
     <w:rsid w:val="00842078"/>
     <w:rsid w:val="00863DBA"/>
+    <w:rsid w:val="00896075"/>
     <w:rsid w:val="008B54BC"/>
     <w:rsid w:val="00906C8A"/>
     <w:rsid w:val="0091460F"/>
     <w:rsid w:val="00931E03"/>
     <w:rsid w:val="00932702"/>
     <w:rsid w:val="009D058E"/>
     <w:rsid w:val="009F562B"/>
     <w:rsid w:val="00A04D74"/>
     <w:rsid w:val="00A068F4"/>
     <w:rsid w:val="00A20AF5"/>
     <w:rsid w:val="00A37D5B"/>
     <w:rsid w:val="00A4271D"/>
     <w:rsid w:val="00A84DC8"/>
     <w:rsid w:val="00A97711"/>
     <w:rsid w:val="00AC61E1"/>
     <w:rsid w:val="00AF550F"/>
     <w:rsid w:val="00B05317"/>
     <w:rsid w:val="00B21619"/>
+    <w:rsid w:val="00B44FE9"/>
     <w:rsid w:val="00B5460E"/>
     <w:rsid w:val="00B638F2"/>
+    <w:rsid w:val="00C04DD9"/>
     <w:rsid w:val="00C62EC5"/>
     <w:rsid w:val="00C7189F"/>
     <w:rsid w:val="00C7508C"/>
     <w:rsid w:val="00CB6071"/>
     <w:rsid w:val="00CB78CE"/>
     <w:rsid w:val="00CE4FCC"/>
     <w:rsid w:val="00D3004D"/>
     <w:rsid w:val="00D34809"/>
     <w:rsid w:val="00DD2BEE"/>
     <w:rsid w:val="00DD379C"/>
     <w:rsid w:val="00E14033"/>
+    <w:rsid w:val="00E375E1"/>
     <w:rsid w:val="00E50342"/>
     <w:rsid w:val="00E56A4A"/>
     <w:rsid w:val="00E77140"/>
     <w:rsid w:val="00E84996"/>
     <w:rsid w:val="00EC6E10"/>
     <w:rsid w:val="00ED2B7B"/>
     <w:rsid w:val="00EE1771"/>
     <w:rsid w:val="00EE7AD1"/>
     <w:rsid w:val="00F06AB1"/>
     <w:rsid w:val="00F134AA"/>
     <w:rsid w:val="00F3641A"/>
     <w:rsid w:val="00F44A96"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-IN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="5B3A5FFA"/>
   <w15:docId w15:val="{D78BB22C-37C0-40D1-B686-058BB32B6E72}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -13612,51 +13431,51 @@
     <w:unhideWhenUsed/>
     <w:rsid w:val="006E72E5"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="006E72E5"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="67777265">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="331034226">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -14045,75 +13864,75 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{72C516F5-4D00-452F-AA69-2E93C8B97629}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>782</Words>
-  <Characters>4461</Characters>
+  <Words>803</Words>
+  <Characters>4228</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>37</Lines>
-  <Paragraphs>10</Paragraphs>
+  <Lines>604</Lines>
+  <Paragraphs>359</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5233</CharactersWithSpaces>
+  <CharactersWithSpaces>4672</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>Windows User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2021-07-12T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>Microsoft® Office Word 2007</vt:lpwstr>