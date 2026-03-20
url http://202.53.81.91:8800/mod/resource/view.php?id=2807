--- v0 (2025-10-13)
+++ v1 (2026-03-20)
@@ -31,714 +31,714 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D763D">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Advanced Data Structures and Algorithm Analysis </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="33EC2B72" w14:textId="77777777" w:rsidR="0001733F" w:rsidRPr="007D763D" w:rsidRDefault="0001733F" w:rsidP="0001733F">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="5000" w:type="pct"/>
+        <w:tblW w:w="5107" w:type="pct"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1884"/>
-        <w:gridCol w:w="1414"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1551"/>
+        <w:gridCol w:w="1415"/>
+        <w:gridCol w:w="1521"/>
+        <w:gridCol w:w="1054"/>
+        <w:gridCol w:w="1591"/>
+        <w:gridCol w:w="1744"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0001733F" w:rsidRPr="007D763D" w14:paraId="46744525" w14:textId="77777777" w:rsidTr="007D5A0A">
+      <w:tr w:rsidR="0001733F" w:rsidRPr="007D763D" w14:paraId="46744525" w14:textId="77777777" w:rsidTr="006F3154">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1045" w:type="pct"/>
+            <w:tcW w:w="1023" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="064B735C" w14:textId="77777777" w:rsidR="0001733F" w:rsidRPr="007D763D" w:rsidRDefault="0001733F" w:rsidP="00D56CAE">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:right="-383"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D763D">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Course Code</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="784" w:type="pct"/>
+            <w:tcW w:w="768" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="179533B7" w14:textId="641D86FE" w:rsidR="0001733F" w:rsidRPr="007D763D" w:rsidRDefault="00F24009" w:rsidP="00D56CAE">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:right="-383"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F24009">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>23CS3301</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="pct"/>
+            <w:tcW w:w="826" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="51EDBC29" w14:textId="77777777" w:rsidR="0001733F" w:rsidRPr="007D763D" w:rsidRDefault="0001733F" w:rsidP="00D56CAE">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:right="-383"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D763D">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Year</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="584" w:type="pct"/>
+            <w:tcW w:w="572" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="28585214" w14:textId="77777777" w:rsidR="0001733F" w:rsidRPr="007D763D" w:rsidRDefault="0001733F" w:rsidP="00D56CAE">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:right="-383"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D763D">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>II</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="883" w:type="pct"/>
+            <w:tcW w:w="864" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5F51934B" w14:textId="77777777" w:rsidR="0001733F" w:rsidRPr="007D763D" w:rsidRDefault="0001733F" w:rsidP="00D56CAE">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:right="-383"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D763D">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Semester</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="861" w:type="pct"/>
+            <w:tcW w:w="947" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="578C8FC4" w14:textId="77777777" w:rsidR="0001733F" w:rsidRPr="007D763D" w:rsidRDefault="0001733F" w:rsidP="00D56CAE">
+          <w:p w14:paraId="578C8FC4" w14:textId="2F242379" w:rsidR="0001733F" w:rsidRPr="007D763D" w:rsidRDefault="0001733F" w:rsidP="00D56CAE">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:right="-383"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D763D">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>II</w:t>
+              <w:t>I</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0001733F" w:rsidRPr="007D763D" w14:paraId="7D12788B" w14:textId="77777777" w:rsidTr="007D5A0A">
+      <w:tr w:rsidR="0001733F" w:rsidRPr="007D763D" w14:paraId="7D12788B" w14:textId="77777777" w:rsidTr="006F3154">
         <w:trPr>
           <w:trHeight w:val="674"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1045" w:type="pct"/>
+            <w:tcW w:w="1023" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="758D6857" w14:textId="77777777" w:rsidR="0001733F" w:rsidRPr="007D763D" w:rsidRDefault="0001733F" w:rsidP="00D56CAE">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:right="-383"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D763D">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Course Category</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="784" w:type="pct"/>
+            <w:tcW w:w="768" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4CE8D1E2" w14:textId="77777777" w:rsidR="0001733F" w:rsidRPr="007D763D" w:rsidRDefault="0001733F" w:rsidP="00D56CAE">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:right="-383"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D763D">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>PC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="pct"/>
+            <w:tcW w:w="826" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1AC8A3BF" w14:textId="77777777" w:rsidR="0001733F" w:rsidRPr="007D763D" w:rsidRDefault="0001733F" w:rsidP="00D56CAE">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:right="-383"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D763D">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Branch</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="584" w:type="pct"/>
+            <w:tcW w:w="572" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1E3E854B" w14:textId="77777777" w:rsidR="0001733F" w:rsidRPr="007D763D" w:rsidRDefault="0001733F" w:rsidP="00D56CAE">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:right="-383"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D763D">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>CSE/IT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="883" w:type="pct"/>
+            <w:tcW w:w="864" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5F8C5CD8" w14:textId="77777777" w:rsidR="0001733F" w:rsidRPr="007D763D" w:rsidRDefault="0001733F" w:rsidP="00D56CAE">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:right="-383"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D763D">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Course Type</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="861" w:type="pct"/>
+            <w:tcW w:w="947" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="26D2B911" w14:textId="77777777" w:rsidR="0001733F" w:rsidRPr="007D763D" w:rsidRDefault="0001733F" w:rsidP="00D56CAE">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:right="-383"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D763D">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Theory</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0001733F" w:rsidRPr="007D763D" w14:paraId="30EEEDEC" w14:textId="77777777" w:rsidTr="007D5A0A">
+      <w:tr w:rsidR="0001733F" w:rsidRPr="007D763D" w14:paraId="30EEEDEC" w14:textId="77777777" w:rsidTr="006F3154">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1045" w:type="pct"/>
+            <w:tcW w:w="1023" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="48A7759D" w14:textId="77777777" w:rsidR="0001733F" w:rsidRPr="007D763D" w:rsidRDefault="0001733F" w:rsidP="00D56CAE">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:right="-383"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D763D">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Credits</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="784" w:type="pct"/>
+            <w:tcW w:w="768" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5B57F175" w14:textId="77777777" w:rsidR="0001733F" w:rsidRPr="007D763D" w:rsidRDefault="0001733F" w:rsidP="00D56CAE">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:right="-383"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D763D">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="pct"/>
+            <w:tcW w:w="826" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="57D70525" w14:textId="77777777" w:rsidR="0001733F" w:rsidRPr="007D763D" w:rsidRDefault="0001733F" w:rsidP="00D56CAE">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:right="-383"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D763D">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>L-T-P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="584" w:type="pct"/>
+            <w:tcW w:w="572" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6EED4F01" w14:textId="77777777" w:rsidR="0001733F" w:rsidRPr="007D763D" w:rsidRDefault="0001733F" w:rsidP="00D56CAE">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:right="-383"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D763D">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3-0-0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="883" w:type="pct"/>
+            <w:tcW w:w="864" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="20FCCF27" w14:textId="77777777" w:rsidR="0001733F" w:rsidRPr="007D763D" w:rsidRDefault="0001733F" w:rsidP="00D56CAE">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:right="-383"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D763D">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Prerequisites</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="861" w:type="pct"/>
+            <w:tcW w:w="947" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1DA3D354" w14:textId="77777777" w:rsidR="0001733F" w:rsidRPr="007D763D" w:rsidRDefault="0001733F" w:rsidP="00D56CAE">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:right="-383"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D763D">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Data structures</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0001733F" w:rsidRPr="007D763D" w14:paraId="1DF2762E" w14:textId="77777777" w:rsidTr="007D5A0A">
+      <w:tr w:rsidR="0001733F" w:rsidRPr="007D763D" w14:paraId="1DF2762E" w14:textId="77777777" w:rsidTr="006F3154">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1045" w:type="pct"/>
+            <w:tcW w:w="1023" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6F91C86B" w14:textId="77777777" w:rsidR="00F24009" w:rsidRDefault="0001733F" w:rsidP="00D56CAE">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:right="-383"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D763D">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
@@ -755,191 +755,191 @@
               <w:ind w:right="-383"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="007D763D">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Evaluation :</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="784" w:type="pct"/>
+            <w:tcW w:w="768" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="439654C9" w14:textId="77777777" w:rsidR="0001733F" w:rsidRPr="007D763D" w:rsidRDefault="0001733F" w:rsidP="00D56CAE">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:right="-383"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D763D">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="844" w:type="pct"/>
+            <w:tcW w:w="826" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="793F883F" w14:textId="77777777" w:rsidR="0001733F" w:rsidRPr="007D763D" w:rsidRDefault="0001733F" w:rsidP="00D56CAE">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:right="-383"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D763D">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Semester End Evaluation:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="584" w:type="pct"/>
+            <w:tcW w:w="572" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="155AC1F0" w14:textId="77777777" w:rsidR="0001733F" w:rsidRPr="007D763D" w:rsidRDefault="0001733F" w:rsidP="00D56CAE">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:right="-383"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D763D">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>70</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="883" w:type="pct"/>
+            <w:tcW w:w="864" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="55CEE123" w14:textId="77777777" w:rsidR="0001733F" w:rsidRPr="007D763D" w:rsidRDefault="0001733F" w:rsidP="00D56CAE">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:right="-383"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D763D">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Total Marks:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="861" w:type="pct"/>
+            <w:tcW w:w="947" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7C9FEA75" w14:textId="77777777" w:rsidR="0001733F" w:rsidRPr="007D763D" w:rsidRDefault="0001733F" w:rsidP="00D56CAE">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:right="-383"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D763D">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
@@ -1457,2494 +1457,2213 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D763D">
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>L4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0046BFD3" w14:textId="77777777" w:rsidR="0001733F" w:rsidRPr="007D763D" w:rsidRDefault="0001733F" w:rsidP="0001733F">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="5000" w:type="pct"/>
+        <w:tblW w:w="4692" w:type="pct"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="692"/>
         <w:gridCol w:w="555"/>
-        <w:gridCol w:w="559"/>
-        <w:gridCol w:w="554"/>
+        <w:gridCol w:w="558"/>
+        <w:gridCol w:w="553"/>
         <w:gridCol w:w="555"/>
         <w:gridCol w:w="557"/>
-        <w:gridCol w:w="555"/>
         <w:gridCol w:w="555"/>
         <w:gridCol w:w="555"/>
         <w:gridCol w:w="557"/>
         <w:gridCol w:w="692"/>
         <w:gridCol w:w="692"/>
         <w:gridCol w:w="694"/>
-        <w:gridCol w:w="644"/>
-        <w:gridCol w:w="600"/>
+        <w:gridCol w:w="645"/>
+        <w:gridCol w:w="601"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0001733F" w:rsidRPr="007D763D" w14:paraId="01A187C5" w14:textId="77777777" w:rsidTr="007D5A0A">
-[...89 lines deleted...]
-      <w:tr w:rsidR="0001733F" w:rsidRPr="007D763D" w14:paraId="42EA6F8A" w14:textId="77777777" w:rsidTr="00145084">
+      <w:tr w:rsidR="0075111B" w:rsidRPr="007D763D" w14:paraId="42EA6F8A" w14:textId="77777777" w:rsidTr="0075111B">
         <w:trPr>
           <w:trHeight w:val="273"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="383" w:type="pct"/>
-[...28 lines deleted...]
-          <w:p w14:paraId="7F02EF8C" w14:textId="77777777" w:rsidR="0001733F" w:rsidRPr="007D763D" w:rsidRDefault="0001733F" w:rsidP="00D56CAE">
+            <w:tcW w:w="409" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2CE241CC" w14:textId="77777777" w:rsidR="0075111B" w:rsidRPr="007D763D" w:rsidRDefault="0075111B" w:rsidP="00D56CAE">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="328" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7F02EF8C" w14:textId="77777777" w:rsidR="0075111B" w:rsidRPr="007D763D" w:rsidRDefault="0075111B" w:rsidP="00D56CAE">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D763D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>PO1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="310" w:type="pct"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="2EACBB4B" w14:textId="77777777" w:rsidR="0001733F" w:rsidRPr="007D763D" w:rsidRDefault="0001733F" w:rsidP="00D56CAE">
+            <w:tcW w:w="330" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2EACBB4B" w14:textId="77777777" w:rsidR="0075111B" w:rsidRPr="007D763D" w:rsidRDefault="0075111B" w:rsidP="00D56CAE">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D763D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>PO2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="307" w:type="pct"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="3399FDFE" w14:textId="77777777" w:rsidR="0001733F" w:rsidRPr="007D763D" w:rsidRDefault="0001733F" w:rsidP="00D56CAE">
+            <w:tcW w:w="327" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3399FDFE" w14:textId="77777777" w:rsidR="0075111B" w:rsidRPr="007D763D" w:rsidRDefault="0075111B" w:rsidP="00D56CAE">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D763D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>PO3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="308" w:type="pct"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="35B1D9A2" w14:textId="77777777" w:rsidR="0001733F" w:rsidRPr="007D763D" w:rsidRDefault="0001733F" w:rsidP="00D56CAE">
+            <w:tcW w:w="328" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="35B1D9A2" w14:textId="77777777" w:rsidR="0075111B" w:rsidRPr="007D763D" w:rsidRDefault="0075111B" w:rsidP="00D56CAE">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D763D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>PO4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="309" w:type="pct"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="02F6E5F6" w14:textId="77777777" w:rsidR="0001733F" w:rsidRPr="007D763D" w:rsidRDefault="0001733F" w:rsidP="00D56CAE">
+            <w:tcW w:w="329" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="02F6E5F6" w14:textId="77777777" w:rsidR="0075111B" w:rsidRPr="007D763D" w:rsidRDefault="0075111B" w:rsidP="00D56CAE">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D763D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>PO5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="308" w:type="pct"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="54E0B421" w14:textId="77777777" w:rsidR="0001733F" w:rsidRPr="007D763D" w:rsidRDefault="0001733F" w:rsidP="00D56CAE">
+            <w:tcW w:w="328" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="54E0B421" w14:textId="77777777" w:rsidR="0075111B" w:rsidRPr="007D763D" w:rsidRDefault="0075111B" w:rsidP="00D56CAE">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D763D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>PO6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="308" w:type="pct"/>
-[...182 lines deleted...]
-          <w:p w14:paraId="5A9F5B79" w14:textId="77777777" w:rsidR="0001733F" w:rsidRPr="007D763D" w:rsidRDefault="0001733F" w:rsidP="00D56CAE">
+            <w:tcW w:w="328" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6D3B9C7A" w14:textId="6FFD5F92" w:rsidR="0075111B" w:rsidRPr="007D763D" w:rsidRDefault="0075111B" w:rsidP="00D56CAE">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D763D">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>PO</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="329" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="22EEE803" w14:textId="0182788D" w:rsidR="0075111B" w:rsidRPr="007D763D" w:rsidRDefault="0075111B" w:rsidP="00D56CAE">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D763D">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>PO</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="409" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="42477FF3" w14:textId="13999B67" w:rsidR="0075111B" w:rsidRPr="007D763D" w:rsidRDefault="0075111B" w:rsidP="00D56CAE">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D763D">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>PO</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="409" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4C046458" w14:textId="121782EE" w:rsidR="0075111B" w:rsidRPr="007D763D" w:rsidRDefault="0075111B" w:rsidP="00D56CAE">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D763D">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>PO1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="410" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5F8A605B" w14:textId="3575D594" w:rsidR="0075111B" w:rsidRPr="007D763D" w:rsidRDefault="0075111B" w:rsidP="00D56CAE">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D763D">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>PO1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="381" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5A9F5B79" w14:textId="77777777" w:rsidR="0075111B" w:rsidRPr="007D763D" w:rsidRDefault="0075111B" w:rsidP="00D56CAE">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D763D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>PSO1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="335" w:type="pct"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="2E8517AF" w14:textId="77777777" w:rsidR="0001733F" w:rsidRPr="007D763D" w:rsidRDefault="0001733F" w:rsidP="00D56CAE">
+            <w:tcW w:w="355" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2E8517AF" w14:textId="77777777" w:rsidR="0075111B" w:rsidRPr="007D763D" w:rsidRDefault="0075111B" w:rsidP="00D56CAE">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D763D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>PSO2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00145084" w:rsidRPr="007D763D" w14:paraId="3A23A7B8" w14:textId="77777777" w:rsidTr="00145084">
+      <w:tr w:rsidR="0075111B" w:rsidRPr="007D763D" w14:paraId="3A23A7B8" w14:textId="77777777" w:rsidTr="0075111B">
         <w:trPr>
           <w:trHeight w:val="273"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="383" w:type="pct"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="36C5C83E" w14:textId="77777777" w:rsidR="00145084" w:rsidRPr="007D763D" w:rsidRDefault="00145084" w:rsidP="00145084">
+            <w:tcW w:w="409" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="36C5C83E" w14:textId="77777777" w:rsidR="0075111B" w:rsidRPr="007D763D" w:rsidRDefault="0075111B" w:rsidP="0075111B">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D763D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>CO1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="307" w:type="pct"/>
-[...9 lines deleted...]
-          <w:p w14:paraId="5C9FB475" w14:textId="6C51E479" w:rsidR="00145084" w:rsidRPr="007D763D" w:rsidRDefault="00145084" w:rsidP="00145084">
+            <w:tcW w:w="328" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5C9FB475" w14:textId="71CE92FA" w:rsidR="0075111B" w:rsidRPr="007D763D" w:rsidRDefault="0075111B" w:rsidP="0075111B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D763D">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="310" w:type="pct"/>
-[...273 lines deleted...]
-          <w:p w14:paraId="6E5B283D" w14:textId="77777777" w:rsidR="00145084" w:rsidRPr="007D763D" w:rsidRDefault="00145084" w:rsidP="00145084">
+            <w:tcW w:w="330" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="75DAE6B6" w14:textId="77777777" w:rsidR="0075111B" w:rsidRPr="007D763D" w:rsidRDefault="0075111B" w:rsidP="0075111B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="327" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="69D1B7C5" w14:textId="77777777" w:rsidR="0075111B" w:rsidRPr="007D763D" w:rsidRDefault="0075111B" w:rsidP="0075111B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="328" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D83F0E3" w14:textId="77777777" w:rsidR="0075111B" w:rsidRPr="007D763D" w:rsidRDefault="0075111B" w:rsidP="0075111B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="329" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="39BCF2A8" w14:textId="77777777" w:rsidR="0075111B" w:rsidRPr="007D763D" w:rsidRDefault="0075111B" w:rsidP="0075111B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="328" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="20B5E7BB" w14:textId="77777777" w:rsidR="0075111B" w:rsidRPr="007D763D" w:rsidRDefault="0075111B" w:rsidP="0075111B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="328" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B55D84D" w14:textId="77777777" w:rsidR="0075111B" w:rsidRPr="007D763D" w:rsidRDefault="0075111B" w:rsidP="0075111B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="329" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0757EF4C" w14:textId="77777777" w:rsidR="0075111B" w:rsidRPr="007D763D" w:rsidRDefault="0075111B" w:rsidP="0075111B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="409" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5383EA9C" w14:textId="77777777" w:rsidR="0075111B" w:rsidRPr="007D763D" w:rsidRDefault="0075111B" w:rsidP="0075111B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="409" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="06CC3EC3" w14:textId="77777777" w:rsidR="0075111B" w:rsidRPr="007D763D" w:rsidRDefault="0075111B" w:rsidP="0075111B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="410" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="64907B61" w14:textId="77777777" w:rsidR="0075111B" w:rsidRPr="007D763D" w:rsidRDefault="0075111B" w:rsidP="0075111B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="381" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="15DA2F74" w14:textId="1CB6F1AB" w:rsidR="0075111B" w:rsidRPr="007D763D" w:rsidRDefault="0075111B" w:rsidP="0075111B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="355" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E5B283D" w14:textId="77777777" w:rsidR="0075111B" w:rsidRPr="007D763D" w:rsidRDefault="0075111B" w:rsidP="0075111B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00145084" w:rsidRPr="007D763D" w14:paraId="24880387" w14:textId="77777777" w:rsidTr="00145084">
+      <w:tr w:rsidR="0075111B" w:rsidRPr="007D763D" w14:paraId="24880387" w14:textId="77777777" w:rsidTr="0075111B">
         <w:trPr>
           <w:trHeight w:val="273"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="383" w:type="pct"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="04E6058E" w14:textId="77777777" w:rsidR="00145084" w:rsidRPr="007D763D" w:rsidRDefault="00145084" w:rsidP="00145084">
+            <w:tcW w:w="409" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="04E6058E" w14:textId="77777777" w:rsidR="0075111B" w:rsidRPr="007D763D" w:rsidRDefault="0075111B" w:rsidP="0075111B">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D763D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>CO2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="307" w:type="pct"/>
-[...9 lines deleted...]
-          <w:p w14:paraId="076FC58C" w14:textId="6E94A79E" w:rsidR="00145084" w:rsidRPr="007D763D" w:rsidRDefault="00730F00" w:rsidP="00145084">
+            <w:tcW w:w="328" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="076FC58C" w14:textId="424194CC" w:rsidR="0075111B" w:rsidRPr="007D763D" w:rsidRDefault="0075111B" w:rsidP="0075111B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="310" w:type="pct"/>
-[...175 lines deleted...]
-                <w:lang w:val="en-IN"/>
+            <w:tcW w:w="330" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="65FA3EBC" w14:textId="57EF3B01" w:rsidR="0075111B" w:rsidRPr="007D763D" w:rsidRDefault="0075111B" w:rsidP="0075111B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="327" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C4598F3" w14:textId="77777777" w:rsidR="0075111B" w:rsidRPr="007D763D" w:rsidRDefault="0075111B" w:rsidP="0075111B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="328" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="25097646" w14:textId="77777777" w:rsidR="0075111B" w:rsidRPr="007D763D" w:rsidRDefault="0075111B" w:rsidP="0075111B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="329" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="770B26A8" w14:textId="77777777" w:rsidR="0075111B" w:rsidRPr="007D763D" w:rsidRDefault="0075111B" w:rsidP="0075111B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="328" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="01D6E2F6" w14:textId="77777777" w:rsidR="0075111B" w:rsidRPr="007D763D" w:rsidRDefault="0075111B" w:rsidP="0075111B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="328" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BC3F649" w14:textId="77777777" w:rsidR="0075111B" w:rsidRPr="007D763D" w:rsidRDefault="0075111B" w:rsidP="0075111B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="329" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="77CC02F7" w14:textId="23BD7292" w:rsidR="0075111B" w:rsidRPr="007D763D" w:rsidRDefault="0075111B" w:rsidP="0075111B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="409" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="689AC3A0" w14:textId="5C5FD68B" w:rsidR="0075111B" w:rsidRPr="007D763D" w:rsidRDefault="0075111B" w:rsidP="0075111B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="409" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="144FC1BF" w14:textId="77777777" w:rsidR="0075111B" w:rsidRPr="007D763D" w:rsidRDefault="0075111B" w:rsidP="0075111B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="410" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="52C87016" w14:textId="52ECF09E" w:rsidR="0075111B" w:rsidRPr="007D763D" w:rsidRDefault="0075111B" w:rsidP="0075111B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="381" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6E80E291" w14:textId="7C704273" w:rsidR="0075111B" w:rsidRPr="007D763D" w:rsidRDefault="0075111B" w:rsidP="0075111B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="384" w:type="pct"/>
-[...113 lines deleted...]
-          <w:p w14:paraId="6180C810" w14:textId="3A821CD6" w:rsidR="00145084" w:rsidRPr="007D763D" w:rsidRDefault="00145084" w:rsidP="00145084">
+            <w:tcW w:w="355" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6180C810" w14:textId="79B241AA" w:rsidR="0075111B" w:rsidRPr="007D763D" w:rsidRDefault="0075111B" w:rsidP="0075111B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007D763D">
-[...6 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00145084" w:rsidRPr="007D763D" w14:paraId="3F21D3A0" w14:textId="77777777" w:rsidTr="00145084">
+      <w:tr w:rsidR="0075111B" w:rsidRPr="007D763D" w14:paraId="3F21D3A0" w14:textId="77777777" w:rsidTr="0075111B">
         <w:trPr>
           <w:trHeight w:val="273"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="383" w:type="pct"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="10FC133C" w14:textId="77777777" w:rsidR="00145084" w:rsidRPr="007D763D" w:rsidRDefault="00145084" w:rsidP="00145084">
+            <w:tcW w:w="409" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="10FC133C" w14:textId="77777777" w:rsidR="0075111B" w:rsidRPr="007D763D" w:rsidRDefault="0075111B" w:rsidP="0075111B">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D763D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>CO3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="307" w:type="pct"/>
-[...30 lines deleted...]
-          <w:p w14:paraId="4758C54A" w14:textId="26B644F7" w:rsidR="00145084" w:rsidRPr="007D763D" w:rsidRDefault="007D763D" w:rsidP="00145084">
+            <w:tcW w:w="328" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="317A9953" w14:textId="5FC3841C" w:rsidR="0075111B" w:rsidRPr="007D763D" w:rsidRDefault="0075111B" w:rsidP="0075111B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="330" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4758C54A" w14:textId="464B0718" w:rsidR="0075111B" w:rsidRPr="007D763D" w:rsidRDefault="00043810" w:rsidP="0075111B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="307" w:type="pct"/>
-[...153 lines deleted...]
-                <w:lang w:val="en-IN"/>
+            <w:tcW w:w="327" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3395944E" w14:textId="77777777" w:rsidR="0075111B" w:rsidRPr="007D763D" w:rsidRDefault="0075111B" w:rsidP="0075111B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="328" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C6747CF" w14:textId="77777777" w:rsidR="0075111B" w:rsidRPr="007D763D" w:rsidRDefault="0075111B" w:rsidP="0075111B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="329" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="713A9102" w14:textId="77777777" w:rsidR="0075111B" w:rsidRPr="007D763D" w:rsidRDefault="0075111B" w:rsidP="0075111B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="328" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6ED9FE7F" w14:textId="77777777" w:rsidR="0075111B" w:rsidRPr="007D763D" w:rsidRDefault="0075111B" w:rsidP="0075111B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="328" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="31D7BA26" w14:textId="77777777" w:rsidR="0075111B" w:rsidRPr="007D763D" w:rsidRDefault="0075111B" w:rsidP="0075111B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="329" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C0D097D" w14:textId="683734E7" w:rsidR="0075111B" w:rsidRPr="007D763D" w:rsidRDefault="0075111B" w:rsidP="0075111B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="409" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B31D767" w14:textId="63B67EC4" w:rsidR="0075111B" w:rsidRPr="007D763D" w:rsidRDefault="0075111B" w:rsidP="0075111B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="409" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="22215FD7" w14:textId="77777777" w:rsidR="0075111B" w:rsidRPr="007D763D" w:rsidRDefault="0075111B" w:rsidP="0075111B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="410" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="75667147" w14:textId="66D7CB64" w:rsidR="0075111B" w:rsidRPr="007D763D" w:rsidRDefault="0075111B" w:rsidP="0075111B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="381" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="76149724" w14:textId="7AD42F59" w:rsidR="0075111B" w:rsidRPr="007D763D" w:rsidRDefault="0075111B" w:rsidP="0075111B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="384" w:type="pct"/>
-[...113 lines deleted...]
-          <w:p w14:paraId="0EF74514" w14:textId="150F5E9A" w:rsidR="00145084" w:rsidRPr="007D763D" w:rsidRDefault="00145084" w:rsidP="00145084">
+            <w:tcW w:w="355" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EF74514" w14:textId="39297021" w:rsidR="0075111B" w:rsidRPr="007D763D" w:rsidRDefault="0075111B" w:rsidP="0075111B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007D763D">
-[...6 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00145084" w:rsidRPr="007D763D" w14:paraId="46DC47C6" w14:textId="77777777" w:rsidTr="00145084">
+      <w:tr w:rsidR="0075111B" w:rsidRPr="007D763D" w14:paraId="46DC47C6" w14:textId="77777777" w:rsidTr="00056E29">
         <w:trPr>
           <w:trHeight w:val="273"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="383" w:type="pct"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="0FC08648" w14:textId="77777777" w:rsidR="00145084" w:rsidRPr="007D763D" w:rsidRDefault="00145084" w:rsidP="00145084">
+            <w:tcW w:w="409" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0FC08648" w14:textId="77777777" w:rsidR="0075111B" w:rsidRPr="007D763D" w:rsidRDefault="0075111B" w:rsidP="0075111B">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D763D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>CO4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="307" w:type="pct"/>
-[...31 lines deleted...]
-          <w:p w14:paraId="6B8EE94C" w14:textId="4B1FCE44" w:rsidR="00145084" w:rsidRPr="007D763D" w:rsidRDefault="00145084" w:rsidP="00145084">
+            <w:tcW w:w="328" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="67EC33DF" w14:textId="77777777" w:rsidR="0075111B" w:rsidRPr="007D763D" w:rsidRDefault="0075111B" w:rsidP="0075111B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="330" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6B8EE94C" w14:textId="1CB0D4B1" w:rsidR="0075111B" w:rsidRPr="007D763D" w:rsidRDefault="0075111B" w:rsidP="0075111B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D763D">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="307" w:type="pct"/>
-[...268 lines deleted...]
-          <w:p w14:paraId="2D8E4AE7" w14:textId="77777777" w:rsidR="00145084" w:rsidRPr="007D763D" w:rsidRDefault="00145084" w:rsidP="00145084">
+            <w:tcW w:w="327" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6498E90A" w14:textId="0FB770B4" w:rsidR="0075111B" w:rsidRPr="007D763D" w:rsidRDefault="0075111B" w:rsidP="0075111B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="328" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="59311C24" w14:textId="77777777" w:rsidR="0075111B" w:rsidRPr="007D763D" w:rsidRDefault="0075111B" w:rsidP="0075111B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="329" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C11866A" w14:textId="77777777" w:rsidR="0075111B" w:rsidRPr="007D763D" w:rsidRDefault="0075111B" w:rsidP="0075111B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="328" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="575E7B94" w14:textId="77777777" w:rsidR="0075111B" w:rsidRPr="007D763D" w:rsidRDefault="0075111B" w:rsidP="0075111B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="328" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C23E49B" w14:textId="77777777" w:rsidR="0075111B" w:rsidRPr="007D763D" w:rsidRDefault="0075111B" w:rsidP="0075111B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="329" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1805E5FA" w14:textId="16187C2C" w:rsidR="0075111B" w:rsidRPr="007D763D" w:rsidRDefault="0075111B" w:rsidP="0075111B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="409" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="35546F3A" w14:textId="6B2A1119" w:rsidR="0075111B" w:rsidRPr="007D763D" w:rsidRDefault="0075111B" w:rsidP="0075111B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="409" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="033BE1E2" w14:textId="77777777" w:rsidR="0075111B" w:rsidRPr="007D763D" w:rsidRDefault="0075111B" w:rsidP="0075111B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="410" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B555E77" w14:textId="7FA2AE0A" w:rsidR="0075111B" w:rsidRPr="007D763D" w:rsidRDefault="0075111B" w:rsidP="0075111B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="381" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0515BA07" w14:textId="67E6C658" w:rsidR="0075111B" w:rsidRPr="007D763D" w:rsidRDefault="0075111B" w:rsidP="0075111B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="355" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D8E4AE7" w14:textId="77777777" w:rsidR="0075111B" w:rsidRPr="007D763D" w:rsidRDefault="0075111B" w:rsidP="0075111B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00145084" w:rsidRPr="007D763D" w14:paraId="4320DDBE" w14:textId="77777777" w:rsidTr="00145084">
+      <w:tr w:rsidR="0075111B" w:rsidRPr="007D763D" w14:paraId="4320DDBE" w14:textId="77777777" w:rsidTr="0075111B">
         <w:trPr>
           <w:trHeight w:val="273"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="383" w:type="pct"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="0BBA5831" w14:textId="77777777" w:rsidR="00145084" w:rsidRPr="007D763D" w:rsidRDefault="00145084" w:rsidP="00145084">
+            <w:tcW w:w="409" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0BBA5831" w14:textId="77777777" w:rsidR="0075111B" w:rsidRPr="007D763D" w:rsidRDefault="0075111B" w:rsidP="0075111B">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D763D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Avg.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="307" w:type="pct"/>
-[...21 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:tcW w:w="328" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="06D5FA70" w14:textId="7E52F71F" w:rsidR="0075111B" w:rsidRPr="007D763D" w:rsidRDefault="0075111B" w:rsidP="0075111B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
+                <w:b/>
+                <w:sz w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="310" w:type="pct"/>
-[...21 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:tcW w:w="330" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="59F55BB9" w14:textId="2D4C5D72" w:rsidR="0075111B" w:rsidRPr="007D763D" w:rsidRDefault="0075111B" w:rsidP="0075111B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
+                <w:b/>
+                <w:sz w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="307" w:type="pct"/>
-[...153 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:tcW w:w="327" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="34CCBB86" w14:textId="0B6B6CFB" w:rsidR="0075111B" w:rsidRPr="007D763D" w:rsidRDefault="0075111B" w:rsidP="0075111B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="328" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D42CC10" w14:textId="77777777" w:rsidR="0075111B" w:rsidRPr="007D763D" w:rsidRDefault="0075111B" w:rsidP="0075111B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="329" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="769B471E" w14:textId="77777777" w:rsidR="0075111B" w:rsidRPr="007D763D" w:rsidRDefault="0075111B" w:rsidP="0075111B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="328" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E044AC7" w14:textId="77777777" w:rsidR="0075111B" w:rsidRPr="007D763D" w:rsidRDefault="0075111B" w:rsidP="0075111B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="328" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DC7A64D" w14:textId="77777777" w:rsidR="0075111B" w:rsidRPr="007D763D" w:rsidRDefault="0075111B" w:rsidP="0075111B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="329" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F43CFEF" w14:textId="4A914413" w:rsidR="0075111B" w:rsidRPr="007D763D" w:rsidRDefault="0075111B" w:rsidP="0075111B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="409" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="778CD63E" w14:textId="47DEDB80" w:rsidR="0075111B" w:rsidRPr="007D763D" w:rsidRDefault="0075111B" w:rsidP="0075111B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="409" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7104013B" w14:textId="77777777" w:rsidR="0075111B" w:rsidRPr="007D763D" w:rsidRDefault="0075111B" w:rsidP="0075111B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="410" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="41B02640" w14:textId="5B6AF7F9" w:rsidR="0075111B" w:rsidRPr="007D763D" w:rsidRDefault="0075111B" w:rsidP="0075111B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="381" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DB83BCB" w14:textId="6B4CC0C6" w:rsidR="0075111B" w:rsidRPr="007D763D" w:rsidRDefault="0075111B" w:rsidP="0075111B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
+                <w:b/>
+                <w:sz w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="384" w:type="pct"/>
-[...130 lines deleted...]
-            </w:r>
+            <w:tcW w:w="355" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3FDAACB8" w14:textId="7A8C653C" w:rsidR="0075111B" w:rsidRPr="007D763D" w:rsidRDefault="0075111B" w:rsidP="0075111B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5EE7A620" w14:textId="77777777" w:rsidR="0001733F" w:rsidRPr="007D763D" w:rsidRDefault="0001733F" w:rsidP="0001733F">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="5265" w:type="pct"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="847"/>
         <w:gridCol w:w="8647"/>
       </w:tblGrid>
       <w:tr w:rsidR="005F213C" w:rsidRPr="007D763D" w14:paraId="3975DAD9" w14:textId="77777777" w:rsidTr="004D7584">
         <w:tc>
@@ -4045,51 +3764,59 @@
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D7584">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Justification:</w:t>
             </w:r>
             <w:r w:rsidR="004D7584">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="004D7584">
               <w:t>U</w:t>
             </w:r>
             <w:r w:rsidR="00145084" w:rsidRPr="007D763D">
-              <w:t xml:space="preserve">nderstanding Data structures and Algorithm Analysis and its usage in solving various problems will help them to understand the problem, apply the suitable algorithm technique and data structure </w:t>
+              <w:t xml:space="preserve">nderstanding Data structures and Algorithm Analysis and its usage in solving various problems will help them to understand the problem, apply the suitable algorithm technique and data </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00145084" w:rsidRPr="007D763D">
+              <w:t>structure</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00145084" w:rsidRPr="007D763D">
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00B519D3" w:rsidRPr="007D763D">
               <w:t>and analyse</w:t>
             </w:r>
             <w:r w:rsidR="00145084" w:rsidRPr="007D763D">
               <w:t xml:space="preserve"> its resources</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00145084" w:rsidRPr="007D763D">
               <w:t>(time and space) build applications effectively</w:t>
             </w:r>
             <w:r>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00145084" w:rsidRPr="007D763D" w14:paraId="4509BA57" w14:textId="77777777" w:rsidTr="004D7584">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="446" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="79BF4D8C" w14:textId="77777777" w:rsidR="00145084" w:rsidRPr="007D763D" w:rsidRDefault="00145084" w:rsidP="00145084">
@@ -4193,1040 +3920,608 @@
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00CB201D" w:rsidRPr="007D763D">
               <w:t xml:space="preserve">Understand and apply </w:t>
             </w:r>
             <w:r w:rsidR="00B519D3" w:rsidRPr="007D763D">
               <w:t xml:space="preserve">an appropriate algorithm </w:t>
             </w:r>
             <w:r w:rsidR="0052655E" w:rsidRPr="007D763D">
               <w:t xml:space="preserve">design technique for solving </w:t>
             </w:r>
             <w:r w:rsidR="00CB201D" w:rsidRPr="007D763D">
               <w:t xml:space="preserve">a </w:t>
             </w:r>
             <w:r w:rsidR="0052655E" w:rsidRPr="007D763D">
               <w:t>problem</w:t>
             </w:r>
             <w:r w:rsidR="00CB201D" w:rsidRPr="007D763D">
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007D763D" w:rsidRPr="007D763D" w14:paraId="4D4E5BD2" w14:textId="77777777" w:rsidTr="004D7584">
+      <w:tr w:rsidR="0089050B" w:rsidRPr="007D763D" w14:paraId="745D0141" w14:textId="77777777" w:rsidTr="004D7584">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="446" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="7E073BB1" w14:textId="5A2C8BE5" w:rsidR="007D763D" w:rsidRPr="007D763D" w:rsidRDefault="007D763D" w:rsidP="007D763D">
+          <w:p w14:paraId="58AEF491" w14:textId="71095F8A" w:rsidR="0089050B" w:rsidRPr="007D763D" w:rsidRDefault="0089050B" w:rsidP="0089050B">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D763D">
               <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>P</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>SO1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4554" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E86B194" w14:textId="77777777" w:rsidR="0089050B" w:rsidRDefault="0089050B" w:rsidP="0089050B">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D763D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Apply the Knowledge of Computing Skills in building the Software Systems that meet the requirements of Industry and Society</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5D4435DC" w14:textId="77777777" w:rsidR="0089050B" w:rsidRDefault="0089050B" w:rsidP="0089050B">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D763D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Justification</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0089050B">
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0089050B">
+              <w:t>U</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0089050B">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>understanding</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0089050B">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> core concepts like algorithm design techniques (Divide &amp; Conquer, Greedy, DP, Backtracking) and advanced data structures (AVL, B-Trees, Heaps, Graphs) equips students to systematically solve computational problems. These conceptual skills enable the design and implementation of efficient software systems that address real-world and industry-relevant requirements.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4AE9548A" w14:textId="3F34004A" w:rsidR="00AF54DD" w:rsidRPr="007D763D" w:rsidRDefault="00AF54DD" w:rsidP="0089050B">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
-              <w:t>PO9</w:t>
-[...1 lines deleted...]
-            <w:r>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0089050B" w:rsidRPr="007D763D" w14:paraId="76653E2E" w14:textId="77777777" w:rsidTr="004D7584">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="446" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="522571FC" w14:textId="77777777" w:rsidR="0089050B" w:rsidRPr="007D763D" w:rsidRDefault="0089050B" w:rsidP="0089050B">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="C00000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D763D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="C00000"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>CO3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4554" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="0192C391" w14:textId="187DEAC9" w:rsidR="0089050B" w:rsidRPr="007D763D" w:rsidRDefault="0089050B" w:rsidP="0089050B">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="C00000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D763D">
+              <w:t>Apply the concepts of Trees and Graphs for solving problems effectively.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0089050B" w:rsidRPr="007D763D" w14:paraId="44685446" w14:textId="77777777" w:rsidTr="004D7584">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="446" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="250F66DF" w14:textId="77777777" w:rsidR="0089050B" w:rsidRPr="007D763D" w:rsidRDefault="0089050B" w:rsidP="0089050B">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D763D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>PO2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4554" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AEA3747" w14:textId="77777777" w:rsidR="0089050B" w:rsidRPr="007D763D" w:rsidRDefault="0089050B" w:rsidP="0089050B">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D763D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Problem Analysis</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="66577675" w14:textId="759A828A" w:rsidR="0089050B" w:rsidRPr="007D763D" w:rsidRDefault="0089050B" w:rsidP="0089050B">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
-              <w:t xml:space="preserve"> &amp; PO10</w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="007D763D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Justification:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D763D">
+              <w:t xml:space="preserve"> Every application contains the data and process (algorithm /technique) that work on data. So, representation of data in the form of trees or graphs makes the modification / retrieval of data improves the performance of the application.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0089050B" w:rsidRPr="007D763D" w14:paraId="4EEF2CB5" w14:textId="77777777" w:rsidTr="004D7584">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="446" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="392B2D1C" w14:textId="42722B23" w:rsidR="0089050B" w:rsidRPr="007D763D" w:rsidRDefault="0089050B" w:rsidP="0089050B">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D763D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>PSO1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4554" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="6488F445" w14:textId="77777777" w:rsidR="007D763D" w:rsidRPr="007D763D" w:rsidRDefault="007D763D" w:rsidP="007D763D">
+          <w:p w14:paraId="30EDBDD9" w14:textId="77777777" w:rsidR="0089050B" w:rsidRPr="007D763D" w:rsidRDefault="0089050B" w:rsidP="0089050B">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:rPr>
-                <w:rStyle w:val="Strong"/>
-[...86 lines deleted...]
-              <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D763D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Apply the Knowledge of Computing Skills in building the Software Systems that meet the requirements of Industry and Society.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="13BEF981" w14:textId="1070D814" w:rsidR="00CB201D" w:rsidRPr="007D763D" w:rsidRDefault="00CB201D" w:rsidP="00145084">
-[...116 lines deleted...]
-              <w:t xml:space="preserve">Building the software products in </w:t>
+          <w:p w14:paraId="486E6A41" w14:textId="384BA75A" w:rsidR="0089050B" w:rsidRPr="007D763D" w:rsidRDefault="0089050B" w:rsidP="0089050B">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D763D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Justification:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D763D">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Building the software products in </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="004D7584">
-[...1 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="007D763D">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>a</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="004D7584">
-[...1 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="007D763D">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> optimized way </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="004D7584">
-[...1 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="007D763D">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>need</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="004D7584">
-[...11 lines deleted...]
-              <w:t>.</w:t>
+            <w:r w:rsidRPr="007D763D">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> a strong understanding of data organizing in the application and apply suitable data structure to improve the performance</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00145084" w:rsidRPr="007D763D" w14:paraId="76653E2E" w14:textId="77777777" w:rsidTr="004D7584">
+      <w:tr w:rsidR="0089050B" w:rsidRPr="007D763D" w14:paraId="6B432189" w14:textId="77777777" w:rsidTr="004D7584">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="446" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="522571FC" w14:textId="77777777" w:rsidR="00145084" w:rsidRPr="007D763D" w:rsidRDefault="00145084" w:rsidP="00145084">
-[...431 lines deleted...]
-          <w:p w14:paraId="7D781579" w14:textId="77777777" w:rsidR="00AE0B35" w:rsidRPr="007D763D" w:rsidRDefault="00AE0B35" w:rsidP="00AE0B35">
+          <w:p w14:paraId="7D781579" w14:textId="77777777" w:rsidR="0089050B" w:rsidRPr="007D763D" w:rsidRDefault="0089050B" w:rsidP="0089050B">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:color w:val="C00000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D763D">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:color w:val="C00000"/>
               </w:rPr>
               <w:t>CO4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4554" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="02DCCA22" w14:textId="49FCCDBD" w:rsidR="00AE0B35" w:rsidRPr="007D763D" w:rsidRDefault="00D40443" w:rsidP="00AE0B35">
+          <w:p w14:paraId="02DCCA22" w14:textId="4A02E035" w:rsidR="0089050B" w:rsidRPr="007D763D" w:rsidRDefault="0089050B" w:rsidP="0089050B">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:color w:val="C00000"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="007D763D">
               <w:rPr>
                 <w:rFonts w:eastAsia="TimesNewRomanPSMT"/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>Analyse the given scenario and choose appropriate algorithm design for solving problems.</w:t>
+              <w:t>Analy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>z</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D763D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>e</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007D763D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="TimesNewRomanPSMT"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> the given scenario and choose appropriate algorithm design for solving problems.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE0B35" w:rsidRPr="007D763D" w14:paraId="2BCA7296" w14:textId="77777777" w:rsidTr="004D7584">
+      <w:tr w:rsidR="0089050B" w:rsidRPr="007D763D" w14:paraId="2BCA7296" w14:textId="77777777" w:rsidTr="004D7584">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="446" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="096A84E7" w14:textId="77777777" w:rsidR="00AE0B35" w:rsidRPr="007D763D" w:rsidRDefault="00AE0B35" w:rsidP="00AE0B35">
+          <w:p w14:paraId="096A84E7" w14:textId="77777777" w:rsidR="0089050B" w:rsidRPr="007D763D" w:rsidRDefault="0089050B" w:rsidP="0089050B">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D763D">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>PO2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4554" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="56794D56" w14:textId="77777777" w:rsidR="00AE0B35" w:rsidRPr="007D763D" w:rsidRDefault="00AE0B35" w:rsidP="00AE0B35">
+          <w:p w14:paraId="56794D56" w14:textId="77777777" w:rsidR="0089050B" w:rsidRPr="007D763D" w:rsidRDefault="0089050B" w:rsidP="0089050B">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D763D">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Problem Analysis</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0698B7A9" w14:textId="5BDA1512" w:rsidR="00AE0B35" w:rsidRPr="007D763D" w:rsidRDefault="00AE0B35" w:rsidP="00AE0B35">
+          <w:p w14:paraId="0698B7A9" w14:textId="65A99CC1" w:rsidR="0089050B" w:rsidRPr="007D763D" w:rsidRDefault="0089050B" w:rsidP="0089050B">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D763D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Justification:</w:t>
             </w:r>
             <w:r w:rsidRPr="007D763D">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...108 lines deleted...]
-              <w:t xml:space="preserve"> in the student.</w:t>
+              <w:t xml:space="preserve"> Analyze the given new problem and identify suitable data structure and algorithm technique require strong understanding of existing problems data structure and algorithm used which can be achieved by analyzing the existing problem in the direction of data structure and algorithm technique used.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1470C784" w14:textId="77777777" w:rsidR="001D6CD1" w:rsidRPr="007D763D" w:rsidRDefault="001D6CD1" w:rsidP="008C4652">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0E42CB69" w14:textId="6BC0C764" w:rsidR="00B014A4" w:rsidRPr="007D763D" w:rsidRDefault="00B014A4" w:rsidP="0026763C">
+    <w:p w14:paraId="261C4017" w14:textId="77777777" w:rsidR="00B03146" w:rsidRDefault="00B03146" w:rsidP="0026763C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="62B90BB4" w14:textId="77777777" w:rsidR="00B03146" w:rsidRDefault="00B03146" w:rsidP="0026763C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3C5858C8" w14:textId="77777777" w:rsidR="00B03146" w:rsidRDefault="00B03146" w:rsidP="0026763C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0E42CB69" w14:textId="1067BEF2" w:rsidR="00B014A4" w:rsidRPr="007D763D" w:rsidRDefault="00B014A4" w:rsidP="0026763C">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D763D">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Course Coordinator:</w:t>
+        <w:t>Course Coordinator</w:t>
+      </w:r>
+      <w:r w:rsidR="009C0766">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D763D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7DB0EF8D" w14:textId="77777777" w:rsidR="00B014A4" w:rsidRPr="007D763D" w:rsidRDefault="00B014A4" w:rsidP="0026763C">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="29F59DB1" w14:textId="77777777" w:rsidR="00B014A4" w:rsidRPr="007D763D" w:rsidRDefault="00B014A4" w:rsidP="0026763C">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="225A8A1C" w14:textId="65CE4AAE" w:rsidR="00B014A4" w:rsidRPr="007D763D" w:rsidRDefault="00B014A4" w:rsidP="00B10329">
+    <w:p w14:paraId="30EB1FD1" w14:textId="77777777" w:rsidR="00B03146" w:rsidRDefault="00B03146" w:rsidP="00B10329">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="240E354E" w14:textId="77777777" w:rsidR="00B03146" w:rsidRDefault="00B03146" w:rsidP="00B10329">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C300CA2" w14:textId="77777777" w:rsidR="00B03146" w:rsidRDefault="00B03146" w:rsidP="00B10329">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5C5A9D0B" w14:textId="77777777" w:rsidR="00B03146" w:rsidRDefault="00B03146" w:rsidP="00B10329">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="225A8A1C" w14:textId="0A61933F" w:rsidR="00B014A4" w:rsidRPr="007D763D" w:rsidRDefault="00B014A4" w:rsidP="00B10329">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D763D">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Module Coordinator:</w:t>
       </w:r>
       <w:r w:rsidR="00B10329">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="007D763D">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -5302,57 +4597,71 @@
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Mangal">
+    <w:panose1 w:val="00000400000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00008003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="TimesNewRomanPSMT">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Bookman Old Style">
+    <w:panose1 w:val="02050604050505020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="15441899"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="238E59C0"/>
     <w:lvl w:ilvl="0" w:tplc="40090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -5878,99 +5187,111 @@
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="773205970">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0001733F"/>
     <w:rsid w:val="0001733F"/>
+    <w:rsid w:val="00043810"/>
+    <w:rsid w:val="00056E29"/>
     <w:rsid w:val="000F53C1"/>
     <w:rsid w:val="00145084"/>
     <w:rsid w:val="001D6CD1"/>
     <w:rsid w:val="0026763C"/>
     <w:rsid w:val="002C15C6"/>
     <w:rsid w:val="002D022F"/>
     <w:rsid w:val="00305BAD"/>
+    <w:rsid w:val="003F717C"/>
     <w:rsid w:val="00415F19"/>
     <w:rsid w:val="004D7584"/>
     <w:rsid w:val="0052655E"/>
     <w:rsid w:val="005F213C"/>
+    <w:rsid w:val="006F3154"/>
     <w:rsid w:val="00730F00"/>
+    <w:rsid w:val="0075111B"/>
+    <w:rsid w:val="00783E62"/>
     <w:rsid w:val="007D0E9C"/>
     <w:rsid w:val="007D5A0A"/>
     <w:rsid w:val="007D763D"/>
+    <w:rsid w:val="0089050B"/>
     <w:rsid w:val="00895EB3"/>
     <w:rsid w:val="008C17E8"/>
     <w:rsid w:val="008C4652"/>
+    <w:rsid w:val="009009A1"/>
+    <w:rsid w:val="009C0766"/>
     <w:rsid w:val="00A36FD3"/>
     <w:rsid w:val="00AE0B35"/>
+    <w:rsid w:val="00AF54DD"/>
     <w:rsid w:val="00B014A4"/>
+    <w:rsid w:val="00B03146"/>
     <w:rsid w:val="00B10329"/>
     <w:rsid w:val="00B50BA3"/>
     <w:rsid w:val="00B519D3"/>
     <w:rsid w:val="00B567E7"/>
     <w:rsid w:val="00B80526"/>
     <w:rsid w:val="00B86F64"/>
+    <w:rsid w:val="00BC29A0"/>
     <w:rsid w:val="00BF7424"/>
     <w:rsid w:val="00CB201D"/>
     <w:rsid w:val="00D40443"/>
     <w:rsid w:val="00E53F4D"/>
     <w:rsid w:val="00F05C4C"/>
     <w:rsid w:val="00F233B4"/>
     <w:rsid w:val="00F24009"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-IN"/>
+  <w:themeFontLang w:val="en-IN" w:bidi="hi-IN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="1C99B011"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{EE717A89-E982-431E-A1E2-D0870E9968DF}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-IN" w:eastAsia="en-US" w:bidi="ar-SA"/>
@@ -6115,51 +5436,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -6357,51 +5678,50 @@
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="0001733F"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
     <w:name w:val="Table Paragraph"/>
@@ -6456,51 +5776,51 @@
   <w:style w:type="character" w:styleId="Strong">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="0001733F"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="001D6CD1"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
-    <w:uiPriority w:val="39"/>
+    <w:uiPriority w:val="59"/>
     <w:rsid w:val="005F213C"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="529730841">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
@@ -6793,75 +6113,75 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>655</Words>
-  <Characters>3739</Characters>
+  <Words>475</Words>
+  <Characters>2710</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>31</Lines>
-  <Paragraphs>8</Paragraphs>
+  <Lines>22</Lines>
+  <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4386</CharactersWithSpaces>
+  <CharactersWithSpaces>3179</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>PSK</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
     <vt:lpwstr>255fd359-2b5b-4992-bb43-a6ee004d275c</vt:lpwstr>