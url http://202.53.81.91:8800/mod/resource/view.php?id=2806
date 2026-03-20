--- v0 (2025-10-13)
+++ v1 (2026-03-20)
@@ -3,66 +3,56 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="61CA72D8" w14:textId="77777777" w:rsidR="005235CA" w:rsidRPr="009508A0" w:rsidRDefault="005235CA" w:rsidP="005235CA">
+    <w:p w14:paraId="61CA72D8" w14:textId="77777777" w:rsidR="005235CA" w:rsidRPr="009508A0" w:rsidRDefault="005235CA" w:rsidP="00C47D67">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
-[...1 lines deleted...]
-        <w:ind w:left="667" w:right="27"/>
+        <w:pStyle w:val="Heading2"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009508A0">
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
         <w:t>PRASAD V. POTLURI SIDDHARTHA INSTITUTE OF TECHNOLOGY KANURU, VIJAYAWADA</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2EA4B14B" w14:textId="77777777" w:rsidR="009508A0" w:rsidRPr="009508A0" w:rsidRDefault="009508A0" w:rsidP="005235CA">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="8" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="667" w:right="27"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009508A0">
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Department of Computer Science and Engineering</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F326881" w14:textId="3ADF5D9B" w:rsidR="005235CA" w:rsidRPr="009508A0" w:rsidRDefault="009F07E4" w:rsidP="005235CA">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
@@ -77,57 +67,69 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidR="0077251C">
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidR="00167F47">
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>B.Tech – I</w:t>
+        <w:t>B.Tech</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – I</w:t>
       </w:r>
       <w:r w:rsidR="005235CA" w:rsidRPr="009508A0">
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Sem</w:t>
       </w:r>
       <w:r w:rsidR="006E5901">
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ester</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4BE00A09" w14:textId="031B9BCD" w:rsidR="005235CA" w:rsidRPr="0020326C" w:rsidRDefault="00167F47" w:rsidP="005235CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
           <w:b/>
           <w:bCs/>
@@ -550,120 +552,149 @@
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B75337">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>CO2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4835" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="54A13AC4" w14:textId="23C90F7E" w:rsidR="00FB7D27" w:rsidRPr="00F10FE3" w:rsidRDefault="008C2C3C" w:rsidP="00FB7D27">
+          <w:p w14:paraId="54A13AC4" w14:textId="6AE8F6F7" w:rsidR="00FB7D27" w:rsidRPr="00F10FE3" w:rsidRDefault="002734B3" w:rsidP="00FB7D27">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
-              <w:t>Use appropriate Data Structure and Algorithm technique to solve problem.</w:t>
+              <w:t>Apply</w:t>
+            </w:r>
+            <w:r w:rsidR="008C2C3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> appropriate Data Structure and Algorithm technique to solve </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+              <w:t xml:space="preserve">the </w:t>
+            </w:r>
+            <w:r w:rsidR="008C2C3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+              <w:t>problem.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1937" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="48585921" w14:textId="77777777" w:rsidR="00FB7D27" w:rsidRPr="00FB7D27" w:rsidRDefault="00FB7D27" w:rsidP="00FB7D27">
+          <w:p w14:paraId="3C615538" w14:textId="77777777" w:rsidR="00B15943" w:rsidRDefault="00B15943" w:rsidP="00FB7D27">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
+          </w:p>
+          <w:p w14:paraId="48585921" w14:textId="12EA2A31" w:rsidR="00FB7D27" w:rsidRPr="00FB7D27" w:rsidRDefault="00FB7D27" w:rsidP="00FB7D27">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00FB7D27">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
-              <w:t>Apply,</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="00601E5C" w14:textId="77777777" w:rsidR="00FB7D27" w:rsidRPr="00FB7D27" w:rsidRDefault="00FB7D27" w:rsidP="00FB7D27">
+              <w:t>Apply</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="00601E5C" w14:textId="53DC545B" w:rsidR="00FB7D27" w:rsidRPr="00FB7D27" w:rsidRDefault="00FB7D27" w:rsidP="00FB7D27">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FB7D27">
-[...8 lines deleted...]
-            </w:r>
           </w:p>
           <w:p w14:paraId="02795AF6" w14:textId="77777777" w:rsidR="00FB7D27" w:rsidRPr="00FB7D27" w:rsidRDefault="00FB7D27" w:rsidP="00FB7D27">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1057" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="04A330F1" w14:textId="77777777" w:rsidR="00FB7D27" w:rsidRPr="009508A0" w:rsidRDefault="00FB7D27" w:rsidP="00FB7D27">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
@@ -893,92 +924,84 @@
               <w:pStyle w:val="NoSpacing"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F6EA9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="TimesNewRomanPSMT" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Analyze the given scenario and choose appropriate algorithm design for solving problems.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1937" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7D8EA46B" w14:textId="77777777" w:rsidR="00FB7D27" w:rsidRPr="00FB7D27" w:rsidRDefault="00FB7D27" w:rsidP="00FB7D27">
+          <w:p w14:paraId="7D8EA46B" w14:textId="2C4D36DF" w:rsidR="00FB7D27" w:rsidRPr="00FB7D27" w:rsidRDefault="00FB7D27" w:rsidP="00FB7D27">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00FB7D27">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
-              <w:t>Analyze,</w:t>
-[...4 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:t>Analyze</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="6446A3D1" w14:textId="1C0CA61C" w:rsidR="00FB7D27" w:rsidRPr="00FB7D27" w:rsidRDefault="00FB7D27" w:rsidP="00B15943">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FB7D27">
-[...7 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1057" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="05076804" w14:textId="77777777" w:rsidR="00FB7D27" w:rsidRPr="009508A0" w:rsidRDefault="00FB7D27" w:rsidP="00FB7D27">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009508A0">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>L4</w:t>
@@ -1386,67 +1409,78 @@
           <w:tcPr>
             <w:tcW w:w="2383" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="10A21145" w14:textId="0EB7CC14" w:rsidR="00E42078" w:rsidRPr="004F480D" w:rsidRDefault="00E42078" w:rsidP="00E42078">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF081C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">CO1, </w:t>
             </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="008C2C3C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>CO2,</w:t>
             </w:r>
             <w:r w:rsidRPr="00BF081C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>CO3</w:t>
+              <w:t>CO</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00BF081C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E42078" w:rsidRPr="009508A0" w14:paraId="4286B4BE" w14:textId="77777777" w:rsidTr="00A83C63">
         <w:trPr>
           <w:trHeight w:val="1080"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="921" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="463559B9" w14:textId="1E5324D6" w:rsidR="00E42078" w:rsidRPr="009508A0" w:rsidRDefault="00E42078" w:rsidP="00E42078">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E023B7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -1528,60 +1562,80 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2383" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4C1E53EE" w14:textId="234592C2" w:rsidR="00E42078" w:rsidRPr="004F480D" w:rsidRDefault="00E42078" w:rsidP="00E42078">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF081C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>CO1,</w:t>
+              <w:t>CO</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00BF081C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1,</w:t>
             </w:r>
             <w:r w:rsidR="008C2C3C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>CO2,</w:t>
+              <w:t>CO2</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="008C2C3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="00BF081C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> CO3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E42078" w:rsidRPr="009508A0" w14:paraId="4B101A1C" w14:textId="77777777" w:rsidTr="004F480D">
         <w:trPr>
           <w:trHeight w:val="1080"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="921" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="44D0AA59" w14:textId="7F89A0B6" w:rsidR="00E42078" w:rsidRPr="009508A0" w:rsidRDefault="00E42078" w:rsidP="00E42078">
             <w:pPr>
               <w:jc w:val="center"/>
@@ -1747,51 +1801,67 @@
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:right="-1"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF081C">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Dynamic Programming:</w:t>
             </w:r>
             <w:r w:rsidRPr="00BF081C">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> General Method, All pairs shortest paths, Single Source Shortest Paths– General Weights (Bellman Ford Algorithm), Optimal Binary Search Trees, 0/1 Knapsack, String Editing, Travelling Salesperson problem.</w:t>
+              <w:t xml:space="preserve"> General Method, </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00BF081C">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>All</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00BF081C">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> pairs shortest paths, Single Source Shortest Paths– General Weights (Bellman Ford Algorithm), Optimal Binary Search Trees, 0/1 Knapsack, String Editing, Travelling Salesperson problem.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2383" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="62FBC978" w14:textId="0CA324A3" w:rsidR="00E42078" w:rsidRPr="004F480D" w:rsidRDefault="00E42078" w:rsidP="00E42078">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF081C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
@@ -1992,1669 +2062,1553 @@
       </w:pPr>
       <w:r w:rsidRPr="009508A0">
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-IN"/>
         </w:rPr>
         <w:t>CO-PO Mapping</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="70181397" w14:textId="77777777" w:rsidR="00BC0693" w:rsidRPr="009508A0" w:rsidRDefault="00BC0693" w:rsidP="00612027">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-IN"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="9806" w:type="dxa"/>
+        <w:tblW w:w="9194" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="638"/>
-        <w:gridCol w:w="612"/>
         <w:gridCol w:w="612"/>
         <w:gridCol w:w="612"/>
         <w:gridCol w:w="612"/>
         <w:gridCol w:w="612"/>
         <w:gridCol w:w="612"/>
         <w:gridCol w:w="612"/>
         <w:gridCol w:w="612"/>
         <w:gridCol w:w="612"/>
         <w:gridCol w:w="726"/>
         <w:gridCol w:w="726"/>
         <w:gridCol w:w="726"/>
         <w:gridCol w:w="739"/>
         <w:gridCol w:w="743"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00612027" w:rsidRPr="009508A0" w14:paraId="34115903" w14:textId="77777777" w:rsidTr="00A15305">
+      <w:tr w:rsidR="0032150D" w:rsidRPr="009508A0" w14:paraId="69803887" w14:textId="77777777" w:rsidTr="0032150D">
         <w:trPr>
           <w:trHeight w:val="419"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9806" w:type="dxa"/>
-[...8 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:tcW w:w="638" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1890926C" w14:textId="77777777" w:rsidR="0032150D" w:rsidRPr="009508A0" w:rsidRDefault="0032150D" w:rsidP="00A15305">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="612" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D4DF3E6" w14:textId="77777777" w:rsidR="0032150D" w:rsidRPr="009508A0" w:rsidRDefault="0032150D" w:rsidP="00A15305">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009508A0">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="20"/>
+                <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-              <w:t>Contribution of Course Outcomes towards achievement of Program Outcomes</w:t>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+              <w:t>PO1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="612" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3292C760" w14:textId="77777777" w:rsidR="0032150D" w:rsidRPr="009508A0" w:rsidRDefault="0032150D" w:rsidP="00A15305">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009508A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+              <w:t>PO2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="612" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="43F77B6D" w14:textId="77777777" w:rsidR="0032150D" w:rsidRPr="009508A0" w:rsidRDefault="0032150D" w:rsidP="00A15305">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009508A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+              <w:t>PO3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="612" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0846DE5E" w14:textId="77777777" w:rsidR="0032150D" w:rsidRPr="009508A0" w:rsidRDefault="0032150D" w:rsidP="00A15305">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009508A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+              <w:t>PO4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="612" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="21CD607E" w14:textId="77777777" w:rsidR="0032150D" w:rsidRPr="009508A0" w:rsidRDefault="0032150D" w:rsidP="00A15305">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009508A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+              <w:t>PO5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="612" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5EFB78EB" w14:textId="77777777" w:rsidR="0032150D" w:rsidRPr="009508A0" w:rsidRDefault="0032150D" w:rsidP="00A15305">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009508A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+              <w:t>PO6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="612" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="650E20C4" w14:textId="776DBF24" w:rsidR="0032150D" w:rsidRPr="009508A0" w:rsidRDefault="0032150D" w:rsidP="00A15305">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009508A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+              <w:t>PO</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="612" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A0BDFEF" w14:textId="741E1013" w:rsidR="0032150D" w:rsidRPr="009508A0" w:rsidRDefault="0032150D" w:rsidP="00A15305">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009508A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+              <w:t>PO</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="726" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="649AC0C5" w14:textId="5B5648CC" w:rsidR="0032150D" w:rsidRPr="009508A0" w:rsidRDefault="0032150D" w:rsidP="00A15305">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009508A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+              <w:t>PO</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="726" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FE22374" w14:textId="089D2C13" w:rsidR="0032150D" w:rsidRPr="009508A0" w:rsidRDefault="0032150D" w:rsidP="00A15305">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009508A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+              <w:t>PO1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="726" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4176E378" w14:textId="5FB1BFCE" w:rsidR="0032150D" w:rsidRPr="009508A0" w:rsidRDefault="0032150D" w:rsidP="00A15305">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009508A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+              <w:t>PO1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="739" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="090153A1" w14:textId="77777777" w:rsidR="0032150D" w:rsidRPr="009508A0" w:rsidRDefault="0032150D" w:rsidP="00A15305">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009508A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+              <w:t>PSO1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="743" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="12F20395" w14:textId="77777777" w:rsidR="0032150D" w:rsidRPr="009508A0" w:rsidRDefault="0032150D" w:rsidP="00A15305">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009508A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+              <w:t>PSO2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00612027" w:rsidRPr="009508A0" w14:paraId="69803887" w14:textId="77777777" w:rsidTr="00C173ED">
+      <w:tr w:rsidR="0032150D" w:rsidRPr="009508A0" w14:paraId="4D2E871A" w14:textId="77777777" w:rsidTr="0032150D">
         <w:trPr>
           <w:trHeight w:val="419"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="638" w:type="dxa"/>
-          </w:tcPr>
-[...1 lines deleted...]
-            <w:pPr>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7705853B" w14:textId="77777777" w:rsidR="0032150D" w:rsidRPr="009508A0" w:rsidRDefault="0032150D" w:rsidP="00863A14">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="009508A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+              <w:t>CO1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="612" w:type="dxa"/>
-          </w:tcPr>
-[...5 lines deleted...]
-                <w:sz w:val="18"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="29D521BF" w14:textId="5A1949AB" w:rsidR="0032150D" w:rsidRPr="009508A0" w:rsidRDefault="0032150D" w:rsidP="00863A14">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:b/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-IN"/>
-[...10 lines deleted...]
-              <w:t>PO1</w:t>
+              </w:rPr>
+              <w:t>√</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="612" w:type="dxa"/>
-          </w:tcPr>
-[...19 lines deleted...]
-            </w:r>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="707C52DB" w14:textId="77777777" w:rsidR="0032150D" w:rsidRPr="009508A0" w:rsidRDefault="0032150D" w:rsidP="00863A14">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="612" w:type="dxa"/>
-          </w:tcPr>
-[...19 lines deleted...]
-            </w:r>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C839DC8" w14:textId="77777777" w:rsidR="0032150D" w:rsidRPr="009508A0" w:rsidRDefault="0032150D" w:rsidP="00863A14">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="612" w:type="dxa"/>
-          </w:tcPr>
-[...19 lines deleted...]
-            </w:r>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1048F62C" w14:textId="77777777" w:rsidR="0032150D" w:rsidRPr="009508A0" w:rsidRDefault="0032150D" w:rsidP="00863A14">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="612" w:type="dxa"/>
-          </w:tcPr>
-[...19 lines deleted...]
-            </w:r>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A18BAD8" w14:textId="77777777" w:rsidR="0032150D" w:rsidRPr="009508A0" w:rsidRDefault="0032150D" w:rsidP="00863A14">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="612" w:type="dxa"/>
-          </w:tcPr>
-[...19 lines deleted...]
-            </w:r>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="01C4C78A" w14:textId="77777777" w:rsidR="0032150D" w:rsidRPr="009508A0" w:rsidRDefault="0032150D" w:rsidP="00863A14">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="612" w:type="dxa"/>
-          </w:tcPr>
-[...19 lines deleted...]
-            </w:r>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E7769F4" w14:textId="77777777" w:rsidR="0032150D" w:rsidRPr="009508A0" w:rsidRDefault="0032150D" w:rsidP="00863A14">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="612" w:type="dxa"/>
-          </w:tcPr>
-[...45 lines deleted...]
-            </w:r>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="162866B9" w14:textId="77777777" w:rsidR="0032150D" w:rsidRPr="009508A0" w:rsidRDefault="0032150D" w:rsidP="00863A14">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="726" w:type="dxa"/>
-          </w:tcPr>
-[...19 lines deleted...]
-            </w:r>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="26F979B6" w14:textId="77777777" w:rsidR="0032150D" w:rsidRPr="009508A0" w:rsidRDefault="0032150D" w:rsidP="00863A14">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="726" w:type="dxa"/>
-          </w:tcPr>
-[...19 lines deleted...]
-            </w:r>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BBEFEED" w14:textId="77777777" w:rsidR="0032150D" w:rsidRPr="009508A0" w:rsidRDefault="0032150D" w:rsidP="00863A14">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="726" w:type="dxa"/>
-          </w:tcPr>
-[...19 lines deleted...]
-            </w:r>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7946B2B2" w14:textId="77777777" w:rsidR="0032150D" w:rsidRPr="009508A0" w:rsidRDefault="0032150D" w:rsidP="00863A14">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="739" w:type="dxa"/>
-          </w:tcPr>
-[...19 lines deleted...]
-            </w:r>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="28424662" w14:textId="3069466D" w:rsidR="0032150D" w:rsidRPr="009508A0" w:rsidRDefault="0032150D" w:rsidP="00863A14">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="743" w:type="dxa"/>
-          </w:tcPr>
-[...19 lines deleted...]
-            </w:r>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1192F0DA" w14:textId="77777777" w:rsidR="0032150D" w:rsidRPr="009508A0" w:rsidRDefault="0032150D" w:rsidP="00863A14">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00863A14" w:rsidRPr="009508A0" w14:paraId="4D2E871A" w14:textId="77777777" w:rsidTr="00F10FE3">
+      <w:tr w:rsidR="0032150D" w:rsidRPr="009508A0" w14:paraId="62F00040" w14:textId="77777777" w:rsidTr="0032150D">
         <w:trPr>
           <w:trHeight w:val="419"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="638" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7705853B" w14:textId="77777777" w:rsidR="00863A14" w:rsidRPr="009508A0" w:rsidRDefault="00863A14" w:rsidP="00863A14">
+          <w:p w14:paraId="0D01DB39" w14:textId="77777777" w:rsidR="0032150D" w:rsidRPr="009508A0" w:rsidRDefault="0032150D" w:rsidP="003A5BE1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009508A0">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
-              <w:t>CO1</w:t>
+              <w:t>CO2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="612" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="29D521BF" w14:textId="5A1949AB" w:rsidR="00863A14" w:rsidRPr="009508A0" w:rsidRDefault="00FA6D5F" w:rsidP="00863A14">
-[...6 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="1B43C6F7" w14:textId="1504BE21" w:rsidR="0032150D" w:rsidRDefault="0032150D" w:rsidP="003A5BE1">
+            <w:pPr>
+              <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>√</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="612" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="707C52DB" w14:textId="77777777" w:rsidR="00863A14" w:rsidRPr="009508A0" w:rsidRDefault="00863A14" w:rsidP="00863A14">
+          <w:p w14:paraId="1234C07C" w14:textId="20F93F79" w:rsidR="0032150D" w:rsidRPr="009508A0" w:rsidRDefault="0032150D" w:rsidP="003A5BE1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="612" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6C839DC8" w14:textId="77777777" w:rsidR="00863A14" w:rsidRPr="009508A0" w:rsidRDefault="00863A14" w:rsidP="00863A14">
+          <w:p w14:paraId="0CC904DB" w14:textId="77777777" w:rsidR="0032150D" w:rsidRPr="009508A0" w:rsidRDefault="0032150D" w:rsidP="003A5BE1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="612" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1048F62C" w14:textId="77777777" w:rsidR="00863A14" w:rsidRPr="009508A0" w:rsidRDefault="00863A14" w:rsidP="00863A14">
+          <w:p w14:paraId="16CBF4B1" w14:textId="77777777" w:rsidR="0032150D" w:rsidRPr="009508A0" w:rsidRDefault="0032150D" w:rsidP="003A5BE1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="612" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5A18BAD8" w14:textId="77777777" w:rsidR="00863A14" w:rsidRPr="009508A0" w:rsidRDefault="00863A14" w:rsidP="00863A14">
+          <w:p w14:paraId="2976E772" w14:textId="738DB494" w:rsidR="0032150D" w:rsidRPr="009508A0" w:rsidRDefault="0032150D" w:rsidP="003A5BE1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="612" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="01C4C78A" w14:textId="77777777" w:rsidR="00863A14" w:rsidRPr="009508A0" w:rsidRDefault="00863A14" w:rsidP="00863A14">
+          <w:p w14:paraId="5199BC48" w14:textId="77777777" w:rsidR="0032150D" w:rsidRPr="009508A0" w:rsidRDefault="0032150D" w:rsidP="003A5BE1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="612" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7527AF27" w14:textId="77777777" w:rsidR="00863A14" w:rsidRPr="009508A0" w:rsidRDefault="00863A14" w:rsidP="00863A14">
+          <w:p w14:paraId="4B3C72A5" w14:textId="77777777" w:rsidR="0032150D" w:rsidRPr="009508A0" w:rsidRDefault="0032150D" w:rsidP="003A5BE1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="612" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0E7769F4" w14:textId="77777777" w:rsidR="00863A14" w:rsidRPr="009508A0" w:rsidRDefault="00863A14" w:rsidP="00863A14">
-[...23 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="6906F5C3" w14:textId="6F01DBAB" w:rsidR="0032150D" w:rsidRDefault="0032150D" w:rsidP="003A5BE1">
+            <w:pPr>
+              <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="726" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="26F979B6" w14:textId="77777777" w:rsidR="00863A14" w:rsidRPr="009508A0" w:rsidRDefault="00863A14" w:rsidP="00863A14">
-[...6 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="4B0F212A" w14:textId="2AD0994B" w:rsidR="0032150D" w:rsidRDefault="0032150D" w:rsidP="003A5BE1">
+            <w:pPr>
+              <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="726" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4BBEFEED" w14:textId="77777777" w:rsidR="00863A14" w:rsidRPr="009508A0" w:rsidRDefault="00863A14" w:rsidP="00863A14">
+          <w:p w14:paraId="1E78349B" w14:textId="77777777" w:rsidR="0032150D" w:rsidRPr="009508A0" w:rsidRDefault="0032150D" w:rsidP="003A5BE1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="726" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7946B2B2" w14:textId="77777777" w:rsidR="00863A14" w:rsidRPr="009508A0" w:rsidRDefault="00863A14" w:rsidP="00863A14">
+          <w:p w14:paraId="0486EAD0" w14:textId="77777777" w:rsidR="0032150D" w:rsidRPr="009508A0" w:rsidRDefault="0032150D" w:rsidP="003A5BE1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="739" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="28424662" w14:textId="3069466D" w:rsidR="00863A14" w:rsidRPr="009508A0" w:rsidRDefault="00863A14" w:rsidP="00863A14">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+          <w:p w14:paraId="46EAF27F" w14:textId="51BF8A41" w:rsidR="0032150D" w:rsidRDefault="0032150D" w:rsidP="003A5BE1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
+                <w:b/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="en-IN"/>
-[...1 lines deleted...]
-            </w:pPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>√</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="743" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1192F0DA" w14:textId="77777777" w:rsidR="00863A14" w:rsidRPr="009508A0" w:rsidRDefault="00863A14" w:rsidP="00863A14">
-[...6 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="3E65D02C" w14:textId="13D7202D" w:rsidR="0032150D" w:rsidRDefault="0032150D" w:rsidP="003A5BE1">
+            <w:pPr>
+              <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A5BE1" w:rsidRPr="009508A0" w14:paraId="62F00040" w14:textId="77777777" w:rsidTr="00F10FE3">
+      <w:tr w:rsidR="0032150D" w:rsidRPr="009508A0" w14:paraId="35029216" w14:textId="77777777" w:rsidTr="0032150D">
         <w:trPr>
           <w:trHeight w:val="419"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="638" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0D01DB39" w14:textId="77777777" w:rsidR="003A5BE1" w:rsidRPr="009508A0" w:rsidRDefault="003A5BE1" w:rsidP="003A5BE1">
+          <w:p w14:paraId="2C46700B" w14:textId="77777777" w:rsidR="0032150D" w:rsidRPr="009508A0" w:rsidRDefault="0032150D" w:rsidP="003A5BE1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009508A0">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
-              <w:t>CO2</w:t>
+              <w:t>CO3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="612" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1B43C6F7" w14:textId="1504BE21" w:rsidR="003A5BE1" w:rsidRDefault="009601FD" w:rsidP="003A5BE1">
-[...1 lines deleted...]
-              <w:jc w:val="center"/>
+          <w:p w14:paraId="254512D7" w14:textId="5077C688" w:rsidR="0032150D" w:rsidRPr="00F10FE3" w:rsidRDefault="0032150D" w:rsidP="003A5BE1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="612" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="65F08876" w14:textId="0DC9F614" w:rsidR="0032150D" w:rsidRPr="009508A0" w:rsidRDefault="0032150D" w:rsidP="003A5BE1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>√</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="612" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1234C07C" w14:textId="20F93F79" w:rsidR="003A5BE1" w:rsidRPr="009508A0" w:rsidRDefault="003A5BE1" w:rsidP="003A5BE1">
+          <w:p w14:paraId="57B00636" w14:textId="31F00687" w:rsidR="0032150D" w:rsidRPr="009508A0" w:rsidRDefault="0032150D" w:rsidP="003A5BE1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="612" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0CC904DB" w14:textId="77777777" w:rsidR="003A5BE1" w:rsidRPr="009508A0" w:rsidRDefault="003A5BE1" w:rsidP="003A5BE1">
+          <w:p w14:paraId="16EB1C50" w14:textId="77777777" w:rsidR="0032150D" w:rsidRPr="009508A0" w:rsidRDefault="0032150D" w:rsidP="003A5BE1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="612" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="16CBF4B1" w14:textId="77777777" w:rsidR="003A5BE1" w:rsidRPr="009508A0" w:rsidRDefault="003A5BE1" w:rsidP="003A5BE1">
+          <w:p w14:paraId="54A9E29B" w14:textId="77777777" w:rsidR="0032150D" w:rsidRPr="009508A0" w:rsidRDefault="0032150D" w:rsidP="003A5BE1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="612" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2976E772" w14:textId="738DB494" w:rsidR="003A5BE1" w:rsidRPr="009508A0" w:rsidRDefault="003A5BE1" w:rsidP="003A5BE1">
+          <w:p w14:paraId="14674155" w14:textId="77777777" w:rsidR="0032150D" w:rsidRPr="009508A0" w:rsidRDefault="0032150D" w:rsidP="003A5BE1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="612" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5199BC48" w14:textId="77777777" w:rsidR="003A5BE1" w:rsidRPr="009508A0" w:rsidRDefault="003A5BE1" w:rsidP="003A5BE1">
+          <w:p w14:paraId="7AADBAB7" w14:textId="77777777" w:rsidR="0032150D" w:rsidRPr="009508A0" w:rsidRDefault="0032150D" w:rsidP="003A5BE1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="612" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="11D8F505" w14:textId="77777777" w:rsidR="003A5BE1" w:rsidRPr="009508A0" w:rsidRDefault="003A5BE1" w:rsidP="003A5BE1">
+          <w:p w14:paraId="75E1063F" w14:textId="35551D6B" w:rsidR="0032150D" w:rsidRDefault="0032150D" w:rsidP="003A5BE1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="726" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="54B9A42F" w14:textId="1F95A8F1" w:rsidR="0032150D" w:rsidRDefault="0032150D" w:rsidP="003A5BE1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="726" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="70DC7E4E" w14:textId="77777777" w:rsidR="0032150D" w:rsidRPr="009508A0" w:rsidRDefault="0032150D" w:rsidP="003A5BE1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="612" w:type="dxa"/>
+            <w:tcW w:w="726" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4B3C72A5" w14:textId="77777777" w:rsidR="003A5BE1" w:rsidRPr="009508A0" w:rsidRDefault="003A5BE1" w:rsidP="003A5BE1">
+          <w:p w14:paraId="55E6715E" w14:textId="77777777" w:rsidR="0032150D" w:rsidRPr="009508A0" w:rsidRDefault="0032150D" w:rsidP="003A5BE1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="612" w:type="dxa"/>
+            <w:tcW w:w="739" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6906F5C3" w14:textId="622E0219" w:rsidR="003A5BE1" w:rsidRDefault="003A5BE1" w:rsidP="003A5BE1">
+          <w:p w14:paraId="049806E2" w14:textId="3C27C478" w:rsidR="0032150D" w:rsidRDefault="0032150D" w:rsidP="003A5BE1">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>√</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="726" w:type="dxa"/>
-[...74 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="743" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3E65D02C" w14:textId="58EA9AE1" w:rsidR="003A5BE1" w:rsidRDefault="003A5BE1" w:rsidP="003A5BE1">
-[...11 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="574CB683" w14:textId="3EFA1FC3" w:rsidR="0032150D" w:rsidRDefault="0032150D" w:rsidP="003A5BE1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A5BE1" w:rsidRPr="009508A0" w14:paraId="35029216" w14:textId="77777777" w:rsidTr="00F10FE3">
+      <w:tr w:rsidR="0032150D" w:rsidRPr="009508A0" w14:paraId="2D58E391" w14:textId="77777777" w:rsidTr="0032150D">
         <w:trPr>
           <w:trHeight w:val="419"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="638" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2C46700B" w14:textId="77777777" w:rsidR="003A5BE1" w:rsidRPr="009508A0" w:rsidRDefault="003A5BE1" w:rsidP="003A5BE1">
+          <w:p w14:paraId="3EAB2F4F" w14:textId="77777777" w:rsidR="0032150D" w:rsidRPr="009508A0" w:rsidRDefault="0032150D" w:rsidP="003A5BE1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009508A0">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
-              <w:t>CO3</w:t>
+              <w:t>CO4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="612" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="254512D7" w14:textId="5077C688" w:rsidR="003A5BE1" w:rsidRPr="00F10FE3" w:rsidRDefault="003A5BE1" w:rsidP="003A5BE1">
-[...3 lines deleted...]
-                <w:color w:val="FF0000"/>
+          <w:p w14:paraId="4842B0F5" w14:textId="7851182C" w:rsidR="0032150D" w:rsidRPr="009508A0" w:rsidRDefault="0032150D" w:rsidP="003A5BE1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="612" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="65F08876" w14:textId="0DC9F614" w:rsidR="003A5BE1" w:rsidRPr="009508A0" w:rsidRDefault="003A5BE1" w:rsidP="003A5BE1">
+          <w:p w14:paraId="418B76E1" w14:textId="17F20AE6" w:rsidR="0032150D" w:rsidRPr="009508A0" w:rsidRDefault="0032150D" w:rsidP="003A5BE1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>√</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="612" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="57B00636" w14:textId="31F00687" w:rsidR="003A5BE1" w:rsidRPr="009508A0" w:rsidRDefault="003A5BE1" w:rsidP="003A5BE1">
+          <w:p w14:paraId="1E5C6158" w14:textId="5605BD09" w:rsidR="0032150D" w:rsidRPr="009508A0" w:rsidRDefault="0032150D" w:rsidP="003A5BE1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="612" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="16EB1C50" w14:textId="77777777" w:rsidR="003A5BE1" w:rsidRPr="009508A0" w:rsidRDefault="003A5BE1" w:rsidP="003A5BE1">
+          <w:p w14:paraId="590F2B02" w14:textId="77777777" w:rsidR="0032150D" w:rsidRPr="009508A0" w:rsidRDefault="0032150D" w:rsidP="003A5BE1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="612" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="54A9E29B" w14:textId="77777777" w:rsidR="003A5BE1" w:rsidRPr="009508A0" w:rsidRDefault="003A5BE1" w:rsidP="003A5BE1">
+          <w:p w14:paraId="35F1D4DA" w14:textId="77777777" w:rsidR="0032150D" w:rsidRPr="009508A0" w:rsidRDefault="0032150D" w:rsidP="003A5BE1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="612" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="14674155" w14:textId="77777777" w:rsidR="003A5BE1" w:rsidRPr="009508A0" w:rsidRDefault="003A5BE1" w:rsidP="003A5BE1">
+          <w:p w14:paraId="197F82F8" w14:textId="77777777" w:rsidR="0032150D" w:rsidRPr="009508A0" w:rsidRDefault="0032150D" w:rsidP="003A5BE1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="612" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5842185E" w14:textId="77777777" w:rsidR="003A5BE1" w:rsidRPr="009508A0" w:rsidRDefault="003A5BE1" w:rsidP="003A5BE1">
+          <w:p w14:paraId="099248CD" w14:textId="77777777" w:rsidR="0032150D" w:rsidRPr="009508A0" w:rsidRDefault="0032150D" w:rsidP="003A5BE1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="612" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7AADBAB7" w14:textId="77777777" w:rsidR="003A5BE1" w:rsidRPr="009508A0" w:rsidRDefault="003A5BE1" w:rsidP="003A5BE1">
-[...28 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="4BFF905A" w14:textId="1D5653BC" w:rsidR="0032150D" w:rsidRDefault="0032150D" w:rsidP="003A5BE1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="726" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="54B9A42F" w14:textId="59786B92" w:rsidR="003A5BE1" w:rsidRDefault="003A5BE1" w:rsidP="003A5BE1">
-[...11 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="2651A929" w14:textId="4B7EDF18" w:rsidR="0032150D" w:rsidRDefault="0032150D" w:rsidP="003A5BE1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="726" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="70DC7E4E" w14:textId="77777777" w:rsidR="003A5BE1" w:rsidRPr="009508A0" w:rsidRDefault="003A5BE1" w:rsidP="003A5BE1">
+          <w:p w14:paraId="25D342EB" w14:textId="77777777" w:rsidR="0032150D" w:rsidRPr="009508A0" w:rsidRDefault="0032150D" w:rsidP="003A5BE1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="726" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="55E6715E" w14:textId="77777777" w:rsidR="003A5BE1" w:rsidRPr="009508A0" w:rsidRDefault="003A5BE1" w:rsidP="003A5BE1">
-[...6 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="34BAED9D" w14:textId="79DB6031" w:rsidR="0032150D" w:rsidRDefault="0032150D" w:rsidP="003A5BE1">
+            <w:pPr>
+              <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="739" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="049806E2" w14:textId="3C27C478" w:rsidR="003A5BE1" w:rsidRDefault="003A5BE1" w:rsidP="003A5BE1">
-[...11 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="023A7B60" w14:textId="5FAD5B1D" w:rsidR="0032150D" w:rsidRDefault="0032150D" w:rsidP="003A5BE1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="743" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="574CB683" w14:textId="5CA8F5CD" w:rsidR="003A5BE1" w:rsidRDefault="003A5BE1" w:rsidP="003A5BE1">
-[...282 lines deleted...]
-          <w:p w14:paraId="189BD577" w14:textId="188D5622" w:rsidR="003A5BE1" w:rsidRDefault="003A5BE1" w:rsidP="003A5BE1">
+          <w:p w14:paraId="189BD577" w14:textId="188D5622" w:rsidR="0032150D" w:rsidRDefault="0032150D" w:rsidP="003A5BE1">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="461EF809" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="009508A0" w:rsidRDefault="00612027" w:rsidP="00612027">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-IN"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2D1E3A40" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="009508A0" w:rsidRDefault="00612027" w:rsidP="00612027">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009508A0">
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Strength of Correlation</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7BAD7FF0" w14:textId="77777777" w:rsidR="008B4211" w:rsidRDefault="00612027" w:rsidP="00612027">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009508A0">
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Distribution of marks weightage to PO’s through CO’s. </w:t>
+        <w:t xml:space="preserve">Distribution of marks weightage to </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009508A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PO’s</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009508A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> through </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009508A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>CO’s</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009508A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A122075" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="008B4211" w:rsidRDefault="00612027" w:rsidP="008B4211">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008B4211">
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The strength of correlation levels is based on percentage of marks distribution towards PO.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
@@ -4792,98 +4746,79 @@
           <w:p w14:paraId="21E8F567" w14:textId="77777777" w:rsidR="00152935" w:rsidRPr="009508A0" w:rsidRDefault="00152935" w:rsidP="00752315">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009508A0">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>CO2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2386" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="011B40F8" w14:textId="77777777" w:rsidR="00522EAC" w:rsidRDefault="00152935" w:rsidP="004B1B56">
+          <w:p w14:paraId="011B40F8" w14:textId="66D9BA30" w:rsidR="00522EAC" w:rsidRDefault="00152935" w:rsidP="004B1B56">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BB46B2">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>Apply</w:t>
             </w:r>
-            <w:r w:rsidR="00522EAC">
-[...27 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p w14:paraId="0D9827B0" w14:textId="540BE194" w:rsidR="00BB46B2" w:rsidRPr="00BB46B2" w:rsidRDefault="00BB46B2" w:rsidP="00B15943">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="21374A41" w14:textId="77777777" w:rsidR="00152935" w:rsidRPr="009508A0" w:rsidRDefault="00152935" w:rsidP="00D11F74">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009508A0">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>L3</w:t>
@@ -5280,75 +5215,75 @@
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidR="009C6E84">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(6</w:t>
             </w:r>
             <w:r w:rsidR="00F008E9">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="009C6E84">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>25)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="669F372B" w14:textId="41DFA7C3" w:rsidR="00152935" w:rsidRPr="009508A0" w:rsidRDefault="00F4655C" w:rsidP="00F4655C">
+          <w:p w14:paraId="669F372B" w14:textId="741A1E42" w:rsidR="00152935" w:rsidRPr="009508A0" w:rsidRDefault="00F4655C" w:rsidP="00F4655C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F04FAE">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>Assignment</w:t>
             </w:r>
             <w:r w:rsidRPr="00141D34">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
-              <w:t xml:space="preserve"> –  </w:t>
+              <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="009C6E84">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t xml:space="preserve"> (1.25)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1545" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0514572C" w14:textId="77777777" w:rsidR="00152935" w:rsidRPr="009508A0" w:rsidRDefault="000E104D" w:rsidP="00752315">
@@ -5381,109 +5316,82 @@
           <w:p w14:paraId="3A253B24" w14:textId="77777777" w:rsidR="00152935" w:rsidRPr="009508A0" w:rsidRDefault="00152935" w:rsidP="00752315">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009508A0">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>CO4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2386" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="415AA91F" w14:textId="77777777" w:rsidR="00522EAC" w:rsidRDefault="00152935" w:rsidP="00522EAC">
-[...8 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="415AA91F" w14:textId="69A82ED9" w:rsidR="00522EAC" w:rsidRDefault="00152935" w:rsidP="00522EAC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009508A0">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
-              <w:t>Analyze,</w:t>
-[...40 lines deleted...]
-            </w:r>
+              <w:t>Analyze</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="60282062" w14:textId="774D4049" w:rsidR="00422CD0" w:rsidRPr="009508A0" w:rsidRDefault="00422CD0" w:rsidP="00B15943">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7E6F2C36" w14:textId="77777777" w:rsidR="00152935" w:rsidRPr="009508A0" w:rsidRDefault="00152935" w:rsidP="00D11F74">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009508A0">
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>L4</w:t>
@@ -6731,93 +6639,83 @@
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00930A17">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>CO2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1577" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="26F8F367" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="001F097D">
+          <w:p w14:paraId="26F8F367" w14:textId="2697272F" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="001F097D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00930A17">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
-              <w:t>Apply,</w:t>
-[...22 lines deleted...]
-            </w:r>
+              <w:t>Apply</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="379E6F11" w14:textId="3A854AE6" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="001F097D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="475" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5417B5F1" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="001F097D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00930A17">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
@@ -6943,61 +6841,72 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2A5FE738" w14:textId="77777777" w:rsidR="00027887" w:rsidRDefault="00D85EE2" w:rsidP="001F097D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00930A17">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
-              <w:t xml:space="preserve">Assignment –  </w:t>
+              <w:t xml:space="preserve">Assignment </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00930A17">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+              <w:t xml:space="preserve">–  </w:t>
             </w:r>
             <w:r w:rsidR="00027887">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
           <w:p w14:paraId="2A42205E" w14:textId="00358021" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="000E616A" w:rsidP="001F097D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>(1.25)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:vAlign w:val="center"/>
@@ -7080,454 +6989,389 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>27.5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5C940C4F" w14:textId="55A1E3D4" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="009C3A49" w:rsidP="001F097D">
+          <w:p w14:paraId="74229EA0" w14:textId="77326CD3" w:rsidR="00D85EE2" w:rsidRDefault="00674F0F" w:rsidP="001F097D">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
-              <w:t>27.5%</w:t>
+              <w:t>20</w:t>
+            </w:r>
+            <w:r w:rsidR="00662485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+              <w:t>%</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5C940C4F" w14:textId="5C03279A" w:rsidR="00662485" w:rsidRPr="00930A17" w:rsidRDefault="00881A6D" w:rsidP="001F097D">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidR="00662485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+              <w:t>.5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+              <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6F081E0F" w14:textId="77777777" w:rsidR="00BC1621" w:rsidRDefault="00BC1621" w:rsidP="001F097D">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="36A911B6" w14:textId="31F715B2" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="0032592D" w:rsidP="001F097D">
+          <w:p w14:paraId="36A911B6" w14:textId="68E3BD24" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00674F0F" w:rsidP="001F097D">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0F1932E2" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRDefault="00D85EE2" w:rsidP="001F097D">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00930A17">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="29E40AF3" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRDefault="00D85EE2" w:rsidP="001F097D">
+          <w:p w14:paraId="29E40AF3" w14:textId="7C3013B3" w:rsidR="00D85EE2" w:rsidRDefault="00D85EE2" w:rsidP="001F097D">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
+          </w:p>
+          <w:p w14:paraId="273B25FE" w14:textId="025937E0" w:rsidR="001806DD" w:rsidRDefault="001806DD" w:rsidP="001F097D">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="14241945" w14:textId="6FA86D50" w:rsidR="001806DD" w:rsidRDefault="001806DD" w:rsidP="001F097D">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="54C1D1AE" w14:textId="227CDAA3" w:rsidR="001806DD" w:rsidRPr="00930A17" w:rsidRDefault="001806DD" w:rsidP="001F097D">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="790" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A95E84A" w14:textId="556BBEB7" w:rsidR="00D85EE2" w:rsidRDefault="00D85EE2" w:rsidP="001F097D">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00930A17">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+              <w:t>PO</w:t>
+            </w:r>
+            <w:r w:rsidR="009601FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="001806DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="306DF14F" w14:textId="7F331145" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="001F097D">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+              <w:t>PSO</w:t>
+            </w:r>
+            <w:r w:rsidR="00662485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>1</w:t>
-            </w:r>
-[...199 lines deleted...]
-              <w:t>PSO2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D85EE2" w:rsidRPr="009508A0" w14:paraId="758A5E10" w14:textId="77777777" w:rsidTr="001806DD">
         <w:trPr>
           <w:trHeight w:val="1078"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="623" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1AE6666C" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="001F097D">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00930A17">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>CO3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1577" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3510C497" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRDefault="00D85EE2" w:rsidP="001F097D">
+          <w:p w14:paraId="3510C497" w14:textId="7F328F01" w:rsidR="00D85EE2" w:rsidRDefault="00D85EE2" w:rsidP="001F097D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00930A17">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>Apply</w:t>
             </w:r>
-            <w:r w:rsidR="006B53DF">
-[...30 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p w14:paraId="13F40744" w14:textId="06121815" w:rsidR="006B53DF" w:rsidRPr="00930A17" w:rsidRDefault="006B53DF" w:rsidP="00B15943">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="475" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="13C780DD" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="001F097D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00930A17">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
@@ -7587,95 +7431,114 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1710" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1CBB6C31" w14:textId="0181E988" w:rsidR="00D85EE2" w:rsidRDefault="00D85EE2" w:rsidP="001F097D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00930A17">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Descriptive Exam-</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4918C650" w14:textId="295BB4A1" w:rsidR="000E616A" w:rsidRPr="00930A17" w:rsidRDefault="000E616A" w:rsidP="001F097D">
+          <w:p w14:paraId="4918C650" w14:textId="652A8E3B" w:rsidR="000E616A" w:rsidRPr="00930A17" w:rsidRDefault="00662485" w:rsidP="001F097D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="000E616A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:t>6.25</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6C40DCEE" w14:textId="77777777" w:rsidR="000E616A" w:rsidRDefault="000E616A" w:rsidP="001F097D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1EF2679B" w14:textId="3E2D55C9" w:rsidR="00D85EE2" w:rsidRDefault="00D85EE2" w:rsidP="001F097D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00930A17">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
-              <w:t>Assignment –  1</w:t>
-            </w:r>
+              <w:t xml:space="preserve">Assignment </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00930A17">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+              <w:t>–  1</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
           <w:p w14:paraId="5D32475A" w14:textId="105E721A" w:rsidR="001D00D5" w:rsidRPr="00930A17" w:rsidRDefault="000E616A" w:rsidP="001F097D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>(1,25)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:vAlign w:val="center"/>
@@ -7751,359 +7614,307 @@
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>27.5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3D360EBD" w14:textId="10D01EDA" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="009C3A49" w:rsidP="001806DD">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="1F6EACE1" w14:textId="616DA48A" w:rsidR="00662485" w:rsidRDefault="0079457E" w:rsidP="00662485">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="18"/>
-[...3 lines deleted...]
-              <w:t>27.5%</w:t>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+            <w:r w:rsidR="00662485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+              <w:t>%</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3D360EBD" w14:textId="3E296A68" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="0079457E" w:rsidP="00662485">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidR="00662485">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+              <w:t>.5</w:t>
+            </w:r>
+            <w:r w:rsidR="00881A6D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+              <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5DE04AE4" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="001F097D">
+          <w:p w14:paraId="5DE04AE4" w14:textId="21499A02" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="0079457E" w:rsidP="001F097D">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00930A17">
-[...7 lines deleted...]
-              <w:t>3</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4FF12D02" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRDefault="001806DD" w:rsidP="001F097D">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="22E19DA0" w14:textId="77777777" w:rsidR="001806DD" w:rsidRDefault="001806DD" w:rsidP="001F097D">
+          <w:p w14:paraId="22E19DA0" w14:textId="75CAB288" w:rsidR="001806DD" w:rsidRDefault="001806DD" w:rsidP="001F097D">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
+          </w:p>
+          <w:p w14:paraId="29E6E770" w14:textId="29CE10FB" w:rsidR="001806DD" w:rsidRDefault="001806DD" w:rsidP="001F097D">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0839B1B5" w14:textId="22235A61" w:rsidR="001806DD" w:rsidRDefault="001806DD" w:rsidP="001F097D">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="00A5EBB1" w14:textId="7D84ECDA" w:rsidR="001806DD" w:rsidRPr="00930A17" w:rsidRDefault="001806DD" w:rsidP="001F097D">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="790" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="616512C0" w14:textId="1A142130" w:rsidR="00D844FE" w:rsidRDefault="00D844FE" w:rsidP="001F097D">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...7 lines deleted...]
-          <w:p w14:paraId="0E5F08E1" w14:textId="6982B579" w:rsidR="001806DD" w:rsidRDefault="005E7E9F" w:rsidP="001F097D">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+              <w:t>PO2</w:t>
+            </w:r>
+            <w:r w:rsidR="001806DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="370E272D" w14:textId="61779967" w:rsidR="001806DD" w:rsidRDefault="001806DD" w:rsidP="001F097D">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3ADDA04D" w14:textId="77777777" w:rsidR="003D01E2" w:rsidRDefault="003D01E2" w:rsidP="003D01E2">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...7 lines deleted...]
-          <w:p w14:paraId="2B0BE97D" w14:textId="5678D346" w:rsidR="001806DD" w:rsidRDefault="005E7E9F" w:rsidP="001F097D">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+              <w:t>PSO1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="63728177" w14:textId="006AD970" w:rsidR="003D01E2" w:rsidRDefault="003D01E2" w:rsidP="00662485">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
-              <w:jc w:val="center"/>
-[...186 lines deleted...]
-            </w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
           <w:p w14:paraId="20659ED0" w14:textId="12C17147" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="00C94FF7">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D85EE2" w:rsidRPr="009508A0" w14:paraId="654316C6" w14:textId="77777777" w:rsidTr="001806DD">
         <w:trPr>
           <w:trHeight w:val="557"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="623" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5847771C" w14:textId="7880777E" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="001F097D">
@@ -8122,104 +7933,84 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>CO4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1577" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="48B14B35" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="001F097D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00930A17">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
-              <w:t>Analyze,</w:t>
-[...12 lines deleted...]
-            </w:pPr>
+              <w:t>Analyze</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00930A17">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
-              <w:t>Individual Performance, Communication,</w:t>
-[...22 lines deleted...]
-            </w:r>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7416AF1B" w14:textId="51A50E1A" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="001F097D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="475" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="25488204" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="001F097D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00930A17">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
@@ -8461,227 +8252,219 @@
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4AB7867F" w14:textId="705C64C1" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="009C3A49" w:rsidP="001F097D">
+          <w:p w14:paraId="5453EF97" w14:textId="434A3211" w:rsidR="00D85EE2" w:rsidRDefault="009C3A49" w:rsidP="001F097D">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
-              <w:t>15%</w:t>
-            </w:r>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00881A6D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+              <w:t>%</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4AB7867F" w14:textId="24114E53" w:rsidR="00662485" w:rsidRPr="00930A17" w:rsidRDefault="00662485" w:rsidP="001F097D">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7DAF8A0E" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="001F097D">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00930A17">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="67C37CE0" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="001F097D">
+          <w:p w14:paraId="67C37CE0" w14:textId="46F68731" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="001F097D">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
+          </w:p>
+          <w:p w14:paraId="302B639A" w14:textId="46E5CC0A" w:rsidR="00D85EE2" w:rsidRDefault="00D85EE2" w:rsidP="001F097D">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="519A7B56" w14:textId="127DBDDF" w:rsidR="001806DD" w:rsidRPr="00930A17" w:rsidRDefault="001806DD" w:rsidP="001F097D">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="790" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E7A638A" w14:textId="77777777" w:rsidR="00D85EE2" w:rsidRDefault="00D85EE2" w:rsidP="001F097D">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00930A17">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...7 lines deleted...]
-          <w:p w14:paraId="302B639A" w14:textId="744E08FB" w:rsidR="00D85EE2" w:rsidRDefault="005E7E9F" w:rsidP="001F097D">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+              <w:t>PO2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2849820C" w14:textId="0241F6AF" w:rsidR="00D85EE2" w:rsidRPr="00930A17" w:rsidRDefault="00D85EE2" w:rsidP="001F097D">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...16 lines deleted...]
-          <w:p w14:paraId="519A7B56" w14:textId="127DBDDF" w:rsidR="001806DD" w:rsidRPr="00930A17" w:rsidRDefault="001806DD" w:rsidP="001F097D">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="23795A31" w14:textId="1F381E0E" w:rsidR="00D85EE2" w:rsidRDefault="00D85EE2" w:rsidP="00392CCE">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...73 lines deleted...]
-            </w:r>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
           <w:p w14:paraId="6CB901DB" w14:textId="77777777" w:rsidR="009601FD" w:rsidRDefault="009601FD" w:rsidP="00392CCE">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7C5508E4" w14:textId="5FE5CEBE" w:rsidR="00452EF7" w:rsidRPr="00930A17" w:rsidRDefault="00452EF7" w:rsidP="00452EF7">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -8731,2128 +8514,1785 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="63BC4E99" w14:textId="77777777" w:rsidR="00C26081" w:rsidRDefault="00C26081" w:rsidP="00BC0693">
       <w:pPr>
         <w:ind w:left="-450"/>
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-IN"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4E1B1E23" w14:textId="77777777" w:rsidR="00C26081" w:rsidRDefault="00C26081" w:rsidP="00BC0693">
       <w:pPr>
         <w:ind w:left="-450"/>
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-IN"/>
         </w:rPr>
       </w:pPr>
     </w:p>
+    <w:p w14:paraId="61287152" w14:textId="77777777" w:rsidR="003C0B36" w:rsidRDefault="003C0B36" w:rsidP="00BC0693">
+      <w:pPr>
+        <w:ind w:left="-450"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-IN"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="232790D5" w14:textId="77777777" w:rsidR="003C0B36" w:rsidRDefault="003C0B36" w:rsidP="00BC0693">
+      <w:pPr>
+        <w:ind w:left="-450"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-IN"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w14:paraId="5BEEB129" w14:textId="77777777" w:rsidR="00C26081" w:rsidRDefault="00C26081" w:rsidP="00BC0693">
       <w:pPr>
         <w:ind w:left="-450"/>
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-IN"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4146F48F" w14:textId="016006BA" w:rsidR="00612027" w:rsidRPr="00B40DA0" w:rsidRDefault="00612027" w:rsidP="00BC0693">
       <w:pPr>
         <w:ind w:left="-450"/>
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-IN"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B40DA0">
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-IN"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Course Articulation Matrix:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5A20EEC9" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="009508A0" w:rsidRDefault="00612027" w:rsidP="00612027">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="4"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-IN"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="10823" w:type="dxa"/>
+        <w:tblW w:w="10064" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1047"/>
         <w:gridCol w:w="841"/>
         <w:gridCol w:w="639"/>
         <w:gridCol w:w="639"/>
         <w:gridCol w:w="639"/>
         <w:gridCol w:w="639"/>
         <w:gridCol w:w="639"/>
         <w:gridCol w:w="639"/>
         <w:gridCol w:w="639"/>
         <w:gridCol w:w="639"/>
         <w:gridCol w:w="759"/>
         <w:gridCol w:w="759"/>
-        <w:gridCol w:w="759"/>
         <w:gridCol w:w="772"/>
         <w:gridCol w:w="774"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00612027" w:rsidRPr="009508A0" w14:paraId="584516C5" w14:textId="77777777" w:rsidTr="001324D0">
+      <w:tr w:rsidR="00FF5A22" w:rsidRPr="009508A0" w14:paraId="71807C1D" w14:textId="77777777" w:rsidTr="00FF5A22">
         <w:trPr>
           <w:trHeight w:val="463"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10823" w:type="dxa"/>
-[...67 lines deleted...]
-              <w:t>Contribution of Course Outcomes towards achievement of Program Outcomes &amp; Strength of correlations (3:Substantial, 2: Moderate, 1:Slight)</w:t>
+            <w:tcW w:w="1047" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D877142" w14:textId="77777777" w:rsidR="00FF5A22" w:rsidRPr="00BC0693" w:rsidRDefault="00FF5A22" w:rsidP="00BC0693">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="841" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0010EE30" w14:textId="77777777" w:rsidR="00FF5A22" w:rsidRPr="00BC0693" w:rsidRDefault="00FF5A22" w:rsidP="00BC0693">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BC0693">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+              <w:t>PO1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="639" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="248E48A2" w14:textId="77777777" w:rsidR="00FF5A22" w:rsidRPr="00BC0693" w:rsidRDefault="00FF5A22" w:rsidP="00BC0693">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BC0693">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+              <w:t>PO2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="639" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0185343E" w14:textId="77777777" w:rsidR="00FF5A22" w:rsidRPr="00BC0693" w:rsidRDefault="00FF5A22" w:rsidP="00BC0693">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BC0693">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+              <w:t>PO3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="639" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E31D0EA" w14:textId="77777777" w:rsidR="00FF5A22" w:rsidRPr="00BC0693" w:rsidRDefault="00FF5A22" w:rsidP="00BC0693">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BC0693">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+              <w:t>PO4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="639" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0828892A" w14:textId="77777777" w:rsidR="00FF5A22" w:rsidRPr="00BC0693" w:rsidRDefault="00FF5A22" w:rsidP="00BC0693">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BC0693">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+              <w:t>PO5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="639" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1622BB58" w14:textId="77777777" w:rsidR="00FF5A22" w:rsidRPr="00BC0693" w:rsidRDefault="00FF5A22" w:rsidP="00BC0693">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BC0693">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+              <w:t>PO6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="639" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D79E374" w14:textId="77777777" w:rsidR="00FF5A22" w:rsidRPr="00BC0693" w:rsidRDefault="00FF5A22" w:rsidP="00BC0693">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BC0693">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+              <w:t>PO7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="639" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5817B3BA" w14:textId="77777777" w:rsidR="00FF5A22" w:rsidRPr="00BC0693" w:rsidRDefault="00FF5A22" w:rsidP="00BC0693">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BC0693">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+              <w:t>PO8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="639" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2056D790" w14:textId="77777777" w:rsidR="00FF5A22" w:rsidRPr="00BC0693" w:rsidRDefault="00FF5A22" w:rsidP="00BC0693">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BC0693">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+              <w:t>PO9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="759" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E9885DB" w14:textId="77777777" w:rsidR="00FF5A22" w:rsidRPr="00BC0693" w:rsidRDefault="00FF5A22" w:rsidP="00BC0693">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BC0693">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+              <w:t>PO10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="759" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C53F487" w14:textId="77777777" w:rsidR="00FF5A22" w:rsidRPr="00BC0693" w:rsidRDefault="00FF5A22" w:rsidP="00BC0693">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BC0693">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+              <w:t>PO11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="772" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="08559885" w14:textId="77777777" w:rsidR="00FF5A22" w:rsidRPr="00BC0693" w:rsidRDefault="00FF5A22" w:rsidP="00BC0693">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BC0693">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+              <w:t>PSO1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="774" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="56C8D42C" w14:textId="77777777" w:rsidR="00FF5A22" w:rsidRPr="00BC0693" w:rsidRDefault="00FF5A22" w:rsidP="00BC0693">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BC0693">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+              <w:t>PSO2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00612027" w:rsidRPr="009508A0" w14:paraId="71807C1D" w14:textId="77777777" w:rsidTr="00BC0693">
+      <w:tr w:rsidR="00FF5A22" w:rsidRPr="009508A0" w14:paraId="1ABD345E" w14:textId="77777777" w:rsidTr="00FF5A22">
         <w:trPr>
           <w:trHeight w:val="463"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1047" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6D877142" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="00BC0693" w:rsidRDefault="00612027" w:rsidP="00BC0693">
-[...6 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="69266675" w14:textId="77777777" w:rsidR="00FF5A22" w:rsidRPr="00BC0693" w:rsidRDefault="00FF5A22" w:rsidP="003C0940">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BC0693">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+              <w:t>CO1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="841" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0010EE30" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="00BC0693" w:rsidRDefault="00612027" w:rsidP="00BC0693">
-[...12 lines deleted...]
-              <w:t>PO1</w:t>
+          <w:p w14:paraId="01359583" w14:textId="64D2A99F" w:rsidR="00FF5A22" w:rsidRPr="00BC0693" w:rsidRDefault="00FF5A22" w:rsidP="003C0940">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D763D">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="248E48A2" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="00BC0693" w:rsidRDefault="00612027" w:rsidP="00BC0693">
-[...13 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="7FB5717E" w14:textId="77777777" w:rsidR="00FF5A22" w:rsidRPr="00BC0693" w:rsidRDefault="00FF5A22" w:rsidP="003C0940">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0185343E" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="00BC0693" w:rsidRDefault="00612027" w:rsidP="00BC0693">
-[...13 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="6ECFE3BC" w14:textId="77777777" w:rsidR="00FF5A22" w:rsidRPr="00BC0693" w:rsidRDefault="00FF5A22" w:rsidP="003C0940">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6E31D0EA" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="00BC0693" w:rsidRDefault="00612027" w:rsidP="00BC0693">
-[...13 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="38609D81" w14:textId="77777777" w:rsidR="00FF5A22" w:rsidRPr="00BC0693" w:rsidRDefault="00FF5A22" w:rsidP="003C0940">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0828892A" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="00BC0693" w:rsidRDefault="00612027" w:rsidP="00BC0693">
-[...13 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="6D874197" w14:textId="77777777" w:rsidR="00FF5A22" w:rsidRPr="00BC0693" w:rsidRDefault="00FF5A22" w:rsidP="003C0940">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1622BB58" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="00BC0693" w:rsidRDefault="00612027" w:rsidP="00BC0693">
-[...13 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="78EC34FD" w14:textId="77777777" w:rsidR="00FF5A22" w:rsidRPr="00BC0693" w:rsidRDefault="00FF5A22" w:rsidP="003C0940">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4D79E374" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="00BC0693" w:rsidRDefault="00612027" w:rsidP="00BC0693">
-[...13 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="18B9C6EC" w14:textId="77777777" w:rsidR="00FF5A22" w:rsidRPr="00BC0693" w:rsidRDefault="00FF5A22" w:rsidP="003C0940">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5817B3BA" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="00BC0693" w:rsidRDefault="00612027" w:rsidP="00BC0693">
-[...13 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="2A110CB3" w14:textId="77777777" w:rsidR="00FF5A22" w:rsidRPr="00BC0693" w:rsidRDefault="00FF5A22" w:rsidP="003C0940">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2056D790" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="00BC0693" w:rsidRDefault="00612027" w:rsidP="00BC0693">
-[...13 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="6B20F502" w14:textId="77777777" w:rsidR="00FF5A22" w:rsidRPr="00BC0693" w:rsidRDefault="00FF5A22" w:rsidP="003C0940">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="759" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3E9885DB" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="00BC0693" w:rsidRDefault="00612027" w:rsidP="00BC0693">
-[...13 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="6A644097" w14:textId="77777777" w:rsidR="00FF5A22" w:rsidRPr="00BC0693" w:rsidRDefault="00FF5A22" w:rsidP="003C0940">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="759" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7C53F487" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="00BC0693" w:rsidRDefault="00612027" w:rsidP="00BC0693">
-[...35 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="230ECC3B" w14:textId="77777777" w:rsidR="00FF5A22" w:rsidRPr="00BC0693" w:rsidRDefault="00FF5A22" w:rsidP="003C0940">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="772" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="08559885" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="00BC0693" w:rsidRDefault="00612027" w:rsidP="00BC0693">
-[...13 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="4D65570C" w14:textId="77777777" w:rsidR="00FF5A22" w:rsidRPr="00BC0693" w:rsidRDefault="00FF5A22" w:rsidP="003C0940">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="774" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="56C8D42C" w14:textId="77777777" w:rsidR="00612027" w:rsidRPr="00BC0693" w:rsidRDefault="00612027" w:rsidP="00BC0693">
-[...13 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="43C94086" w14:textId="77777777" w:rsidR="00FF5A22" w:rsidRPr="00BC0693" w:rsidRDefault="00FF5A22" w:rsidP="003C0940">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003C0940" w:rsidRPr="009508A0" w14:paraId="1ABD345E" w14:textId="77777777" w:rsidTr="00BC0693">
+      <w:tr w:rsidR="00FF5A22" w:rsidRPr="009508A0" w14:paraId="038BA668" w14:textId="77777777" w:rsidTr="00FF5A22">
         <w:trPr>
           <w:trHeight w:val="463"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1047" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="69266675" w14:textId="77777777" w:rsidR="003C0940" w:rsidRPr="00BC0693" w:rsidRDefault="003C0940" w:rsidP="003C0940">
+          <w:p w14:paraId="678EABE6" w14:textId="77777777" w:rsidR="00FF5A22" w:rsidRPr="00BC0693" w:rsidRDefault="00FF5A22" w:rsidP="003C0940">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC0693">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
-              <w:t>CO1</w:t>
+              <w:t>CO2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="841" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="01359583" w14:textId="64D2A99F" w:rsidR="003C0940" w:rsidRPr="00BC0693" w:rsidRDefault="003C0940" w:rsidP="003C0940">
-[...8 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="676587C5" w14:textId="282EF214" w:rsidR="00FF5A22" w:rsidRPr="00BC0693" w:rsidRDefault="00FF5A22" w:rsidP="003C0940">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7FB5717E" w14:textId="77777777" w:rsidR="003C0940" w:rsidRPr="00BC0693" w:rsidRDefault="003C0940" w:rsidP="003C0940">
+          <w:p w14:paraId="3D167C04" w14:textId="30E0376E" w:rsidR="00FF5A22" w:rsidRPr="00BC0693" w:rsidRDefault="00FF5A22" w:rsidP="003C0940">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6ECFE3BC" w14:textId="77777777" w:rsidR="003C0940" w:rsidRPr="00BC0693" w:rsidRDefault="003C0940" w:rsidP="003C0940">
+          <w:p w14:paraId="22A06B10" w14:textId="77777777" w:rsidR="00FF5A22" w:rsidRPr="00BC0693" w:rsidRDefault="00FF5A22" w:rsidP="003C0940">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="38609D81" w14:textId="77777777" w:rsidR="003C0940" w:rsidRPr="00BC0693" w:rsidRDefault="003C0940" w:rsidP="003C0940">
+          <w:p w14:paraId="7F3814D5" w14:textId="77777777" w:rsidR="00FF5A22" w:rsidRPr="00BC0693" w:rsidRDefault="00FF5A22" w:rsidP="003C0940">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6D874197" w14:textId="77777777" w:rsidR="003C0940" w:rsidRPr="00BC0693" w:rsidRDefault="003C0940" w:rsidP="003C0940">
+          <w:p w14:paraId="25842F49" w14:textId="77777777" w:rsidR="00FF5A22" w:rsidRPr="00BC0693" w:rsidRDefault="00FF5A22" w:rsidP="003C0940">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="78EC34FD" w14:textId="77777777" w:rsidR="003C0940" w:rsidRPr="00BC0693" w:rsidRDefault="003C0940" w:rsidP="003C0940">
+          <w:p w14:paraId="5B16B964" w14:textId="77777777" w:rsidR="00FF5A22" w:rsidRPr="00BC0693" w:rsidRDefault="00FF5A22" w:rsidP="003C0940">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="18B9C6EC" w14:textId="77777777" w:rsidR="003C0940" w:rsidRPr="00BC0693" w:rsidRDefault="003C0940" w:rsidP="003C0940">
+          <w:p w14:paraId="11D3222C" w14:textId="77777777" w:rsidR="00FF5A22" w:rsidRPr="00BC0693" w:rsidRDefault="00FF5A22" w:rsidP="003C0940">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2A110CB3" w14:textId="77777777" w:rsidR="003C0940" w:rsidRPr="00BC0693" w:rsidRDefault="003C0940" w:rsidP="003C0940">
+          <w:p w14:paraId="6BD2BA96" w14:textId="77777777" w:rsidR="00FF5A22" w:rsidRPr="00BC0693" w:rsidRDefault="00FF5A22" w:rsidP="003C0940">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6B20F502" w14:textId="77777777" w:rsidR="003C0940" w:rsidRPr="00BC0693" w:rsidRDefault="003C0940" w:rsidP="003C0940">
+          <w:p w14:paraId="0E4D0D13" w14:textId="7AAD2FC0" w:rsidR="00FF5A22" w:rsidRPr="00BC0693" w:rsidRDefault="00FF5A22" w:rsidP="003C0940">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="759" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6A644097" w14:textId="77777777" w:rsidR="003C0940" w:rsidRPr="00BC0693" w:rsidRDefault="003C0940" w:rsidP="003C0940">
+          <w:p w14:paraId="3CFB39B1" w14:textId="648B6502" w:rsidR="00FF5A22" w:rsidRPr="00BC0693" w:rsidRDefault="00FF5A22" w:rsidP="003C0940">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="759" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="230ECC3B" w14:textId="77777777" w:rsidR="003C0940" w:rsidRPr="00BC0693" w:rsidRDefault="003C0940" w:rsidP="003C0940">
-[...14 lines deleted...]
-          <w:p w14:paraId="09BDB214" w14:textId="77777777" w:rsidR="003C0940" w:rsidRPr="00BC0693" w:rsidRDefault="003C0940" w:rsidP="003C0940">
+          <w:p w14:paraId="0CE10017" w14:textId="77777777" w:rsidR="00FF5A22" w:rsidRPr="00BC0693" w:rsidRDefault="00FF5A22" w:rsidP="003C0940">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="772" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4D65570C" w14:textId="77777777" w:rsidR="003C0940" w:rsidRPr="00BC0693" w:rsidRDefault="003C0940" w:rsidP="003C0940">
-[...6 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="0DBB7EDE" w14:textId="1DB52C1E" w:rsidR="00FF5A22" w:rsidRPr="00BC0693" w:rsidRDefault="00FF5A22" w:rsidP="003C0940">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="774" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="43C94086" w14:textId="77777777" w:rsidR="003C0940" w:rsidRPr="00BC0693" w:rsidRDefault="003C0940" w:rsidP="003C0940">
+          <w:p w14:paraId="6CFEBC53" w14:textId="4A6A4CA5" w:rsidR="00FF5A22" w:rsidRPr="00BC0693" w:rsidRDefault="00FF5A22" w:rsidP="003C0940">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003C0940" w:rsidRPr="009508A0" w14:paraId="038BA668" w14:textId="77777777" w:rsidTr="00BC0693">
+      <w:tr w:rsidR="00FF5A22" w:rsidRPr="009508A0" w14:paraId="5EEF0C4B" w14:textId="77777777" w:rsidTr="00FF5A22">
         <w:trPr>
           <w:trHeight w:val="463"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1047" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="678EABE6" w14:textId="77777777" w:rsidR="003C0940" w:rsidRPr="00BC0693" w:rsidRDefault="003C0940" w:rsidP="003C0940">
+          <w:p w14:paraId="1F7B86C6" w14:textId="77777777" w:rsidR="00FF5A22" w:rsidRPr="00BC0693" w:rsidRDefault="00FF5A22" w:rsidP="003C0940">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC0693">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
-              <w:t>CO2</w:t>
+              <w:t>CO3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="841" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="676587C5" w14:textId="24BB3B99" w:rsidR="003C0940" w:rsidRPr="00BC0693" w:rsidRDefault="00974C63" w:rsidP="003C0940">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="007D763D">
+          <w:p w14:paraId="60EE2D19" w14:textId="7EEF955D" w:rsidR="00FF5A22" w:rsidRPr="00BC0693" w:rsidRDefault="00FF5A22" w:rsidP="003C0940">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="639" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C4509C0" w14:textId="413A4DA9" w:rsidR="00FF5A22" w:rsidRPr="00BC0693" w:rsidRDefault="0079457E" w:rsidP="003C0940">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3D167C04" w14:textId="30E0376E" w:rsidR="003C0940" w:rsidRPr="00BC0693" w:rsidRDefault="003C0940" w:rsidP="003C0940">
+          <w:p w14:paraId="6F93D347" w14:textId="77777777" w:rsidR="00FF5A22" w:rsidRPr="00BC0693" w:rsidRDefault="00FF5A22" w:rsidP="003C0940">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="22A06B10" w14:textId="77777777" w:rsidR="003C0940" w:rsidRPr="00BC0693" w:rsidRDefault="003C0940" w:rsidP="003C0940">
+          <w:p w14:paraId="151D4468" w14:textId="77777777" w:rsidR="00FF5A22" w:rsidRPr="00BC0693" w:rsidRDefault="00FF5A22" w:rsidP="003C0940">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7F3814D5" w14:textId="77777777" w:rsidR="003C0940" w:rsidRPr="00BC0693" w:rsidRDefault="003C0940" w:rsidP="003C0940">
+          <w:p w14:paraId="1ED5F5C4" w14:textId="77777777" w:rsidR="00FF5A22" w:rsidRPr="00BC0693" w:rsidRDefault="00FF5A22" w:rsidP="003C0940">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="25842F49" w14:textId="77777777" w:rsidR="003C0940" w:rsidRPr="00BC0693" w:rsidRDefault="003C0940" w:rsidP="003C0940">
+          <w:p w14:paraId="11422B96" w14:textId="77777777" w:rsidR="00FF5A22" w:rsidRPr="00BC0693" w:rsidRDefault="00FF5A22" w:rsidP="003C0940">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5B16B964" w14:textId="77777777" w:rsidR="003C0940" w:rsidRPr="00BC0693" w:rsidRDefault="003C0940" w:rsidP="003C0940">
+          <w:p w14:paraId="328EC2A1" w14:textId="77777777" w:rsidR="00FF5A22" w:rsidRPr="00BC0693" w:rsidRDefault="00FF5A22" w:rsidP="003C0940">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="11D3222C" w14:textId="77777777" w:rsidR="003C0940" w:rsidRPr="00BC0693" w:rsidRDefault="003C0940" w:rsidP="003C0940">
+          <w:p w14:paraId="29CD699D" w14:textId="77777777" w:rsidR="00FF5A22" w:rsidRPr="00BC0693" w:rsidRDefault="00FF5A22" w:rsidP="003C0940">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6BD2BA96" w14:textId="77777777" w:rsidR="003C0940" w:rsidRPr="00BC0693" w:rsidRDefault="003C0940" w:rsidP="003C0940">
-[...29 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="48597EAE" w14:textId="610DC77E" w:rsidR="00FF5A22" w:rsidRPr="00BC0693" w:rsidRDefault="00FF5A22" w:rsidP="003C0940">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="759" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3CFB39B1" w14:textId="63558DA6" w:rsidR="003C0940" w:rsidRPr="00BC0693" w:rsidRDefault="003C0940" w:rsidP="003C0940">
+          <w:p w14:paraId="2C5DC077" w14:textId="2C09B578" w:rsidR="00FF5A22" w:rsidRPr="00BC0693" w:rsidRDefault="00FF5A22" w:rsidP="00674F0F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="759" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="23AD543F" w14:textId="77777777" w:rsidR="00FF5A22" w:rsidRPr="00BC0693" w:rsidRDefault="00FF5A22" w:rsidP="003C0940">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="772" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="65F6F726" w14:textId="44535795" w:rsidR="00FF5A22" w:rsidRPr="00BC0693" w:rsidRDefault="00FF5A22" w:rsidP="003C0940">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="759" w:type="dxa"/>
-[...51 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="774" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6CFEBC53" w14:textId="5977AD26" w:rsidR="003C0940" w:rsidRPr="00BC0693" w:rsidRDefault="003C0940" w:rsidP="003C0940">
-[...14 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="4E744E5C" w14:textId="4C53D807" w:rsidR="00FF5A22" w:rsidRPr="00BC0693" w:rsidRDefault="00FF5A22" w:rsidP="003C0940">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003C0940" w:rsidRPr="009508A0" w14:paraId="5EEF0C4B" w14:textId="77777777" w:rsidTr="00BC0693">
+      <w:tr w:rsidR="00FF5A22" w:rsidRPr="009508A0" w14:paraId="5D005215" w14:textId="77777777" w:rsidTr="00FF5A22">
         <w:trPr>
           <w:trHeight w:val="463"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1047" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1F7B86C6" w14:textId="77777777" w:rsidR="003C0940" w:rsidRPr="00BC0693" w:rsidRDefault="003C0940" w:rsidP="003C0940">
+          <w:p w14:paraId="13B7702A" w14:textId="77777777" w:rsidR="00FF5A22" w:rsidRPr="00BC0693" w:rsidRDefault="00FF5A22" w:rsidP="003C0940">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC0693">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
-              <w:t>CO3</w:t>
+              <w:t>CO4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="841" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="60EE2D19" w14:textId="7EEF955D" w:rsidR="003C0940" w:rsidRPr="00BC0693" w:rsidRDefault="003C0940" w:rsidP="003C0940">
+          <w:p w14:paraId="7F56C9B4" w14:textId="2762F5E1" w:rsidR="00FF5A22" w:rsidRPr="00BC0693" w:rsidRDefault="00FF5A22" w:rsidP="003C0940">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2C4509C0" w14:textId="5E05E1AE" w:rsidR="003C0940" w:rsidRPr="00BC0693" w:rsidRDefault="003C0940" w:rsidP="003C0940">
-[...9 lines deleted...]
-                <w:bCs/>
+          <w:p w14:paraId="3F850569" w14:textId="5CFA391F" w:rsidR="00FF5A22" w:rsidRPr="00BC0693" w:rsidRDefault="00FF5A22" w:rsidP="003C0940">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D763D">
+              <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6F93D347" w14:textId="77777777" w:rsidR="003C0940" w:rsidRPr="00BC0693" w:rsidRDefault="003C0940" w:rsidP="003C0940">
+          <w:p w14:paraId="6D2D7345" w14:textId="3DEA1EBF" w:rsidR="00FF5A22" w:rsidRPr="00BC0693" w:rsidRDefault="00FF5A22" w:rsidP="003C0940">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="151D4468" w14:textId="77777777" w:rsidR="003C0940" w:rsidRPr="00BC0693" w:rsidRDefault="003C0940" w:rsidP="003C0940">
+          <w:p w14:paraId="03AC0E03" w14:textId="77777777" w:rsidR="00FF5A22" w:rsidRPr="00BC0693" w:rsidRDefault="00FF5A22" w:rsidP="003C0940">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1ED5F5C4" w14:textId="77777777" w:rsidR="003C0940" w:rsidRPr="00BC0693" w:rsidRDefault="003C0940" w:rsidP="003C0940">
+          <w:p w14:paraId="7AA24AF3" w14:textId="77777777" w:rsidR="00FF5A22" w:rsidRPr="00BC0693" w:rsidRDefault="00FF5A22" w:rsidP="003C0940">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="11422B96" w14:textId="77777777" w:rsidR="003C0940" w:rsidRPr="00BC0693" w:rsidRDefault="003C0940" w:rsidP="003C0940">
+          <w:p w14:paraId="3F223F84" w14:textId="77777777" w:rsidR="00FF5A22" w:rsidRPr="00BC0693" w:rsidRDefault="00FF5A22" w:rsidP="003C0940">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="328EC2A1" w14:textId="77777777" w:rsidR="003C0940" w:rsidRPr="00BC0693" w:rsidRDefault="003C0940" w:rsidP="003C0940">
+          <w:p w14:paraId="1FEB92E2" w14:textId="77777777" w:rsidR="00FF5A22" w:rsidRPr="00BC0693" w:rsidRDefault="00FF5A22" w:rsidP="003C0940">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="29CD699D" w14:textId="77777777" w:rsidR="003C0940" w:rsidRPr="00BC0693" w:rsidRDefault="003C0940" w:rsidP="003C0940">
+          <w:p w14:paraId="2B6E991B" w14:textId="77777777" w:rsidR="00FF5A22" w:rsidRPr="00BC0693" w:rsidRDefault="00FF5A22" w:rsidP="003C0940">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="48597EAE" w14:textId="4C2C1794" w:rsidR="003C0940" w:rsidRPr="00BC0693" w:rsidRDefault="003C0940" w:rsidP="003C0940">
-[...14 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="4CF472B4" w14:textId="68AB1898" w:rsidR="00FF5A22" w:rsidRPr="00BC0693" w:rsidRDefault="00FF5A22" w:rsidP="003C0940">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="759" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2C5DC077" w14:textId="2F161F42" w:rsidR="003C0940" w:rsidRPr="00BC0693" w:rsidRDefault="003C0940" w:rsidP="003C0940">
-[...14 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="58E151AF" w14:textId="7D4D939D" w:rsidR="00FF5A22" w:rsidRPr="00BC0693" w:rsidRDefault="00FF5A22" w:rsidP="003C0940">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="759" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="23AD543F" w14:textId="77777777" w:rsidR="003C0940" w:rsidRPr="00BC0693" w:rsidRDefault="003C0940" w:rsidP="003C0940">
-[...14 lines deleted...]
-          <w:p w14:paraId="4B85C582" w14:textId="37AB269D" w:rsidR="003C0940" w:rsidRPr="00BC0693" w:rsidRDefault="003C0940" w:rsidP="003C0940">
+          <w:p w14:paraId="57078ECC" w14:textId="77777777" w:rsidR="00FF5A22" w:rsidRPr="00BC0693" w:rsidRDefault="00FF5A22" w:rsidP="003C0940">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="772" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="65F6F726" w14:textId="3D4E8B2C" w:rsidR="003C0940" w:rsidRPr="00BC0693" w:rsidRDefault="003C0940" w:rsidP="003C0940">
-[...14 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="4A6C0D1B" w14:textId="377A9993" w:rsidR="00FF5A22" w:rsidRPr="00BC0693" w:rsidRDefault="00FF5A22" w:rsidP="003C0940">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="774" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4E744E5C" w14:textId="277DA9A3" w:rsidR="003C0940" w:rsidRPr="00BC0693" w:rsidRDefault="003C0940" w:rsidP="003C0940">
-[...14 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="2E3FB49A" w14:textId="34D3AC02" w:rsidR="00FF5A22" w:rsidRPr="00BC0693" w:rsidRDefault="00FF5A22" w:rsidP="003C0940">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003C0940" w:rsidRPr="009508A0" w14:paraId="5D005215" w14:textId="77777777" w:rsidTr="00BC0693">
+      <w:tr w:rsidR="00FF5A22" w:rsidRPr="009508A0" w14:paraId="44ED8BA0" w14:textId="77777777" w:rsidTr="00FF5A22">
         <w:trPr>
           <w:trHeight w:val="463"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1047" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="13B7702A" w14:textId="77777777" w:rsidR="003C0940" w:rsidRPr="00BC0693" w:rsidRDefault="003C0940" w:rsidP="003C0940">
-[...14 lines deleted...]
-              <w:t>CO4</w:t>
+          <w:p w14:paraId="7059DD2C" w14:textId="77777777" w:rsidR="00FF5A22" w:rsidRPr="000E4741" w:rsidRDefault="00FF5A22" w:rsidP="00A15305">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E4741">
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+              <w:t>Average</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="841" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7F56C9B4" w14:textId="2762F5E1" w:rsidR="003C0940" w:rsidRPr="00BC0693" w:rsidRDefault="003C0940" w:rsidP="003C0940">
-[...6 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="4286D041" w14:textId="69855DD9" w:rsidR="00FF5A22" w:rsidRPr="00212C91" w:rsidRDefault="00FF5A22" w:rsidP="00BC0693">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3F850569" w14:textId="5CFA391F" w:rsidR="003C0940" w:rsidRPr="00BC0693" w:rsidRDefault="003C0940" w:rsidP="003C0940">
-[...8 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="48F01D69" w14:textId="55A96FD5" w:rsidR="00FF5A22" w:rsidRPr="00212C91" w:rsidRDefault="00FF5A22" w:rsidP="008E72A6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6D2D7345" w14:textId="3DEA1EBF" w:rsidR="003C0940" w:rsidRPr="00BC0693" w:rsidRDefault="003C0940" w:rsidP="003C0940">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="3EA53024" w14:textId="154FB649" w:rsidR="00FF5A22" w:rsidRPr="00212C91" w:rsidRDefault="00FF5A22" w:rsidP="00BA4CE8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="03AC0E03" w14:textId="77777777" w:rsidR="003C0940" w:rsidRPr="00BC0693" w:rsidRDefault="003C0940" w:rsidP="003C0940">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="6234BD9A" w14:textId="77777777" w:rsidR="00FF5A22" w:rsidRPr="00212C91" w:rsidRDefault="00FF5A22" w:rsidP="00BA4CE8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7AA24AF3" w14:textId="77777777" w:rsidR="003C0940" w:rsidRPr="00BC0693" w:rsidRDefault="003C0940" w:rsidP="003C0940">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="1C5AA5B3" w14:textId="77777777" w:rsidR="00FF5A22" w:rsidRPr="00212C91" w:rsidRDefault="00FF5A22" w:rsidP="00BA4CE8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3F223F84" w14:textId="77777777" w:rsidR="003C0940" w:rsidRPr="00BC0693" w:rsidRDefault="003C0940" w:rsidP="003C0940">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="5C9374F4" w14:textId="77777777" w:rsidR="00FF5A22" w:rsidRPr="00212C91" w:rsidRDefault="00FF5A22" w:rsidP="00BA4CE8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1FEB92E2" w14:textId="77777777" w:rsidR="003C0940" w:rsidRPr="00BC0693" w:rsidRDefault="003C0940" w:rsidP="003C0940">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="1FFAA5EF" w14:textId="77777777" w:rsidR="00FF5A22" w:rsidRPr="00212C91" w:rsidRDefault="00FF5A22" w:rsidP="00BA4CE8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2B6E991B" w14:textId="77777777" w:rsidR="003C0940" w:rsidRPr="00BC0693" w:rsidRDefault="003C0940" w:rsidP="003C0940">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="6DBC8DE0" w14:textId="77777777" w:rsidR="00FF5A22" w:rsidRPr="00212C91" w:rsidRDefault="00FF5A22" w:rsidP="00BA4CE8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4CF472B4" w14:textId="0A53F1BC" w:rsidR="003C0940" w:rsidRPr="00BC0693" w:rsidRDefault="003C0940" w:rsidP="003C0940">
-[...8 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="759BB239" w14:textId="06DB67AC" w:rsidR="00FF5A22" w:rsidRPr="00212C91" w:rsidRDefault="00FF5A22" w:rsidP="00BA4CE8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="759" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="71112B9E" w14:textId="2424E134" w:rsidR="00FF5A22" w:rsidRPr="00212C91" w:rsidRDefault="00FF5A22" w:rsidP="00BA4CE8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="759" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3AC3306E" w14:textId="77777777" w:rsidR="00FF5A22" w:rsidRPr="009508A0" w:rsidRDefault="00FF5A22" w:rsidP="00BA4CE8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="772" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A36BCC5" w14:textId="77608AA9" w:rsidR="00FF5A22" w:rsidRPr="00E24505" w:rsidRDefault="00FF5A22" w:rsidP="001D452E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
                 <w:lang w:val="en-IN"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="759" w:type="dxa"/>
-[...11 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="774" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00F4A86A" w14:textId="479369C5" w:rsidR="00FF5A22" w:rsidRPr="00E24505" w:rsidRDefault="00FF5A22" w:rsidP="00BA4CE8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
-[...386 lines deleted...]
-            </w:r>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="68125DE7" w14:textId="77777777" w:rsidR="00102260" w:rsidRDefault="00102260">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="23A957FD" w14:textId="77777777" w:rsidR="002E42A5" w:rsidRDefault="002E42A5">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="32A13C0F" w14:textId="12CEEEF7" w:rsidR="002E42A5" w:rsidRDefault="002E42A5" w:rsidP="002E42A5">
+    <w:p w14:paraId="32A13C0F" w14:textId="0A47D582" w:rsidR="002E42A5" w:rsidRDefault="002E42A5" w:rsidP="002E42A5">
       <w:pPr>
         <w:ind w:left="-900"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE65FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Course Coordinators                          </w:t>
       </w:r>
       <w:r w:rsidR="00C774B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">           </w:t>
       </w:r>
       <w:r w:rsidRPr="00FE65FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Module Coordinators       </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> Program Coordinator                                 </w:t>
+        <w:t xml:space="preserve">                                </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="03A33808" w14:textId="27A94846" w:rsidR="007C7D4B" w:rsidRDefault="002E42A5" w:rsidP="002E42A5">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="-900"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00233F19">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">1. </w:t>
       </w:r>
       <w:r w:rsidR="007C7D4B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Mr. L. V. Krishna Rao</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E89D94C" w14:textId="4C64C5B1" w:rsidR="002E42A5" w:rsidRPr="00233F19" w:rsidRDefault="007C7D4B" w:rsidP="002E42A5">
+    <w:p w14:paraId="6E89D94C" w14:textId="6D0B92BD" w:rsidR="002E42A5" w:rsidRPr="00233F19" w:rsidRDefault="007C7D4B" w:rsidP="002E42A5">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="-900"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>2. Dr</w:t>
       </w:r>
       <w:r w:rsidR="00172204">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>K. Jyothsna Devi</w:t>
       </w:r>
       <w:r w:rsidR="00172204">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                        </w:t>
-[...76 lines deleted...]
-        <w:t>P. Sai Kiran</w:t>
+        <w:t xml:space="preserve">                                       </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0695079F" w14:textId="6E9920D8" w:rsidR="002E42A5" w:rsidRPr="00233F19" w:rsidRDefault="002E42A5" w:rsidP="002E42A5">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="-900"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00233F19">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">3. </w:t>
       </w:r>
       <w:r w:rsidR="007C7D4B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Mr. Bala Bhasker</w:t>
       </w:r>
@@ -10863,162 +10303,169 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E522559" w14:textId="77777777" w:rsidR="002E42A5" w:rsidRPr="009508A0" w:rsidRDefault="002E42A5">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="002E42A5" w:rsidRPr="009508A0" w:rsidSect="00F74A2B">
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1440" w:right="656" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2DA0584E" w14:textId="77777777" w:rsidR="00025FEB" w:rsidRDefault="00025FEB" w:rsidP="00FC0B93">
+    <w:p w14:paraId="2D9B15B2" w14:textId="77777777" w:rsidR="00667585" w:rsidRDefault="00667585" w:rsidP="00FC0B93">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6E7D01E3" w14:textId="77777777" w:rsidR="00025FEB" w:rsidRDefault="00025FEB" w:rsidP="00FC0B93">
+    <w:p w14:paraId="4ABBFE8A" w14:textId="77777777" w:rsidR="00667585" w:rsidRDefault="00667585" w:rsidP="00FC0B93">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Mangal">
+    <w:panose1 w:val="00000400000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00008003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Trebuchet MS">
     <w:panose1 w:val="020B0603020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000687" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Bookman Old Style">
     <w:panose1 w:val="02050604050505020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="TimesNewRomanPSMT">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-[...5 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0A083A8A" w14:textId="77777777" w:rsidR="00025FEB" w:rsidRDefault="00025FEB" w:rsidP="00FC0B93">
+    <w:p w14:paraId="2DAD3776" w14:textId="77777777" w:rsidR="00667585" w:rsidRDefault="00667585" w:rsidP="00FC0B93">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="26507E0F" w14:textId="77777777" w:rsidR="00025FEB" w:rsidRDefault="00025FEB" w:rsidP="00FC0B93">
+    <w:p w14:paraId="433E9D1E" w14:textId="77777777" w:rsidR="00667585" w:rsidRDefault="00667585" w:rsidP="00FC0B93">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="019156FB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4330FDC8"/>
     <w:lvl w:ilvl="0" w:tplc="AC58358E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
@@ -11683,50 +11130,51 @@
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="2026639221">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1078092219">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="601298595">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1490750248">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="699205259">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="__Grammarly_42____i" w:val="H4sIAAAAAAAEAKtWckksSQxILCpxzi/NK1GyMqwFAAEhoTITAAAA"/>
     <w:docVar w:name="__Grammarly_42___1" w:val="H4sIAAAAAAAEAKtWcslP9kxRslIyNDY2sDAwNrE0MTM1NDAwNjNU0lEKTi0uzszPAykwrgUAXWF5DCwAAAA="/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="00FC5172"/>
     <w:rsid w:val="00000547"/>
@@ -11756,205 +11204,219 @@
     <w:rsid w:val="000F69D8"/>
     <w:rsid w:val="000F6FC4"/>
     <w:rsid w:val="00102260"/>
     <w:rsid w:val="00104A13"/>
     <w:rsid w:val="00122CCA"/>
     <w:rsid w:val="00122F31"/>
     <w:rsid w:val="00123FDC"/>
     <w:rsid w:val="001324D0"/>
     <w:rsid w:val="0014137D"/>
     <w:rsid w:val="00141414"/>
     <w:rsid w:val="00141D34"/>
     <w:rsid w:val="0014647B"/>
     <w:rsid w:val="00147464"/>
     <w:rsid w:val="0015203A"/>
     <w:rsid w:val="00152935"/>
     <w:rsid w:val="00152B21"/>
     <w:rsid w:val="001664CF"/>
     <w:rsid w:val="00167F47"/>
     <w:rsid w:val="00172204"/>
     <w:rsid w:val="001752B1"/>
     <w:rsid w:val="00177262"/>
     <w:rsid w:val="001806DD"/>
     <w:rsid w:val="001841DF"/>
     <w:rsid w:val="001A571E"/>
     <w:rsid w:val="001B0D8D"/>
+    <w:rsid w:val="001B2BF7"/>
     <w:rsid w:val="001D00D5"/>
     <w:rsid w:val="001D452E"/>
     <w:rsid w:val="001D52B9"/>
     <w:rsid w:val="001E4B53"/>
     <w:rsid w:val="001F642A"/>
     <w:rsid w:val="00201FE9"/>
     <w:rsid w:val="0020326C"/>
     <w:rsid w:val="00212C91"/>
     <w:rsid w:val="0021633B"/>
     <w:rsid w:val="0023461F"/>
     <w:rsid w:val="00240FD0"/>
     <w:rsid w:val="002427CE"/>
     <w:rsid w:val="00250569"/>
     <w:rsid w:val="00272D59"/>
+    <w:rsid w:val="002734B3"/>
     <w:rsid w:val="00282473"/>
     <w:rsid w:val="0029034F"/>
     <w:rsid w:val="00297AF8"/>
     <w:rsid w:val="002C15C6"/>
     <w:rsid w:val="002D3293"/>
     <w:rsid w:val="002D5AE6"/>
     <w:rsid w:val="002E11BE"/>
     <w:rsid w:val="002E2387"/>
     <w:rsid w:val="002E26AA"/>
     <w:rsid w:val="002E42A5"/>
     <w:rsid w:val="002E5756"/>
     <w:rsid w:val="003037AD"/>
     <w:rsid w:val="0030385E"/>
     <w:rsid w:val="00310299"/>
     <w:rsid w:val="00314488"/>
     <w:rsid w:val="00320B2C"/>
+    <w:rsid w:val="0032150D"/>
     <w:rsid w:val="0032592D"/>
     <w:rsid w:val="00327588"/>
     <w:rsid w:val="003322DE"/>
     <w:rsid w:val="00361A89"/>
     <w:rsid w:val="00383AC2"/>
     <w:rsid w:val="00390964"/>
     <w:rsid w:val="00392CCE"/>
     <w:rsid w:val="003A049F"/>
     <w:rsid w:val="003A5BE1"/>
     <w:rsid w:val="003A5C33"/>
     <w:rsid w:val="003B6736"/>
     <w:rsid w:val="003C05BA"/>
     <w:rsid w:val="003C0940"/>
     <w:rsid w:val="003C0A85"/>
+    <w:rsid w:val="003C0B36"/>
     <w:rsid w:val="003D01E2"/>
     <w:rsid w:val="003E0FF5"/>
     <w:rsid w:val="003F6552"/>
     <w:rsid w:val="0041688F"/>
     <w:rsid w:val="00416B29"/>
     <w:rsid w:val="00416C5E"/>
     <w:rsid w:val="00422CD0"/>
     <w:rsid w:val="00433069"/>
     <w:rsid w:val="00436118"/>
     <w:rsid w:val="00452EF7"/>
     <w:rsid w:val="00471DA8"/>
     <w:rsid w:val="00485E27"/>
     <w:rsid w:val="004B0576"/>
     <w:rsid w:val="004B1B28"/>
     <w:rsid w:val="004B1B56"/>
     <w:rsid w:val="004B7005"/>
     <w:rsid w:val="004C2B61"/>
     <w:rsid w:val="004E0875"/>
     <w:rsid w:val="004E1F39"/>
     <w:rsid w:val="004E2CEC"/>
     <w:rsid w:val="004F480D"/>
     <w:rsid w:val="00504E66"/>
     <w:rsid w:val="005073CC"/>
     <w:rsid w:val="00522EAC"/>
     <w:rsid w:val="005235CA"/>
     <w:rsid w:val="00524015"/>
     <w:rsid w:val="005253D3"/>
     <w:rsid w:val="00527141"/>
     <w:rsid w:val="00531208"/>
     <w:rsid w:val="00543B98"/>
     <w:rsid w:val="005458E0"/>
     <w:rsid w:val="00550A8B"/>
     <w:rsid w:val="00556628"/>
     <w:rsid w:val="00566C12"/>
     <w:rsid w:val="005742FA"/>
     <w:rsid w:val="00581ACB"/>
     <w:rsid w:val="0059211D"/>
     <w:rsid w:val="0059263D"/>
+    <w:rsid w:val="005A03CC"/>
     <w:rsid w:val="005C1108"/>
     <w:rsid w:val="005E0C47"/>
     <w:rsid w:val="005E2415"/>
     <w:rsid w:val="005E7E9F"/>
     <w:rsid w:val="006067D4"/>
+    <w:rsid w:val="006077A0"/>
     <w:rsid w:val="00612027"/>
     <w:rsid w:val="006175B4"/>
     <w:rsid w:val="00621EA8"/>
     <w:rsid w:val="00624568"/>
     <w:rsid w:val="006312D3"/>
     <w:rsid w:val="00634642"/>
     <w:rsid w:val="006400F3"/>
     <w:rsid w:val="00642130"/>
+    <w:rsid w:val="00662485"/>
     <w:rsid w:val="0066273B"/>
+    <w:rsid w:val="00667585"/>
+    <w:rsid w:val="00674F0F"/>
     <w:rsid w:val="00677472"/>
     <w:rsid w:val="00685320"/>
     <w:rsid w:val="00692A41"/>
     <w:rsid w:val="006A062B"/>
     <w:rsid w:val="006A1F97"/>
     <w:rsid w:val="006A5A41"/>
     <w:rsid w:val="006B53DF"/>
     <w:rsid w:val="006B5921"/>
     <w:rsid w:val="006C54ED"/>
+    <w:rsid w:val="006D33DD"/>
     <w:rsid w:val="006E1845"/>
     <w:rsid w:val="006E5901"/>
     <w:rsid w:val="006F1CB1"/>
     <w:rsid w:val="006F7DE9"/>
     <w:rsid w:val="007015AF"/>
     <w:rsid w:val="00706539"/>
     <w:rsid w:val="00712F43"/>
     <w:rsid w:val="00714B40"/>
     <w:rsid w:val="0072464F"/>
     <w:rsid w:val="00724757"/>
     <w:rsid w:val="0072572C"/>
     <w:rsid w:val="00726722"/>
+    <w:rsid w:val="007313F9"/>
     <w:rsid w:val="0074436C"/>
     <w:rsid w:val="00746DB1"/>
     <w:rsid w:val="00751A7F"/>
     <w:rsid w:val="00752315"/>
     <w:rsid w:val="00752737"/>
     <w:rsid w:val="0075419E"/>
     <w:rsid w:val="0075690E"/>
     <w:rsid w:val="00757B2D"/>
     <w:rsid w:val="00761E9D"/>
     <w:rsid w:val="007627D5"/>
     <w:rsid w:val="0076610F"/>
     <w:rsid w:val="00767B6C"/>
     <w:rsid w:val="00770F58"/>
     <w:rsid w:val="0077251C"/>
     <w:rsid w:val="00772C33"/>
+    <w:rsid w:val="00783E62"/>
     <w:rsid w:val="00791D2F"/>
+    <w:rsid w:val="0079457E"/>
     <w:rsid w:val="007963F0"/>
     <w:rsid w:val="007A195C"/>
     <w:rsid w:val="007B0CFC"/>
     <w:rsid w:val="007C14AB"/>
     <w:rsid w:val="007C66B8"/>
     <w:rsid w:val="007C7D4B"/>
     <w:rsid w:val="007E6361"/>
     <w:rsid w:val="007F32CA"/>
     <w:rsid w:val="007F6DE5"/>
     <w:rsid w:val="007F79F7"/>
     <w:rsid w:val="00804ADE"/>
     <w:rsid w:val="008061F2"/>
     <w:rsid w:val="00814DF8"/>
     <w:rsid w:val="0082155B"/>
     <w:rsid w:val="00823F03"/>
     <w:rsid w:val="008300C9"/>
     <w:rsid w:val="00831B51"/>
     <w:rsid w:val="008345BD"/>
     <w:rsid w:val="008464E6"/>
     <w:rsid w:val="00852ABD"/>
     <w:rsid w:val="0086228E"/>
     <w:rsid w:val="00863A14"/>
+    <w:rsid w:val="00881A6D"/>
     <w:rsid w:val="00886323"/>
     <w:rsid w:val="0089493E"/>
     <w:rsid w:val="008969A3"/>
     <w:rsid w:val="008A3E5D"/>
     <w:rsid w:val="008B4211"/>
     <w:rsid w:val="008B43EE"/>
     <w:rsid w:val="008C1DFD"/>
     <w:rsid w:val="008C2C3C"/>
     <w:rsid w:val="008C580F"/>
     <w:rsid w:val="008D499D"/>
     <w:rsid w:val="008D7553"/>
     <w:rsid w:val="008E2CA1"/>
     <w:rsid w:val="008E6573"/>
     <w:rsid w:val="008E72A6"/>
     <w:rsid w:val="00903148"/>
     <w:rsid w:val="00905E6B"/>
     <w:rsid w:val="00910052"/>
     <w:rsid w:val="00912092"/>
     <w:rsid w:val="00930A17"/>
     <w:rsid w:val="00932E42"/>
     <w:rsid w:val="00943DDF"/>
     <w:rsid w:val="009508A0"/>
     <w:rsid w:val="00954B6D"/>
     <w:rsid w:val="00957B11"/>
     <w:rsid w:val="009601FD"/>
@@ -11973,115 +11435,121 @@
     <w:rsid w:val="009E2547"/>
     <w:rsid w:val="009F07E4"/>
     <w:rsid w:val="009F616B"/>
     <w:rsid w:val="00A00A98"/>
     <w:rsid w:val="00A00E95"/>
     <w:rsid w:val="00A123FE"/>
     <w:rsid w:val="00A16CA6"/>
     <w:rsid w:val="00A17A54"/>
     <w:rsid w:val="00A2487A"/>
     <w:rsid w:val="00A26EE0"/>
     <w:rsid w:val="00A40C3E"/>
     <w:rsid w:val="00A47627"/>
     <w:rsid w:val="00A47C5C"/>
     <w:rsid w:val="00A61036"/>
     <w:rsid w:val="00A67FD5"/>
     <w:rsid w:val="00A70683"/>
     <w:rsid w:val="00A801AD"/>
     <w:rsid w:val="00A84FB6"/>
     <w:rsid w:val="00A90B89"/>
     <w:rsid w:val="00A93B27"/>
     <w:rsid w:val="00A95435"/>
     <w:rsid w:val="00AA0B74"/>
     <w:rsid w:val="00AA29C1"/>
     <w:rsid w:val="00AB697C"/>
     <w:rsid w:val="00B05DD7"/>
+    <w:rsid w:val="00B15943"/>
     <w:rsid w:val="00B16F0D"/>
     <w:rsid w:val="00B268FC"/>
     <w:rsid w:val="00B40DA0"/>
     <w:rsid w:val="00B44DB7"/>
     <w:rsid w:val="00B52632"/>
     <w:rsid w:val="00B551A3"/>
     <w:rsid w:val="00B60B39"/>
     <w:rsid w:val="00B61054"/>
     <w:rsid w:val="00B72AF2"/>
     <w:rsid w:val="00B75337"/>
     <w:rsid w:val="00B82F4A"/>
     <w:rsid w:val="00BA1AA2"/>
     <w:rsid w:val="00BA4CE8"/>
     <w:rsid w:val="00BB1E66"/>
     <w:rsid w:val="00BB46B2"/>
     <w:rsid w:val="00BB7692"/>
     <w:rsid w:val="00BC0693"/>
     <w:rsid w:val="00BC1621"/>
     <w:rsid w:val="00BC1CAC"/>
+    <w:rsid w:val="00BC29A0"/>
     <w:rsid w:val="00BC2CFB"/>
     <w:rsid w:val="00BD3B61"/>
     <w:rsid w:val="00BD40DF"/>
     <w:rsid w:val="00BE43A9"/>
     <w:rsid w:val="00C067ED"/>
     <w:rsid w:val="00C173ED"/>
     <w:rsid w:val="00C1760B"/>
     <w:rsid w:val="00C20E51"/>
     <w:rsid w:val="00C21127"/>
     <w:rsid w:val="00C25BE6"/>
     <w:rsid w:val="00C26081"/>
     <w:rsid w:val="00C30505"/>
     <w:rsid w:val="00C471F5"/>
+    <w:rsid w:val="00C47D67"/>
+    <w:rsid w:val="00C56D26"/>
     <w:rsid w:val="00C647A8"/>
     <w:rsid w:val="00C708C1"/>
     <w:rsid w:val="00C74149"/>
     <w:rsid w:val="00C75516"/>
     <w:rsid w:val="00C76418"/>
     <w:rsid w:val="00C774B7"/>
     <w:rsid w:val="00C94FF7"/>
     <w:rsid w:val="00CA1939"/>
     <w:rsid w:val="00CA6888"/>
     <w:rsid w:val="00CB064C"/>
     <w:rsid w:val="00CC46F6"/>
     <w:rsid w:val="00CD230E"/>
     <w:rsid w:val="00CE24DD"/>
     <w:rsid w:val="00CF214C"/>
     <w:rsid w:val="00CF3CAD"/>
     <w:rsid w:val="00D0017B"/>
     <w:rsid w:val="00D016DA"/>
     <w:rsid w:val="00D03E92"/>
     <w:rsid w:val="00D11F74"/>
+    <w:rsid w:val="00D13FD9"/>
     <w:rsid w:val="00D156DF"/>
     <w:rsid w:val="00D17DD9"/>
     <w:rsid w:val="00D20B8D"/>
     <w:rsid w:val="00D4028A"/>
     <w:rsid w:val="00D40D9A"/>
     <w:rsid w:val="00D46F9C"/>
     <w:rsid w:val="00D46FE8"/>
     <w:rsid w:val="00D55A55"/>
     <w:rsid w:val="00D619CF"/>
     <w:rsid w:val="00D75BB4"/>
     <w:rsid w:val="00D844FE"/>
     <w:rsid w:val="00D851BB"/>
     <w:rsid w:val="00D85EE2"/>
     <w:rsid w:val="00D86BC4"/>
+    <w:rsid w:val="00D9376A"/>
     <w:rsid w:val="00DA369C"/>
     <w:rsid w:val="00DB6A86"/>
     <w:rsid w:val="00DC18B7"/>
     <w:rsid w:val="00DD3061"/>
     <w:rsid w:val="00DE3C28"/>
     <w:rsid w:val="00DE6AB6"/>
     <w:rsid w:val="00E0104D"/>
     <w:rsid w:val="00E10823"/>
     <w:rsid w:val="00E1468B"/>
     <w:rsid w:val="00E170A6"/>
     <w:rsid w:val="00E170A8"/>
     <w:rsid w:val="00E175F9"/>
     <w:rsid w:val="00E24505"/>
     <w:rsid w:val="00E36259"/>
     <w:rsid w:val="00E41168"/>
     <w:rsid w:val="00E42078"/>
     <w:rsid w:val="00E42E3E"/>
     <w:rsid w:val="00E61083"/>
     <w:rsid w:val="00E672C8"/>
     <w:rsid w:val="00EA4CBB"/>
     <w:rsid w:val="00EB0DB0"/>
     <w:rsid w:val="00EB459B"/>
     <w:rsid w:val="00EC0D5C"/>
     <w:rsid w:val="00EC3565"/>
     <w:rsid w:val="00EC3B9E"/>
@@ -12093,65 +11561,66 @@
     <w:rsid w:val="00F25D14"/>
     <w:rsid w:val="00F308F2"/>
     <w:rsid w:val="00F37A92"/>
     <w:rsid w:val="00F408B5"/>
     <w:rsid w:val="00F4655C"/>
     <w:rsid w:val="00F52E49"/>
     <w:rsid w:val="00F603A2"/>
     <w:rsid w:val="00F62307"/>
     <w:rsid w:val="00F70DB6"/>
     <w:rsid w:val="00F74A2B"/>
     <w:rsid w:val="00F85546"/>
     <w:rsid w:val="00F92CD4"/>
     <w:rsid w:val="00F96F25"/>
     <w:rsid w:val="00FA6D5F"/>
     <w:rsid w:val="00FB6D96"/>
     <w:rsid w:val="00FB7D27"/>
     <w:rsid w:val="00FC0B93"/>
     <w:rsid w:val="00FC5172"/>
     <w:rsid w:val="00FC7D29"/>
     <w:rsid w:val="00FD1661"/>
     <w:rsid w:val="00FD2413"/>
     <w:rsid w:val="00FE1A75"/>
     <w:rsid w:val="00FE671B"/>
     <w:rsid w:val="00FF0A2E"/>
     <w:rsid w:val="00FF5107"/>
+    <w:rsid w:val="00FF5A22"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-US"/>
+  <w:themeFontLang w:val="en-US" w:bidi="hi-IN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="44DB7CC9"/>
   <w15:docId w15:val="{7E68F51B-9B38-4DCA-95FE-DD2914325557}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-IN" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
@@ -12525,50 +11994,72 @@
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00612027"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading2Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00C56D26"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
@@ -12765,50 +12256,64 @@
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00036C8A"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normal1">
     <w:name w:val="Normal1"/>
     <w:rsid w:val="001D52B9"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00C56D26"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1627932344">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1168444457">
           <w:marLeft w:val="403"/>
           <w:marRight w:val="0"/>
@@ -13154,66 +12659,66 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DD5956BA-C957-4879-85CD-92AC798E8700}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>704</Words>
-  <Characters>4017</Characters>
+  <Words>612</Words>
+  <Characters>3491</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>33</Lines>
-  <Paragraphs>9</Paragraphs>
+  <Lines>29</Lines>
+  <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4712</CharactersWithSpaces>
+  <CharactersWithSpaces>4095</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>BRL</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>