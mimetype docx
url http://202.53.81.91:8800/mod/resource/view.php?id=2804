--- v0 (2025-12-15)
+++ v1 (2026-03-20)
@@ -115,83 +115,73 @@
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="253" w:lineRule="exact"/>
               <w:ind w:left="110"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E023B7">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Course Code:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="56A899AC" w14:textId="56B4132A" w:rsidR="00060C3D" w:rsidRPr="004F4A4A" w:rsidRDefault="00F218AB" w:rsidP="00505090">
+          <w:p w14:paraId="56A899AC" w14:textId="6F8F2978" w:rsidR="00060C3D" w:rsidRPr="004F4A4A" w:rsidRDefault="00F218AB" w:rsidP="00505090">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="258" w:lineRule="exact"/>
               <w:ind w:left="101"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>23CS3301</w:t>
-            </w:r>
-[...8 lines deleted...]
-              <w:t>/ 23AM3301/23DS3301</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1D1C3B52" w14:textId="77777777" w:rsidR="00060C3D" w:rsidRPr="00E023B7" w:rsidRDefault="00060C3D" w:rsidP="00505090">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-383"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E023B7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -1282,2063 +1272,1908 @@
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="709" w:hanging="436"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="51066313" w14:textId="77777777" w:rsidR="00B6775D" w:rsidRPr="00060C3D" w:rsidRDefault="00B6775D" w:rsidP="00434404">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="709" w:hanging="436"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="5657" w:type="pct"/>
+        <w:tblW w:w="5107" w:type="pct"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="689"/>
-[...7 lines deleted...]
-        <w:gridCol w:w="567"/>
+        <w:gridCol w:w="694"/>
+        <w:gridCol w:w="556"/>
+        <w:gridCol w:w="562"/>
+        <w:gridCol w:w="554"/>
+        <w:gridCol w:w="556"/>
+        <w:gridCol w:w="556"/>
+        <w:gridCol w:w="556"/>
+        <w:gridCol w:w="569"/>
         <w:gridCol w:w="565"/>
-        <w:gridCol w:w="853"/>
+        <w:gridCol w:w="641"/>
         <w:gridCol w:w="851"/>
-        <w:gridCol w:w="708"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="1132"/>
+        <w:gridCol w:w="919"/>
+        <w:gridCol w:w="639"/>
+        <w:gridCol w:w="991"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003A5080" w:rsidRPr="007D763D" w14:paraId="70325C1E" w14:textId="77777777" w:rsidTr="003A5080">
-[...35 lines deleted...]
-      <w:tr w:rsidR="003A5080" w:rsidRPr="007D763D" w14:paraId="57558DB7" w14:textId="77777777" w:rsidTr="003A5080">
+      <w:tr w:rsidR="00E048AE" w:rsidRPr="007D763D" w14:paraId="57558DB7" w14:textId="77777777" w:rsidTr="00756830">
         <w:trPr>
           <w:trHeight w:val="273"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="338" w:type="pct"/>
-[...19 lines deleted...]
-            <w:tcW w:w="273" w:type="pct"/>
+            <w:tcW w:w="376" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5704D43F" w14:textId="77777777" w:rsidR="00E048AE" w:rsidRPr="007D763D" w:rsidRDefault="00E048AE" w:rsidP="0084243E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="302" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6F4F5DB5" w14:textId="77777777" w:rsidR="003A5080" w:rsidRPr="007D763D" w:rsidRDefault="003A5080" w:rsidP="0084243E">
+          <w:p w14:paraId="6F4F5DB5" w14:textId="77777777" w:rsidR="00E048AE" w:rsidRPr="007D763D" w:rsidRDefault="00E048AE" w:rsidP="0084243E">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D763D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>PO1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="274" w:type="pct"/>
+            <w:tcW w:w="305" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="52CAED60" w14:textId="77777777" w:rsidR="003A5080" w:rsidRPr="007D763D" w:rsidRDefault="003A5080" w:rsidP="0084243E">
+          <w:p w14:paraId="52CAED60" w14:textId="77777777" w:rsidR="00E048AE" w:rsidRPr="007D763D" w:rsidRDefault="00E048AE" w:rsidP="0084243E">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D763D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>PO2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="272" w:type="pct"/>
+            <w:tcW w:w="301" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4E016932" w14:textId="77777777" w:rsidR="003A5080" w:rsidRPr="007D763D" w:rsidRDefault="003A5080" w:rsidP="0084243E">
+          <w:p w14:paraId="4E016932" w14:textId="77777777" w:rsidR="00E048AE" w:rsidRPr="007D763D" w:rsidRDefault="00E048AE" w:rsidP="0084243E">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D763D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>PO3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="273" w:type="pct"/>
+            <w:tcW w:w="302" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="272D7D88" w14:textId="77777777" w:rsidR="003A5080" w:rsidRPr="007D763D" w:rsidRDefault="003A5080" w:rsidP="0084243E">
+          <w:p w14:paraId="272D7D88" w14:textId="77777777" w:rsidR="00E048AE" w:rsidRPr="007D763D" w:rsidRDefault="00E048AE" w:rsidP="0084243E">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D763D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>PO4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="273" w:type="pct"/>
+            <w:tcW w:w="302" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="17358022" w14:textId="77777777" w:rsidR="003A5080" w:rsidRPr="007D763D" w:rsidRDefault="003A5080" w:rsidP="0084243E">
+          <w:p w14:paraId="17358022" w14:textId="77777777" w:rsidR="00E048AE" w:rsidRPr="007D763D" w:rsidRDefault="00E048AE" w:rsidP="0084243E">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D763D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>PO5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="273" w:type="pct"/>
+            <w:tcW w:w="302" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7A8154E4" w14:textId="77777777" w:rsidR="003A5080" w:rsidRPr="007D763D" w:rsidRDefault="003A5080" w:rsidP="0084243E">
+          <w:p w14:paraId="7A8154E4" w14:textId="77777777" w:rsidR="00E048AE" w:rsidRPr="007D763D" w:rsidRDefault="00E048AE" w:rsidP="0084243E">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D763D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>PO6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="315" w:type="pct"/>
+            <w:tcW w:w="309" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4EA2A60A" w14:textId="77777777" w:rsidR="003A5080" w:rsidRPr="007D763D" w:rsidRDefault="003A5080" w:rsidP="0084243E">
+          <w:p w14:paraId="50C8A72C" w14:textId="53A3223B" w:rsidR="00E048AE" w:rsidRPr="007D763D" w:rsidRDefault="00E048AE" w:rsidP="0084243E">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D763D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>PO7</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="278" w:type="pct"/>
+              <w:t>PO</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="307" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="50C8A72C" w14:textId="77777777" w:rsidR="003A5080" w:rsidRPr="007D763D" w:rsidRDefault="003A5080" w:rsidP="0084243E">
+          <w:p w14:paraId="3CC21F26" w14:textId="227CD8F8" w:rsidR="00E048AE" w:rsidRPr="007D763D" w:rsidRDefault="00E048AE" w:rsidP="0084243E">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D763D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>PO8</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="277" w:type="pct"/>
+              <w:t>PO</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="348" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3CC21F26" w14:textId="77777777" w:rsidR="003A5080" w:rsidRPr="007D763D" w:rsidRDefault="003A5080" w:rsidP="0084243E">
+          <w:p w14:paraId="7E31B850" w14:textId="7D5501D9" w:rsidR="00E048AE" w:rsidRPr="007D763D" w:rsidRDefault="00E048AE" w:rsidP="0084243E">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D763D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>PO9</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="418" w:type="pct"/>
+              <w:t>PO</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="462" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7E31B850" w14:textId="77777777" w:rsidR="003A5080" w:rsidRPr="007D763D" w:rsidRDefault="003A5080" w:rsidP="0084243E">
+          <w:p w14:paraId="5478C827" w14:textId="2368F542" w:rsidR="00E048AE" w:rsidRPr="007D763D" w:rsidRDefault="00E048AE" w:rsidP="0084243E">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D763D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>PO10</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="417" w:type="pct"/>
+              <w:t>PO1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="499" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5478C827" w14:textId="77777777" w:rsidR="003A5080" w:rsidRPr="007D763D" w:rsidRDefault="003A5080" w:rsidP="0084243E">
+          <w:p w14:paraId="38A35A02" w14:textId="66815836" w:rsidR="00E048AE" w:rsidRPr="007D763D" w:rsidRDefault="00E048AE" w:rsidP="0084243E">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D763D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>PO11</w:t>
+              <w:t>PO1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="347" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="38A35A02" w14:textId="77777777" w:rsidR="003A5080" w:rsidRPr="007D763D" w:rsidRDefault="003A5080" w:rsidP="0084243E">
+          <w:p w14:paraId="6DC0D065" w14:textId="77777777" w:rsidR="00E048AE" w:rsidRPr="007D763D" w:rsidRDefault="00E048AE" w:rsidP="0084243E">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D763D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>PO12</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="417" w:type="pct"/>
+              <w:t>PSO1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="539" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6DC0D065" w14:textId="77777777" w:rsidR="003A5080" w:rsidRPr="007D763D" w:rsidRDefault="003A5080" w:rsidP="0084243E">
+          <w:p w14:paraId="1907B272" w14:textId="77777777" w:rsidR="00E048AE" w:rsidRPr="007D763D" w:rsidRDefault="00E048AE" w:rsidP="0084243E">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D763D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>PSO1</w:t>
-[...27 lines deleted...]
-              </w:rPr>
               <w:t>PSO2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0096478A" w:rsidRPr="007D763D" w14:paraId="14E9A0CA" w14:textId="77777777" w:rsidTr="003A5080">
+      <w:tr w:rsidR="00E048AE" w:rsidRPr="007D763D" w14:paraId="14E9A0CA" w14:textId="77777777" w:rsidTr="00756830">
         <w:trPr>
           <w:trHeight w:val="273"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="338" w:type="pct"/>
+            <w:tcW w:w="376" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="082A7834" w14:textId="77777777" w:rsidR="0096478A" w:rsidRPr="007D763D" w:rsidRDefault="0096478A" w:rsidP="0096478A">
+          <w:p w14:paraId="082A7834" w14:textId="77777777" w:rsidR="00E048AE" w:rsidRPr="007D763D" w:rsidRDefault="00E048AE" w:rsidP="0096478A">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D763D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>CO1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="273" w:type="pct"/>
+            <w:tcW w:w="302" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="60522ABF" w14:textId="463EFE12" w:rsidR="0096478A" w:rsidRPr="007D763D" w:rsidRDefault="0096478A" w:rsidP="0096478A">
+          <w:p w14:paraId="60522ABF" w14:textId="463EFE12" w:rsidR="00E048AE" w:rsidRPr="007D763D" w:rsidRDefault="00E048AE" w:rsidP="0096478A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>√</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="274" w:type="pct"/>
-[...206 lines deleted...]
-          <w:p w14:paraId="69E8430F" w14:textId="77777777" w:rsidR="0096478A" w:rsidRPr="007D763D" w:rsidRDefault="0096478A" w:rsidP="0096478A">
+            <w:tcW w:w="305" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B3EC2A5" w14:textId="77777777" w:rsidR="00E048AE" w:rsidRPr="007D763D" w:rsidRDefault="00E048AE" w:rsidP="0096478A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="301" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="41BE04F0" w14:textId="77777777" w:rsidR="00E048AE" w:rsidRPr="007D763D" w:rsidRDefault="00E048AE" w:rsidP="0096478A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="302" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="31D05297" w14:textId="77777777" w:rsidR="00E048AE" w:rsidRPr="007D763D" w:rsidRDefault="00E048AE" w:rsidP="0096478A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="302" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FFD37CF" w14:textId="77777777" w:rsidR="00E048AE" w:rsidRPr="007D763D" w:rsidRDefault="00E048AE" w:rsidP="0096478A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="302" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5052C894" w14:textId="77777777" w:rsidR="00E048AE" w:rsidRPr="007D763D" w:rsidRDefault="00E048AE" w:rsidP="0096478A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="309" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="133AC034" w14:textId="77777777" w:rsidR="00E048AE" w:rsidRPr="007D763D" w:rsidRDefault="00E048AE" w:rsidP="0096478A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="307" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FEC4E8D" w14:textId="77777777" w:rsidR="00E048AE" w:rsidRPr="007D763D" w:rsidRDefault="00E048AE" w:rsidP="0096478A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="348" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="378E51E3" w14:textId="77777777" w:rsidR="00E048AE" w:rsidRPr="007D763D" w:rsidRDefault="00E048AE" w:rsidP="0096478A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="462" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="69E8430F" w14:textId="77777777" w:rsidR="00E048AE" w:rsidRPr="007D763D" w:rsidRDefault="00E048AE" w:rsidP="0096478A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="499" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E618F3D" w14:textId="77777777" w:rsidR="00E048AE" w:rsidRPr="007D763D" w:rsidRDefault="00E048AE" w:rsidP="0096478A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="347" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
-          </w:tcPr>
-[...20 lines deleted...]
-            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4FC0C324" w14:textId="77777777" w:rsidR="0096478A" w:rsidRPr="007D763D" w:rsidRDefault="0096478A" w:rsidP="0096478A">
-[...21 lines deleted...]
-          <w:p w14:paraId="310B2DD2" w14:textId="77777777" w:rsidR="0096478A" w:rsidRPr="007D763D" w:rsidRDefault="0096478A" w:rsidP="0096478A">
+          <w:p w14:paraId="4FC0C324" w14:textId="77777777" w:rsidR="00E048AE" w:rsidRPr="007D763D" w:rsidRDefault="00E048AE" w:rsidP="0096478A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="539" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="310B2DD2" w14:textId="77777777" w:rsidR="00E048AE" w:rsidRPr="007D763D" w:rsidRDefault="00E048AE" w:rsidP="0096478A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0096478A" w:rsidRPr="007D763D" w14:paraId="433387E5" w14:textId="77777777" w:rsidTr="003A5080">
+      <w:tr w:rsidR="00E048AE" w:rsidRPr="007D763D" w14:paraId="433387E5" w14:textId="77777777" w:rsidTr="00756830">
         <w:trPr>
           <w:trHeight w:val="273"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="338" w:type="pct"/>
+            <w:tcW w:w="376" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="61CA3481" w14:textId="77777777" w:rsidR="0096478A" w:rsidRPr="007D763D" w:rsidRDefault="0096478A" w:rsidP="0096478A">
+          <w:p w14:paraId="61CA3481" w14:textId="77777777" w:rsidR="00E048AE" w:rsidRPr="007D763D" w:rsidRDefault="00E048AE" w:rsidP="0096478A">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D763D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>CO2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="273" w:type="pct"/>
+            <w:tcW w:w="302" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="254D31E0" w14:textId="056D3793" w:rsidR="0096478A" w:rsidRPr="007D763D" w:rsidRDefault="00E2432E" w:rsidP="0096478A">
+          <w:p w14:paraId="254D31E0" w14:textId="056D3793" w:rsidR="00E048AE" w:rsidRPr="007D763D" w:rsidRDefault="00E048AE" w:rsidP="0096478A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>√</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="274" w:type="pct"/>
-[...162 lines deleted...]
-          <w:p w14:paraId="40678D9E" w14:textId="6DD4CB35" w:rsidR="0096478A" w:rsidRPr="007D763D" w:rsidRDefault="0096478A" w:rsidP="0096478A">
+            <w:tcW w:w="305" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D7F1F44" w14:textId="205203EC" w:rsidR="00E048AE" w:rsidRPr="007D763D" w:rsidRDefault="00E048AE" w:rsidP="0096478A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="301" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="30DF32B8" w14:textId="77777777" w:rsidR="00E048AE" w:rsidRPr="007D763D" w:rsidRDefault="00E048AE" w:rsidP="0096478A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="302" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DA98D77" w14:textId="77777777" w:rsidR="00E048AE" w:rsidRPr="007D763D" w:rsidRDefault="00E048AE" w:rsidP="0096478A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="302" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CA4F927" w14:textId="77777777" w:rsidR="00E048AE" w:rsidRPr="007D763D" w:rsidRDefault="00E048AE" w:rsidP="0096478A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="302" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FF72ECE" w14:textId="77777777" w:rsidR="00E048AE" w:rsidRPr="007D763D" w:rsidRDefault="00E048AE" w:rsidP="0096478A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="309" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="47CA8BF2" w14:textId="77777777" w:rsidR="00E048AE" w:rsidRPr="007D763D" w:rsidRDefault="00E048AE" w:rsidP="0096478A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="307" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="40678D9E" w14:textId="15DFAECA" w:rsidR="00E048AE" w:rsidRPr="007D763D" w:rsidRDefault="00E048AE" w:rsidP="0096478A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="348" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FB0C3E8" w14:textId="6A6162C5" w:rsidR="00E048AE" w:rsidRPr="007D763D" w:rsidRDefault="00E048AE" w:rsidP="0096478A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="462" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B588F7F" w14:textId="77777777" w:rsidR="00E048AE" w:rsidRPr="007D763D" w:rsidRDefault="00E048AE" w:rsidP="0096478A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="499" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F85CA6A" w14:textId="77777777" w:rsidR="00E048AE" w:rsidRPr="007D763D" w:rsidRDefault="00E048AE" w:rsidP="0096478A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="347" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3AB2FEBA" w14:textId="532CD0BC" w:rsidR="00E048AE" w:rsidRPr="007D763D" w:rsidRDefault="00E048AE" w:rsidP="0096478A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>√</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="418" w:type="pct"/>
-[...115 lines deleted...]
-          <w:p w14:paraId="7FE30493" w14:textId="23437266" w:rsidR="0096478A" w:rsidRPr="007D763D" w:rsidRDefault="0096478A" w:rsidP="0096478A">
+            <w:tcW w:w="539" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FE30493" w14:textId="0B2D05EA" w:rsidR="00E048AE" w:rsidRPr="007D763D" w:rsidRDefault="00E048AE" w:rsidP="0096478A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...7 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0096478A" w:rsidRPr="007D763D" w14:paraId="162AB5AE" w14:textId="77777777" w:rsidTr="003A5080">
+      <w:tr w:rsidR="00E048AE" w:rsidRPr="007D763D" w14:paraId="162AB5AE" w14:textId="77777777" w:rsidTr="00756830">
         <w:trPr>
           <w:trHeight w:val="273"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="338" w:type="pct"/>
+            <w:tcW w:w="376" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2AF125D9" w14:textId="77777777" w:rsidR="0096478A" w:rsidRPr="007D763D" w:rsidRDefault="0096478A" w:rsidP="0096478A">
+          <w:p w14:paraId="2AF125D9" w14:textId="77777777" w:rsidR="00E048AE" w:rsidRPr="007D763D" w:rsidRDefault="00E048AE" w:rsidP="0096478A">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D763D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>CO3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="273" w:type="pct"/>
-[...30 lines deleted...]
-          <w:p w14:paraId="0EAA88C6" w14:textId="26A9ABDF" w:rsidR="0096478A" w:rsidRPr="007D763D" w:rsidRDefault="0096478A" w:rsidP="0096478A">
+            <w:tcW w:w="302" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0045BE84" w14:textId="77777777" w:rsidR="00E048AE" w:rsidRPr="007D763D" w:rsidRDefault="00E048AE" w:rsidP="0096478A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="305" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EAA88C6" w14:textId="26A9ABDF" w:rsidR="00E048AE" w:rsidRPr="007D763D" w:rsidRDefault="00E048AE" w:rsidP="0096478A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>√</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="272" w:type="pct"/>
-[...140 lines deleted...]
-          <w:p w14:paraId="55AB96D3" w14:textId="08F29D41" w:rsidR="0096478A" w:rsidRPr="007D763D" w:rsidRDefault="0096478A" w:rsidP="0096478A">
+            <w:tcW w:w="301" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F4DDDF6" w14:textId="77777777" w:rsidR="00E048AE" w:rsidRPr="007D763D" w:rsidRDefault="00E048AE" w:rsidP="0096478A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="302" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2948F9E5" w14:textId="77777777" w:rsidR="00E048AE" w:rsidRPr="007D763D" w:rsidRDefault="00E048AE" w:rsidP="0096478A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="302" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FA795D6" w14:textId="77777777" w:rsidR="00E048AE" w:rsidRPr="007D763D" w:rsidRDefault="00E048AE" w:rsidP="0096478A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="302" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B2C362C" w14:textId="77777777" w:rsidR="00E048AE" w:rsidRPr="007D763D" w:rsidRDefault="00E048AE" w:rsidP="0096478A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="309" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F8CBFEB" w14:textId="77777777" w:rsidR="00E048AE" w:rsidRPr="007D763D" w:rsidRDefault="00E048AE" w:rsidP="0096478A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="307" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="55AB96D3" w14:textId="414136E0" w:rsidR="00E048AE" w:rsidRPr="007D763D" w:rsidRDefault="00E048AE" w:rsidP="0096478A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="348" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="32C6119E" w14:textId="35171D5F" w:rsidR="00E048AE" w:rsidRPr="007D763D" w:rsidRDefault="00E048AE" w:rsidP="0096478A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="462" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="739EA2A0" w14:textId="77777777" w:rsidR="00E048AE" w:rsidRPr="007D763D" w:rsidRDefault="00E048AE" w:rsidP="0096478A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="499" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="27D1D83A" w14:textId="77777777" w:rsidR="00E048AE" w:rsidRPr="007D763D" w:rsidRDefault="00E048AE" w:rsidP="0096478A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="347" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3860E58A" w14:textId="209BDBC4" w:rsidR="00E048AE" w:rsidRPr="007D763D" w:rsidRDefault="00E048AE" w:rsidP="0096478A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>√</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="418" w:type="pct"/>
-[...115 lines deleted...]
-          <w:p w14:paraId="7852A902" w14:textId="4B5F7CE5" w:rsidR="0096478A" w:rsidRPr="007D763D" w:rsidRDefault="0096478A" w:rsidP="0096478A">
+            <w:tcW w:w="539" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7852A902" w14:textId="59488B98" w:rsidR="00E048AE" w:rsidRPr="007D763D" w:rsidRDefault="00E048AE" w:rsidP="0096478A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...7 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0096478A" w:rsidRPr="007D763D" w14:paraId="30C3FDD7" w14:textId="77777777" w:rsidTr="003A5080">
+      <w:tr w:rsidR="00E048AE" w:rsidRPr="007D763D" w14:paraId="30C3FDD7" w14:textId="77777777" w:rsidTr="00A21F27">
         <w:trPr>
           <w:trHeight w:val="273"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="338" w:type="pct"/>
+            <w:tcW w:w="376" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7F8882BD" w14:textId="77777777" w:rsidR="0096478A" w:rsidRPr="007D763D" w:rsidRDefault="0096478A" w:rsidP="0096478A">
+          <w:p w14:paraId="7F8882BD" w14:textId="77777777" w:rsidR="00E048AE" w:rsidRPr="007D763D" w:rsidRDefault="00E048AE" w:rsidP="0096478A">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D763D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>CO4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="273" w:type="pct"/>
-[...21 lines deleted...]
-            <w:tcW w:w="274" w:type="pct"/>
+            <w:tcW w:w="302" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="330C8525" w14:textId="77777777" w:rsidR="00E048AE" w:rsidRPr="007D763D" w:rsidRDefault="00E048AE" w:rsidP="0096478A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="305" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="025CB948" w14:textId="2D9DEDFE" w:rsidR="0096478A" w:rsidRPr="007D763D" w:rsidRDefault="0096478A" w:rsidP="0096478A">
+          <w:p w14:paraId="025CB948" w14:textId="2D9DEDFE" w:rsidR="00E048AE" w:rsidRPr="007D763D" w:rsidRDefault="00E048AE" w:rsidP="0096478A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Bookman Old Style"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>√</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="272" w:type="pct"/>
-[...204 lines deleted...]
-          <w:p w14:paraId="363506E0" w14:textId="77777777" w:rsidR="0096478A" w:rsidRPr="007D763D" w:rsidRDefault="0096478A" w:rsidP="0096478A">
+            <w:tcW w:w="301" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A3CB4A8" w14:textId="49F9B6C7" w:rsidR="00E048AE" w:rsidRPr="007D763D" w:rsidRDefault="00E048AE" w:rsidP="0096478A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="302" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="45EB5F09" w14:textId="77777777" w:rsidR="00E048AE" w:rsidRPr="007D763D" w:rsidRDefault="00E048AE" w:rsidP="0096478A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="302" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="71A9AA1E" w14:textId="77777777" w:rsidR="00E048AE" w:rsidRPr="007D763D" w:rsidRDefault="00E048AE" w:rsidP="0096478A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="302" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="14F0368A" w14:textId="77777777" w:rsidR="00E048AE" w:rsidRPr="007D763D" w:rsidRDefault="00E048AE" w:rsidP="0096478A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="309" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E2B4971" w14:textId="77777777" w:rsidR="00E048AE" w:rsidRPr="007D763D" w:rsidRDefault="00E048AE" w:rsidP="0096478A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="307" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DAD784C" w14:textId="7DE311C1" w:rsidR="00E048AE" w:rsidRPr="007D763D" w:rsidRDefault="00E048AE" w:rsidP="0096478A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="348" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="62ECEC60" w14:textId="52CE9E60" w:rsidR="00E048AE" w:rsidRPr="007D763D" w:rsidRDefault="00E048AE" w:rsidP="0096478A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="462" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="363506E0" w14:textId="77777777" w:rsidR="00E048AE" w:rsidRPr="007D763D" w:rsidRDefault="00E048AE" w:rsidP="0096478A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="499" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B559DB6" w14:textId="77777777" w:rsidR="00E048AE" w:rsidRPr="007D763D" w:rsidRDefault="00E048AE" w:rsidP="0096478A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="347" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2B559DB6" w14:textId="77777777" w:rsidR="0096478A" w:rsidRPr="007D763D" w:rsidRDefault="0096478A" w:rsidP="0096478A">
-[...43 lines deleted...]
-          <w:p w14:paraId="49B1457F" w14:textId="77777777" w:rsidR="0096478A" w:rsidRPr="007D763D" w:rsidRDefault="0096478A" w:rsidP="0096478A">
+          <w:p w14:paraId="0E901CE5" w14:textId="77777777" w:rsidR="00E048AE" w:rsidRPr="007D763D" w:rsidRDefault="00E048AE" w:rsidP="0096478A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="539" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="49B1457F" w14:textId="77777777" w:rsidR="00E048AE" w:rsidRPr="007D763D" w:rsidRDefault="00E048AE" w:rsidP="0096478A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="643D1E5D" w14:textId="77777777" w:rsidR="00B6775D" w:rsidRDefault="00B6775D" w:rsidP="00434404">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="709" w:hanging="436"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2FC0D6C5" w14:textId="77777777" w:rsidR="00E048AE" w:rsidRDefault="00E048AE" w:rsidP="00434404">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="709" w:hanging="436"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00556714" w14:textId="77777777" w:rsidR="00E562B4" w:rsidRDefault="00E562B4" w:rsidP="00434404">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="709" w:hanging="436"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4A099011" w14:textId="77777777" w:rsidR="00E048AE" w:rsidRDefault="00E048AE" w:rsidP="00434404">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="709" w:hanging="436"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10349" w:type="dxa"/>
         <w:tblInd w:w="-318" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
@@ -4195,69 +4030,51 @@
               <w:spacing w:after="0"/>
               <w:ind w:leftChars="64" w:left="142" w:hanging="1"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF081C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Backtracking:</w:t>
             </w:r>
             <w:r w:rsidRPr="00BF081C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> General Method, n-Queens Problem, Sum of Subsets problem, Graph </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">, </w:t>
+              <w:t xml:space="preserve"> General Method, n-Queens Problem, Sum of Subsets problem, Graph Coloring, </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="03E52828" w14:textId="4B735F03" w:rsidR="00894E12" w:rsidRPr="00BF081C" w:rsidRDefault="00894E12" w:rsidP="00894E12">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:leftChars="64" w:left="142" w:hanging="1"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF081C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Branch and Bound:</w:t>
             </w:r>
             <w:r w:rsidRPr="00BF081C">
               <w:rPr>
@@ -4371,148 +4188,120 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidR="002300BC" w:rsidRPr="00BF081C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> CO3, </w:t>
             </w:r>
             <w:r w:rsidRPr="00BF081C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>CO4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...29 lines deleted...]
-      </w:tblGrid>
       <w:tr w:rsidR="00FA66B7" w:rsidRPr="00E023B7" w14:paraId="073C0A2B" w14:textId="77777777" w:rsidTr="00505090">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10349" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6E3F2359" w14:textId="77777777" w:rsidR="00FA66B7" w:rsidRPr="00BF081C" w:rsidRDefault="00FA66B7" w:rsidP="00505090">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF081C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Learning Resources</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FA66B7" w:rsidRPr="00E023B7" w14:paraId="3DD5751A" w14:textId="77777777" w:rsidTr="00505090">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10349" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="255EB86A" w14:textId="77777777" w:rsidR="00FA66B7" w:rsidRPr="00BF081C" w:rsidRDefault="00FA66B7" w:rsidP="00505090">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="253" w:lineRule="exact"/>
               <w:ind w:left="110"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF081C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Text Books</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FA66B7" w:rsidRPr="00E023B7" w14:paraId="4E03697C" w14:textId="77777777" w:rsidTr="00505090">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10349" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="3568EF9A" w14:textId="77777777" w:rsidR="00FB2E97" w:rsidRPr="00BF081C" w:rsidRDefault="00FA66B7" w:rsidP="00DF47DD">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF081C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1.Fundamentals of Data Structures in C++, Horowitz, Ellis; Sahni, Sartaj; Mehta, Dinesh, 2</w:t>
             </w:r>
             <w:r w:rsidRPr="00BF081C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
@@ -4549,87 +4338,51 @@
             <w:r w:rsidR="00FA66B7" w:rsidRPr="00BF081C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Universities Press</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7838AE36" w14:textId="77777777" w:rsidR="00FB2E97" w:rsidRPr="00BF081C" w:rsidRDefault="00FA66B7" w:rsidP="00DF47DD">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF081C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">2.Computer Algorithms in C++, Ellis Horowitz, </w:t>
-[...35 lines deleted...]
-              <w:t>, 2</w:t>
+              <w:t>2.Computer Algorithms in C++, Ellis Horowitz, SartajSahni, SanguthevarRajasekaran, 2</w:t>
             </w:r>
             <w:r w:rsidRPr="00BF081C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>nd</w:t>
             </w:r>
             <w:r w:rsidRPr="00BF081C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">  Edition</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6FD46FB4" w14:textId="1ECE9550" w:rsidR="00FA66B7" w:rsidRPr="00BF081C" w:rsidRDefault="00FB2E97" w:rsidP="00DF47DD">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -4664,87 +4417,51 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF081C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">3. </w:t>
             </w:r>
             <w:r w:rsidR="00DC37FC" w:rsidRPr="00BF081C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Fundamentals of </w:t>
             </w:r>
             <w:r w:rsidRPr="00BF081C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computer Algorithms, Ellis Horowitz, </w:t>
-[...35 lines deleted...]
-              <w:t xml:space="preserve"> Rajasekaran,</w:t>
+              <w:t>Computer Algorithms, Ellis Horowitz, SartajSahni , Sanguthevar Rajasekaran,</w:t>
             </w:r>
             <w:r w:rsidR="00DC37FC" w:rsidRPr="00BF081C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">   2</w:t>
             </w:r>
             <w:r w:rsidR="00DC37FC" w:rsidRPr="00BF081C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>nd</w:t>
             </w:r>
             <w:r w:rsidR="00DC37FC" w:rsidRPr="00BF081C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -4781,81 +4498,83 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00DC37FC" w:rsidRPr="00BF081C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Universities  Press,</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FA66B7" w:rsidRPr="00E023B7" w14:paraId="3FAC9445" w14:textId="77777777" w:rsidTr="00505090">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10349" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="73F2AB8F" w14:textId="77777777" w:rsidR="00FA66B7" w:rsidRPr="00BF081C" w:rsidRDefault="00FA66B7" w:rsidP="00505090">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="253" w:lineRule="exact"/>
               <w:ind w:left="110"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF081C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>References Text Book</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FA66B7" w:rsidRPr="00E023B7" w14:paraId="65A6C8FF" w14:textId="77777777" w:rsidTr="00505090">
         <w:trPr>
           <w:trHeight w:val="670"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10349" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="22A27B8D" w14:textId="77777777" w:rsidR="00FA66B7" w:rsidRPr="00BF081C" w:rsidRDefault="00FA66B7" w:rsidP="00FA66B7">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF081C">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Data Structures and program design in C, Robert Kruse, Pearson Education Asia</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4E6A8F3D" w14:textId="77777777" w:rsidR="00FA66B7" w:rsidRPr="00BF081C" w:rsidRDefault="00FA66B7" w:rsidP="00FA66B7">
             <w:pPr>
@@ -4898,167 +4617,137 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">The Art of Computer Programming, Vol.1: Fundamental Algorithms, Donald E Knuth, Addison-Wesley, 1997. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2299CE95" w14:textId="77777777" w:rsidR="00FA66B7" w:rsidRPr="00BF081C" w:rsidRDefault="00FA66B7" w:rsidP="00FA66B7">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF081C">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Data Structures using C &amp; C++: Langsam, </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve">, Pearson, 1995 </w:t>
+              <w:t xml:space="preserve">Data Structures using C &amp; C++: Langsam, Augenstein&amp;Tanenbaum, Pearson, 1995 </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="14E867AA" w14:textId="77777777" w:rsidR="00FA66B7" w:rsidRPr="00BF081C" w:rsidRDefault="00FA66B7" w:rsidP="00FA66B7">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF081C">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fundamentals of Data Structures in C++: Horowitz Sahni&amp; Mehta, </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> Pub. </w:t>
+              <w:t xml:space="preserve">Fundamentals of Data Structures in C++: Horowitz Sahni&amp; Mehta, Galgottia Pub. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="23D60C68" w14:textId="02D02905" w:rsidR="00FA66B7" w:rsidRPr="00BF081C" w:rsidRDefault="00FA66B7" w:rsidP="00FA66B7">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF081C">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Data structures in Java:, Thomas Standish, Pearson Education Asia</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FA66B7" w:rsidRPr="00E023B7" w14:paraId="3D1F558A" w14:textId="77777777" w:rsidTr="00505090">
         <w:trPr>
           <w:trHeight w:val="335"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10349" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4A79C8F6" w14:textId="77777777" w:rsidR="00FA66B7" w:rsidRPr="00BF081C" w:rsidRDefault="00FA66B7" w:rsidP="00505090">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="253" w:lineRule="exact"/>
               <w:ind w:left="110"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF081C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>e-Resources and other Digital Material</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FA66B7" w:rsidRPr="00E023B7" w14:paraId="3C98FA63" w14:textId="77777777" w:rsidTr="00505090">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10349" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="34E76392" w14:textId="77777777" w:rsidR="00FA66B7" w:rsidRPr="00BF081C" w:rsidRDefault="00FA66B7" w:rsidP="00FA66B7">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId5" w:history="1">
               <w:r w:rsidRPr="00BF081C">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>https://www.tutorialspoint.com/advanced_data_structures/index.asp</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -5103,133 +4792,120 @@
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF081C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bookman Old Style" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Abdul </w:t>
-[...8 lines deleted...]
-              <w:t>Bari,</w:t>
+              <w:t>Abdul Bari,</w:t>
             </w:r>
             <w:hyperlink r:id="rId7"/>
             <w:hyperlink r:id="rId8">
               <w:r w:rsidRPr="00BF081C">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Bookman Old Style" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="1155CC"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t>Introduction</w:t>
-[...10 lines deleted...]
-                <w:t xml:space="preserve"> to Algorithms (youtube.com)</w:t>
+                <w:t>Introduction to Algorithms (youtube.com)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6835AD1D" w14:textId="77777777" w:rsidR="00FA66B7" w:rsidRDefault="00FA66B7" w:rsidP="00434404">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:leftChars="64" w:left="142" w:hanging="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00FA66B7">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Mangal">
+    <w:panose1 w:val="00000400000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00008003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="TimesNewRomanPSMT">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Bookman Old Style">
     <w:panose1 w:val="02050604050505020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
@@ -5847,124 +5523,130 @@
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="221841205">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="445003207">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1048073552">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="53432741">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="2047176904">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1609238466">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00434404"/>
     <w:rsid w:val="00030A8B"/>
     <w:rsid w:val="00060C3D"/>
     <w:rsid w:val="000F53C1"/>
     <w:rsid w:val="00164A19"/>
+    <w:rsid w:val="001E5FB8"/>
     <w:rsid w:val="002300BC"/>
     <w:rsid w:val="002476F0"/>
     <w:rsid w:val="00266E87"/>
     <w:rsid w:val="00267FD6"/>
     <w:rsid w:val="002C15C6"/>
     <w:rsid w:val="0037723D"/>
     <w:rsid w:val="003A5080"/>
     <w:rsid w:val="003E0B3F"/>
     <w:rsid w:val="003F5440"/>
     <w:rsid w:val="00401949"/>
     <w:rsid w:val="00434404"/>
     <w:rsid w:val="0046592E"/>
     <w:rsid w:val="00510E2C"/>
     <w:rsid w:val="005143DC"/>
     <w:rsid w:val="00516E87"/>
     <w:rsid w:val="00566C4C"/>
+    <w:rsid w:val="005C7538"/>
     <w:rsid w:val="00721454"/>
+    <w:rsid w:val="00756830"/>
     <w:rsid w:val="00756BF7"/>
+    <w:rsid w:val="00783E62"/>
     <w:rsid w:val="007C0016"/>
     <w:rsid w:val="00894E12"/>
     <w:rsid w:val="0093770B"/>
     <w:rsid w:val="0096478A"/>
     <w:rsid w:val="009F6EA9"/>
+    <w:rsid w:val="00A21F27"/>
     <w:rsid w:val="00B6775D"/>
     <w:rsid w:val="00BF081C"/>
     <w:rsid w:val="00C31C33"/>
     <w:rsid w:val="00C37863"/>
     <w:rsid w:val="00CF59F7"/>
     <w:rsid w:val="00D46C1F"/>
     <w:rsid w:val="00D57203"/>
     <w:rsid w:val="00DA369C"/>
     <w:rsid w:val="00DC37FC"/>
     <w:rsid w:val="00DE72A3"/>
     <w:rsid w:val="00DF47DD"/>
+    <w:rsid w:val="00E048AE"/>
     <w:rsid w:val="00E2432E"/>
+    <w:rsid w:val="00E562B4"/>
     <w:rsid w:val="00E65354"/>
     <w:rsid w:val="00E723E8"/>
     <w:rsid w:val="00EA7234"/>
     <w:rsid w:val="00F218AB"/>
     <w:rsid w:val="00F61746"/>
     <w:rsid w:val="00FA66B7"/>
     <w:rsid w:val="00FB2E97"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-IN"/>
+  <w:themeFontLang w:val="en-IN" w:bidi="hi-IN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="5281DCDF"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{88D9461F-0DB8-4F6D-8D60-64E7B8B011C4}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-IN" w:eastAsia="en-US" w:bidi="ar-SA"/>
@@ -6831,70 +6513,70 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>3269</Characters>
+  <Pages>2</Pages>
+  <Words>548</Words>
+  <Characters>3124</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>27</Lines>
+  <Lines>26</Lines>
   <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3835</CharactersWithSpaces>
+  <CharactersWithSpaces>3665</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Jyothsna Kilari</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>